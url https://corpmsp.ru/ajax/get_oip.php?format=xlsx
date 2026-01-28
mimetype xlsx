--- v0 (2025-10-07)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3759">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3873">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Дата внесения</t>
   </si>
   <si>
     <t>Номер записи</t>
   </si>
   <si>
     <t>ИНН</t>
   </si>
   <si>
     <t>Тип инфраструктуры</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Телефон</t>
   </si>
   <si>
@@ -477,84 +477,87 @@
   <si>
     <t>ГАРАНТИЙНЫЙ ФОНД СОДЕЙСТВИЯ КРЕДИТОВАНИЮ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА И РАЗВИТИЯ ПРОМЫШЛЕННОСТИ РЕСПУБЛИКИ БУРЯТИЯ</t>
   </si>
   <si>
     <t>0323358650</t>
   </si>
   <si>
     <t>Центр поддержки экспорта, Центр поддержки народных художественных промыслов, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Региональная гарантийная организация, Инжиниринговый центр</t>
   </si>
   <si>
     <t>670000, РЕСПУБЛИКА БУРЯТИЯ, ГОРОД УЛАН-УДЭ, УЛИЦА СМОЛИНА, ДОМ 65</t>
   </si>
   <si>
     <t>8-(800)-303-01-23</t>
   </si>
   <si>
     <t>gfb@msp03.ru</t>
   </si>
   <si>
     <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ИНФОРМАЦИОННО-МЕТОДОЛОГИЧЕСКИЙ ЦЕНТР»</t>
   </si>
   <si>
     <t>0323366740</t>
   </si>
   <si>
-    <t>Промышленный парк</t>
+    <t>Промышленный парк, Управляющая компания индустриальных (промышленных) парков, Индустриальный (промышленный) парк</t>
   </si>
   <si>
     <t>670018, РЕСПУБЛИКА БУРЯТИЯ, УЛАН-УДЭ Г., ПОКРОВСКАЯ УЛ., Д. 33А, ОФИС 1/48 (БЛОК 2)</t>
   </si>
   <si>
     <t>8-(301)-244-04-54</t>
   </si>
   <si>
     <t>promparkrb@mail.ru</t>
   </si>
   <si>
     <t>ЧАСТНОЕ ОБРАЗОВАТЕЛЬНОЕ УЧРЕЖДЕНИЕ ДОПОЛНИТЕЛЬНОГО ПРОФЕССИОНАЛЬНОГО ОБРАЗОВАНИЯ «ЦЕНТР ДЕЛОВОГО ОБРАЗОВАНИЯ ТОРГОВО-ПРОМЫШЛЕННОЙ ПАЛАТЫ РЕСПУБЛИКИ БУРЯТИЯ»</t>
   </si>
   <si>
     <t>0326541735</t>
   </si>
   <si>
     <t>670000, РЕСПУБЛИКА БУРЯТИЯ, ГОРОД УЛАН-УДЭ, УЛИЦА ЛЕНИНА, ДОМ 25</t>
   </si>
   <si>
     <t>8-(301)-245-51-31</t>
   </si>
   <si>
     <t>info@rbi03.com</t>
   </si>
   <si>
     <t>ФОНД ПОДДЕРЖКИ СЕЛЬСКОХОЗЯЙСТВЕННОЙ ПОТРЕБИТЕЛЬСКОЙ КООПЕРАЦИИ РЕСПУБЛИКИ БУРЯТИЯ</t>
   </si>
   <si>
     <t>2018-09-23</t>
   </si>
   <si>
     <t>0326561442</t>
+  </si>
+  <si>
+    <t>Центр компетенций в сфере сельскохозяйственной кооперации и поддержки фермеров, Государственный фонд поддержки предпринимательства</t>
   </si>
   <si>
     <t>670034, РЕСПУБЛИКА БУРЯТИЯ, УЛАН-УДЭ Г., ХАХАЛОВА УЛ., Д. 4А, ОФИС 412</t>
   </si>
   <si>
     <t>8-(301)-244-23-20</t>
   </si>
   <si>
     <t>a.batuev03@gmail.com</t>
   </si>
   <si>
     <t>ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ РЕСПУБЛИКИ БУРЯТИЯ «ИНФОРМАЦИОННО-МЕТОДОЛОГИЧЕСКИЙ ЦЕНТР РЕСПУБЛИКИ БУРЯТИЯ»</t>
   </si>
   <si>
     <t>2023-04-13</t>
   </si>
   <si>
     <t>0326031004</t>
   </si>
   <si>
     <t>670034, РЕСПУБЛИКА БУРЯТИЯ, УЛАН-УДЭ Г., ХАХАЛОВА УЛ., Д. 4А</t>
   </si>
   <si>
     <t>8-(301)-255-29-60</t>
   </si>
@@ -919,1736 +922,1763 @@
   <si>
     <t>2018-06-06</t>
   </si>
   <si>
     <t>0726020053</t>
   </si>
   <si>
     <t>Иная организация, Центр поддержки экспорта, Центр инноваций социальной сферы, Инжиниринговый центр, Государственный фонд поддержки предпринимательства</t>
   </si>
   <si>
     <t>360015, РЕСПУБЛИКА КАБАРДИНО-БАЛКАРСКАЯ, ГОРОД НАЛЬЧИК, УЛИЦА ЦИОЛКОВСКОГО, ДОМ 7, КАБИНЕТ 413</t>
   </si>
   <si>
     <t>8(8662) 722-181</t>
   </si>
   <si>
     <t>fppkbr@inbox.ru</t>
   </si>
   <si>
     <t>БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ РЕСПУБЛИКИ КАЛМЫКИЯ «ИНФОРМАЦИОННО-КОНСУЛЬТАЦИОННАЯ СЛУЖБА АПК»</t>
   </si>
   <si>
     <t>0816029043</t>
   </si>
   <si>
+    <t>Консультационный центр, Центр компетенций в сфере сельскохозяйственной кооперации и поддержки фермеров</t>
+  </si>
+  <si>
+    <t>358000, РЕСПУБЛИКА КАЛМЫКИЯ, ГОРОД ЭЛИСТА, УЛИЦА ИМ НОМТО ОЧИРОВА, ДОМ 15</t>
+  </si>
+  <si>
+    <t>8-(847)-223-53-75</t>
+  </si>
+  <si>
+    <t>kalmykia_iks@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ «АГЕНТСТВО ПО РАЗВИТИЮ СИСТЕМЫ ГАРАНТИЙ И МИКРОФИНАНСИРОВАНИЯ ДЛЯ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ КАЛМЫКИЯ»</t>
+  </si>
+  <si>
+    <t>2020-08-03</t>
+  </si>
+  <si>
+    <t>0816038986</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр кластерного развития, Центр по развитию предпринимательства, Региональная гарантийная организация, Микрофинансовая организация предпринимательского финансирования, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>358014, РЕСПУБЛИКА КАЛМЫКИЯ, ГОРОД ЭЛИСТА, ТЕРРИТОРИЯ СИТИ-ЧЕСС, ВЛАДЕНИЕ 19</t>
+  </si>
+  <si>
+    <t>8-(927)-595-99-10</t>
+  </si>
+  <si>
+    <t>amandzhiev@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ КАРАЧАЕВО-ЧЕРКЕССКОЙ РЕСПУБЛИКИ «МИКРОКРЕДИТНАЯ КОМПАНИЯ ПОДДЕРЖКИ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА КАРАЧАЕВО-ЧЕРКЕССКОЙ РЕСПУБЛИКИ»</t>
+  </si>
+  <si>
+    <t>0917015985</t>
+  </si>
+  <si>
+    <t>369000, РЕСПУБЛИКА КАРАЧАЕВО-ЧЕРКЕССКАЯ, ГОРОД ЧЕРКЕССК, УЛИЦА ЛЕНИНА, ДОМ 53</t>
+  </si>
+  <si>
+    <t>8-(878)-226-20-36</t>
+  </si>
+  <si>
+    <t>aukhrfm2010@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ «ГАРАНТИЙНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА КАРАЧАЕВО-ЧЕРКЕССКОЙ РЕСПУБЛИКИ»</t>
+  </si>
+  <si>
+    <t>2022-12-06</t>
+  </si>
+  <si>
+    <t>0917040861</t>
+  </si>
+  <si>
+    <t>369000, КАРАЧАЕВО-ЧЕРКЕССКАЯ, ЧЕРКЕССК Г., ЛЕНИНА ПР-КТ, Д. 53</t>
+  </si>
+  <si>
+    <t>8-(878)-228-44-21</t>
+  </si>
+  <si>
+    <t>fond-garant.09@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР «МОЙ БИЗНЕС» КАРАЧАЕВО-ЧЕРКЕССКОЙ РЕСПУБЛИКИ»</t>
+  </si>
+  <si>
+    <t>0900001180</t>
+  </si>
+  <si>
+    <t>Центр по развитию предпринимательства, Центр инноваций социальной сферы</t>
+  </si>
+  <si>
+    <t>369000, КАРАЧАЕВО-ЧЕРКЕССКАЯ РЕСПУБЛИКА, ЧЕРКЕССКИЙ Г.О., ЧЕРКЕССК Г, ЛЕНИНА ПР-КТ, Д. 53</t>
+  </si>
+  <si>
+    <t>8-(878)-225-02-27</t>
+  </si>
+  <si>
+    <t>cpp-kchr@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПО СОДЕЙСТВИЮ КРЕДИТОВАНИЮ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ КАРЕЛИЯ (МИКРОКРЕДИТНАЯ КОМПАНИЯ)</t>
+  </si>
+  <si>
+    <t>185005, РЕСПУБЛИКА КАРЕЛИЯ, ГОРОД ПЕТРОЗАВОДСК, НАБЕРЕЖНАЯ ГЮЛЛИНГА (ЗАРЕКА Р-Н), ДОМ 11, ОФИС 11</t>
+  </si>
+  <si>
+    <t>8-(814)-267-20-61</t>
+  </si>
+  <si>
+    <t>fsk.karelia@yandex.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «КОРПОРАЦИЯ РАЗВИТИЯ РЕСПУБЛИКИ КАРЕЛИЯ»</t>
+  </si>
+  <si>
+    <t>Центр сертификации, стандартизации и испытаний, Центр поддержки народных художественных промыслов, Центр кластерного развития, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Инжиниринговый центр, Бизнес-инкубатор, Агентство по развитию предпринимательства</t>
+  </si>
+  <si>
+    <t>185005, РЕСПУБЛИКА КАРЕЛИЯ, ГОРОД ПЕТРОЗАВОДСК, НАБЕРЕЖНАЯ ГЮЛЛИНГА (ЗАРЕКА Р-Н), ДОМ 11, ОФИС 19</t>
+  </si>
+  <si>
+    <t>8-(814)-244-54-00</t>
+  </si>
+  <si>
+    <t>info@kr-rk.ru</t>
+  </si>
+  <si>
+    <t>ФОНД «ЦЕНТР ПОДДЕРЖКИ ЭКСПОРТА РЕСПУБЛИКИ КАРЕЛИЯ»</t>
+  </si>
+  <si>
+    <t>2021-01-11</t>
+  </si>
+  <si>
+    <t>185035, РЕСПУБЛИКА КАРЕЛИЯ, ГОРОД ПЕТРОЗАВОДСК, УЛИЦА АНДРОПОВА (ЦЕНТР Р-Н), ДОМ 2</t>
+  </si>
+  <si>
+    <t>8-(814)-267-20-64</t>
+  </si>
+  <si>
+    <t>info@export10.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «АКЦЕПТ»</t>
+  </si>
+  <si>
+    <t>2022-02-22</t>
+  </si>
+  <si>
+    <t>Технопарк, Управляющая компания технопарков (промышленных технопарков), Промышленный технопарк</t>
+  </si>
+  <si>
+    <t>185034, РЕСП. КАРЕЛИЯ, Г. Петрозаводск, ПР-Д СТРОИТЕЛЕЙ (ЮЖНАЯ ПРОМЗОНА Р-Н), Д. 30Б, ПОМЕЩ. 1</t>
+  </si>
+  <si>
+    <t>8-(911)-669-27-71</t>
+  </si>
+  <si>
+    <t>info@technopark10.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ ПО РАЗВИТИЮ И ПОДДЕРЖКЕ ПРЕДПРИНИМАТЕЛЬСТВА «ЦЕНТР «МОЙ БИЗНЕС» РЕСПУБЛИКИ КАРЕЛИЯ»</t>
+  </si>
+  <si>
+    <t>2023-04-18</t>
+  </si>
+  <si>
+    <t>Агентство по развитию предпринимательства, Центр сертификации, стандартизации и испытаний, Центр прототипирования и промышленного дизайна, Центр поддержки народных художественных промыслов, Центр кластерного развития, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>185035, РЕСПУБЛИКА КАРЕЛИЯ, ПЕТРОЗАВОДСКИЙ Г.О., ПЕТРОЗАВОДСК Г, ЦЕНТР Р-Н, АНДРОПОВА УЛ, Д. 2</t>
+  </si>
+  <si>
+    <t>ФОНД ВЕНЧУРНЫХ ИНВЕСТИЦИЙ РЕСПУБЛИКИ КАРЕЛИЯ</t>
+  </si>
+  <si>
+    <t>2023-04-21</t>
+  </si>
+  <si>
+    <t>185035, РЕСПУБЛИКА КАРЕЛИЯ, ПЕТРОЗАВОДСКИЙ Г.О., ПЕТРОЗАВОДСК Г, ПЕРВОМАЙСКИЙ Р-Н, ШОТМАНА УЛ, Д. 13, 1 ОФИС</t>
+  </si>
+  <si>
+    <t>8-(911)-400-97-01</t>
+  </si>
+  <si>
+    <t>fvi_info@mail.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «МИКРОКРЕДИТНАЯ КОМПАНИЯ РЕСПУБЛИКИ КОМИ»</t>
+  </si>
+  <si>
+    <t>167000, Республика Коми, г. Сыктывкар, ул. Ленина, д.74</t>
+  </si>
+  <si>
+    <t>8-(821)-240-12-00</t>
+  </si>
+  <si>
+    <t>mforkomi@gmail.com</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ КАЗЕННОЕ УЧРЕЖДЕНИЕ «УДОРСКИЙ БИЗНЕС-ИНКУБАТОР»</t>
+  </si>
+  <si>
+    <t>169270, РЕСПУБЛИКА КОМИ, УДОРСКИЙ Р-Н, УСОГОРСК ПГТ, ЛЕНИНА УЛ., Д.22</t>
+  </si>
+  <si>
+    <t>8-(821)-355-12-63</t>
+  </si>
+  <si>
+    <t>olga_dumbrava@mail.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «ГАРАНТИЙНЫЙ ФОНД РЕСПУБЛИКИ КОМИ»</t>
+  </si>
+  <si>
+    <t>167000, РЕСПУБЛИКА КОМИ, СЫКТЫВКАР Г., ЛЕНИНА УЛ., Д. 74</t>
+  </si>
+  <si>
+    <t>8-(821)-240-10-70</t>
+  </si>
+  <si>
+    <t>gendir.garantfond@gmail.com</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ УНИТАРНОЕ ПРЕДПРИЯТИЕ РЕСПУБЛИКИ КОМИ «РЕСПУБЛИКАНСКОЕ ПРЕДПРИЯТИЕ «БИЗНЕС-ИНКУБАТОР»</t>
+  </si>
+  <si>
+    <t>167026, РЕСПУБЛИКА КОМИ, СЫКТЫВКАР Г., УХТИНСКОЕ Ш., Д.2</t>
+  </si>
+  <si>
+    <t>8-(821)-263-14-36</t>
+  </si>
+  <si>
+    <t>busigup@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ РЕСПУБЛИКИ КОМИ «ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА»</t>
+  </si>
+  <si>
+    <t>2019-08-07</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр поддержки народных художественных промыслов, Центр кластерного развития, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>8-(821)-244-60-25</t>
+  </si>
+  <si>
+    <t>ano@minek.rkomi.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «ЛИЗИНГОВАЯ КОМПАНИЯ РЕСПУБЛИКИ КОМИ»</t>
+  </si>
+  <si>
+    <t>2021-02-10</t>
+  </si>
+  <si>
+    <t>167000, РЕСПУБЛИКА КОМИ, СЫКТЫВКАР Г., ПЕРВОМАЙСКАЯ УЛ., СТР. 92, ОФИС 300</t>
+  </si>
+  <si>
+    <t>8-(904)-221-90-29</t>
+  </si>
+  <si>
+    <t>adeliyd@mail.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «ИНДУСТРИАЛЬНЫЙ ПАРК ЗЕЛЕНЕЦ»</t>
+  </si>
+  <si>
+    <t>2025-02-04</t>
+  </si>
+  <si>
+    <t>Индустриальный (промышленный) парк</t>
+  </si>
+  <si>
+    <t>168200, РЕСПУБЛИКА КОМИ, СЫКТЫВДИНСКИЙ М.Р-Н, ЗЕЛЕНЕЦ С.П., ЗЕЛЕНЕЦ С, УХТИНСКОЕ Ш, Д. 7/2, 1 ПОМЕЩ.</t>
+  </si>
+  <si>
+    <t>8-(968)-729-05-01</t>
+  </si>
+  <si>
+    <t>info@parkzelenec.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «БИЗНЕС-ИНКУБАТОР РЕСПУБЛИКИ МАРИЙ ЭЛ»</t>
+  </si>
+  <si>
+    <t>424033, РЕСПУБЛИКА МАРИЙ ЭЛ, ЙОШКАР-ОЛА Г., ЭШКИНИНА УЛ., Д. 10Б, ОФИС 206</t>
+  </si>
+  <si>
+    <t>8-(836)-221-07-07</t>
+  </si>
+  <si>
+    <t>info@bink12.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «АГЕНТСТВО ЭКСПОРТНОГО РАЗВИТИЯ РЕСПУБЛИКИ МАРИЙ ЭЛ»</t>
+  </si>
+  <si>
+    <t>424033, РЕСПУБЛИКА МАРИЙ ЭЛ, ГОРОД ЙОШКАР-ОЛА, НАБЕРЕЖНАЯ БРЮГГЕ, ДОМ 3</t>
+  </si>
+  <si>
+    <t>8-(836)-241-10-10</t>
+  </si>
+  <si>
+    <t>invest.export12@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ДОМ МЕЧТЫ»</t>
+  </si>
+  <si>
+    <t>424006, Республика Марий Эл, г. о. город Йошкар-Ола, г. Йошкар-Ола, ул. Советская, д. 165, помещ. 4</t>
+  </si>
+  <si>
+    <t>mbi442211@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ «ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ МАРИЙ ЭЛ»</t>
+  </si>
+  <si>
+    <t>2017-12-15</t>
+  </si>
+  <si>
+    <t>Центр инноваций социальной сферы, Центр по развитию предпринимательства, Региональная гарантийная организация, Микрофинансовая организация предпринимательского финансирования, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>424033, РЕСПУБЛИКА МАРИЙ ЭЛ, ГОРОД ЙОШКАР-ОЛА, УЛИЦА ЭШКИНИНА, ДОМ 10Б, ОФИС 310</t>
+  </si>
+  <si>
+    <t>fond-region12@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР КОМПЕТЕНЦИЙ В СФЕРЕ СЕЛЬСКОХОЗЯЙСТВЕННОЙ КООПЕРАЦИИ И ПОДДЕРЖКИ ФЕРМЕРОВ В РЕСПУБЛИКЕ МАРИЙ ЭЛ»</t>
+  </si>
+  <si>
+    <t>2019-12-09</t>
+  </si>
+  <si>
+    <t>Иная организация, Центр компетенций в сфере сельскохозяйственной кооперации и поддержки фермеров</t>
+  </si>
+  <si>
+    <t>424000, РЕСПУБЛИКА МАРИЙ ЭЛ, ГОРОД ЙОШКАР-ОЛА, УЛИЦА КРАСНОАРМЕЙСКАЯ, ДОМ 41</t>
+  </si>
+  <si>
+    <t>8-(937)-115-20-57</t>
+  </si>
+  <si>
+    <t>ck.apk12@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД РАЗВИТИЯ ПРОМЫШЛЕННОСТИ РЕСПУБЛИКИ МАРИЙ ЭЛ</t>
+  </si>
+  <si>
+    <t>2024-03-25</t>
+  </si>
+  <si>
+    <t>Иная организация, Фонд развития промышленности</t>
+  </si>
+  <si>
+    <t>424007, РЕСПУБЛИКА МАРИЙ ЭЛ, ЙОШКАР-ОЛА Г, ПРОХОРОВА УЛ, Д. 37Б</t>
+  </si>
+  <si>
+    <t>8-(836)-223-50-90</t>
+  </si>
+  <si>
+    <t>frp12@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ИНВЕСТИЦИОННОГО РАЗВИТИЯ РЕСПУБЛИКИ МАРИЙ ЭЛ</t>
+  </si>
+  <si>
+    <t>424033, РЕСПУБЛИКА МАРИЙ ЭЛ, ГОРОД ЙОШКАР-ОЛА Г.О., ЙОШКАР-ОЛА Г, БРЮГГЕ НАБ, Д. 3, 308 КАБИНЕТ</t>
+  </si>
+  <si>
+    <t>8-(960)-099-33-33</t>
+  </si>
+  <si>
+    <t>investfund@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ «ТЕХНОПАРК - МОРДОВИЯ»</t>
+  </si>
+  <si>
+    <t>430034, РЕСПУБЛИКА МОРДОВИЯ, ГОРОД САРАНСК, УЛИЦА ЛОДЫГИНА, 3</t>
+  </si>
+  <si>
+    <t>+7 (8342) 33-35-33</t>
+  </si>
+  <si>
+    <t>tpm-13@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ «АГЕНТСТВО ИННОВАЦИОННОГО РАЗВИТИЯ РЕСПУБЛИКИ МОРДОВИЯ»</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>430009, РЕСП. МОРДОВИЯ, Г. Саранск, УЛ. ПСКОВСКАЯ, Д. 2А, ОФИС 301</t>
+  </si>
+  <si>
+    <t>+7 (8342) 22-32-92</t>
+  </si>
+  <si>
+    <t>info@i-mordovia.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ «ГАРАНТИЙНЫЙ ФОНД КРЕДИТНОГО ОБЕСПЕЧЕНИЯ РЕСПУБЛИКИ МОРДОВИЯ»</t>
+  </si>
+  <si>
+    <t>430005, РЕСП. МОРДОВИЯ, Г. Саранск, УЛ. МОСКОВСКАЯ, Д. 14, ОФИС 407</t>
+  </si>
+  <si>
+    <t>+ 7 (8342) 47 69 19</t>
+  </si>
+  <si>
+    <t>gfkorm@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ МИКРОКРЕДИТНАЯ КОМПАНИЯ «РЕГИОНАЛЬНЫЙ ЦЕНТР МИКРОФИНАНСИРОВАНИЯ РЕСПУБЛИКИ МОРДОВИЯ»</t>
+  </si>
+  <si>
+    <t>430005, РЕСПУБЛИКА МОРДОВИЯ, ГОРОД САРАНСК, УЛИЦА МОСКОВСКАЯ, ДОМ 14, ПОМЕЩЕНИЕ 16</t>
+  </si>
+  <si>
+    <t>8-8342-23-26-77</t>
+  </si>
+  <si>
+    <t>mikrozaim@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ МОРДОВИЯ</t>
+  </si>
+  <si>
+    <t>430005, РЕСПУБЛИКА МОРДОВИЯ, ГОРОД САРАНСК, УЛИЦА МОСКОВСКАЯ, ДОМ 14, ПОМЕЩЕНИЕ 2</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ «ФОНД РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ САХА (ЯКУТИЯ)»</t>
+  </si>
+  <si>
+    <t>677000, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ГОРОД ЯКУТСК, УЛИЦА ОРДЖОНИКИДЗЕ, 20</t>
+  </si>
+  <si>
+    <t>8(4112)342633</t>
+  </si>
+  <si>
+    <t>fondsakha@inbox.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ РЕСПУБЛИКИ САХА (ЯКУТИЯ) «ЦЕНТР «МОЙ БИЗНЕС»</t>
+  </si>
+  <si>
+    <t>677027, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ГОРОД ЯКУТСК, УЛИЦА КИРОВА, ДОМ 18Б</t>
+  </si>
+  <si>
+    <t>8(4112)42-21-91, 89248737341</t>
+  </si>
+  <si>
+    <t>aucpp@b14.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ РЕСПУБЛИКИ САХА (ЯКУТИЯ) «ТЕХНОПАРК «ЯКУТИЯ»</t>
+  </si>
+  <si>
+    <t>Технопарк</t>
+  </si>
+  <si>
+    <t>677009, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ГОРОД ЯКУТСК, УЛИЦА ДЗЕРЖИНСКОГО, 76</t>
+  </si>
+  <si>
+    <t>(4112) 40-20-75</t>
+  </si>
+  <si>
+    <t>technopark_14@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ «ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА» МУНИЦИПАЛЬНОГО РАЙОНА «НЮРБИНСКИЙ РАЙОН» РЕСПУБЛИКИ САХА (ЯКУТИЯ)</t>
+  </si>
+  <si>
+    <t>2017-12-29</t>
+  </si>
+  <si>
+    <t>678450, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ГОРОД НЮРБА, УЛИЦА СТЕПАНА ВАСИЛЬЕВА, 57</t>
+  </si>
+  <si>
+    <t>(41134)23531</t>
+  </si>
+  <si>
+    <t>bis-incubator-nyurba@mail.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ВИЛЮЙСКОГО УЛУСА»</t>
+  </si>
+  <si>
+    <t>Микрофинансовая организация предпринимательского финансирования, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>678200, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ГОРОД ВИЛЮЙСК, УЛИЦА МИРА, ДОМ 78, КОРПУС А</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ «БИЗНЕС-ИНКУБАТОР МУНИЦИПАЛЬНОГО РАЙОНА « ТОМПОНСКИЙ РАЙОН»</t>
+  </si>
+  <si>
+    <t>678720, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ПОСЕЛОК ХАНДЫГА, УЛИЦА ДОМОХОТОВА, 2</t>
+  </si>
+  <si>
+    <t>(41153)42002</t>
+  </si>
+  <si>
+    <t>b.inkubator_khandyaga@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ «БИЗНЕС-ИНКУБАТОР АЛДАНСКОГО РАЙОНА»</t>
+  </si>
+  <si>
+    <t>678900, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ГОРОД АЛДАН, УЛИЦА 50 ЛЕТ ВЛКСМ, ДОМ 2</t>
+  </si>
+  <si>
+    <t>(41145)31123</t>
+  </si>
+  <si>
+    <t>b.1402@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ «БИЗНЕС-ИНКУБАТОР В С.НАМЦЫ»</t>
+  </si>
+  <si>
+    <t>678380, РЕСПУБЛИКА САХА /ЯКУТИЯ/, СЕЛО НАМЦЫ, УЛИЦА ЛЕНИНА, ДОМ 18, КОРПУС А</t>
+  </si>
+  <si>
+    <t>(41162)41803</t>
+  </si>
+  <si>
+    <t>mbubinam@yandex.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ «КОМТЕХСЕРВИС» МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ «ЮРЮНГ- ХАИНСКИЙ НАЦИОНАЛЬНЫЙ (ДОЛГАНСКИЙ) НАСЛЕГ»</t>
+  </si>
+  <si>
+    <t>678431, РЕСПУБЛИКА САХА /ЯКУТИЯ/, СЕЛО ЮРЮНГ-ХАЯ, УЛИЦА ЦЕНТРАЛЬНАЯ, 15</t>
+  </si>
+  <si>
+    <t>(41168)22404</t>
+  </si>
+  <si>
+    <t>admxaya@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ «БИЗНЕС-ИНКУБАТОР МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ «НАЯХИНСКИЙ НАСЛЕГ» УСТЬ-АЛДАНСКОГО УЛУСА (РАЙОНА) РЕСПУБЛИКИ САХА (ЯКУТИЯ)»</t>
+  </si>
+  <si>
+    <t>678363, РЕСПУБЛИКА САХА /ЯКУТИЯ/, СЕЛО БАЛЫКТАХ, УЛИЦА НАЯХИНСКАЯ, ДОМ 16</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ УНИТАРНОЕ ПРЕДПРИЯТИЕ «САЙДЫЫ»</t>
+  </si>
+  <si>
+    <t>678012, РЕСПУБЛИКА САХА /ЯКУТИЯ/, СЕЛО ОЙ, УЛИЦА ЛЕНИНА, 78</t>
+  </si>
+  <si>
+    <t>(41144)40344</t>
+  </si>
+  <si>
+    <t>adminnem@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ «БИЗНЕС-ИНКУБАТОР УСТЬ-МАЙСКОГО РАЙОНА»</t>
+  </si>
+  <si>
+    <t>678620, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ПОСЕЛОК УСТЬ-МАЯ, УЛИЦА ПУШКИНА, ДОМ 2</t>
+  </si>
+  <si>
+    <t>(924)1719018</t>
+  </si>
+  <si>
+    <t>ustmaya-msu@mail.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА КОБЯЙСКОГО УЛУСА»</t>
+  </si>
+  <si>
+    <t>678300, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ПОСЕЛОК ГОРОДСКОГО ТИПА САНГАР, УЛИЦА ЛЕНИНА, 55</t>
+  </si>
+  <si>
+    <t>(41163)21960</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ УЧРЕЖДЕНИЕ «ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА МО «АНАБАРСКИЙ НАЦИОНАЛЬНЫЙ (ДОЛГАНО-ЭВЕНКИЙСКИЙ) УЛУС»</t>
+  </si>
+  <si>
+    <t>678440, РЕСП. САХА /ЯКУТИЯ/, С. Саскылах, УЛ. ОКТЯБРЬСКАЯ, Д. 10</t>
+  </si>
+  <si>
+    <t>(41168)21301</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА НЮРБИНСКОГО РАЙОНА</t>
+  </si>
+  <si>
+    <t>678450, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ГОРОД НЮРБА, УЛИЦА ЛЕНИНА, 31</t>
+  </si>
+  <si>
+    <t>(41134)23224, 23338</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ФОНД РАЗВИТИЯ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА ВЕРХНЕВИЛЮЙСКОГО УЛУСА РЕСПУБЛИКИ САХА (ЯКУТИЯ) «</t>
+  </si>
+  <si>
+    <t>678230, РЕСПУБЛИКА САХА /ЯКУТИЯ/, СЕЛО ВЕРХНЕВИЛЮЙСК, УЛИЦА Г.ВАСИЛЬЕВА, ДОМ 2А, КАБИНЕТ 107</t>
+  </si>
+  <si>
+    <t>(41133)41184, 41140 факс, (914)2372021</t>
+  </si>
+  <si>
+    <t>«ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА ГОРНОГО УЛУСА»</t>
+  </si>
+  <si>
+    <t>678030, РЕСПУБЛИКА САХА /ЯКУТИЯ/, СЕЛО БЕРДИГЕСТЯХ, УЛИЦА С.ДАНИЛОВА, 51, "Б"</t>
+  </si>
+  <si>
+    <t>(41131)42741, (924)1716834</t>
+  </si>
+  <si>
+    <t>mby_cpp@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ЛЕНСКОГО РАЙОНА</t>
+  </si>
+  <si>
+    <t>678144, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ГОРОД ЛЕНСК, УЛИЦА ЛЕНИНА, 65</t>
+  </si>
+  <si>
+    <t>(4113)743924, 42097</t>
+  </si>
+  <si>
+    <t>fpmp-lensk@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ «БИЗНЕС-ИНКУБАТОР МЕГИНО-КАНГАЛАССКОГО УЛУСА»</t>
+  </si>
+  <si>
+    <t>678080, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ПОСЕЛОК НИЖНИЙ БЕСТЯХ, УЛИЦА ЛЕНИНА, ДОМ 36, КОРПУС 4</t>
+  </si>
+  <si>
+    <t>8-984-103-32-27</t>
+  </si>
+  <si>
+    <t>mk-biznes@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД РАЗВИТИЯ ГОРОДСКОГО ОКРУГА «ГОРОД ЯКУТСК»</t>
+  </si>
+  <si>
+    <t>2019-07-15</t>
+  </si>
+  <si>
+    <t>677007, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ГОРОД ЯКУТСК, ПРОСПЕКТ ЛЕНИНА, ДОМ 15, КАБИНЕТ 213</t>
+  </si>
+  <si>
+    <t>8(924)8700071</t>
+  </si>
+  <si>
+    <t>fondapk.yakutsk@mail.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «РЕГИОНАЛЬНАЯ ЛИЗИНГОВАЯ КОМПАНИЯ РЕСПУБЛИКИ САХА (ЯКУТИЯ)»</t>
+  </si>
+  <si>
+    <t>677018, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ГОРОД ЯКУТСК, УЛИЦА КРУПСКОЙ, ДОМ 37, ПОМЕЩЕНИЕ 4</t>
+  </si>
+  <si>
+    <t>8(4112)508495</t>
+  </si>
+  <si>
+    <t>info@rlcykt.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>362019, РЕСПУБЛИКА СЕВЕРНАЯ ОСЕТИЯ - АЛАНИЯ, ВЛАДИКАВКАЗ Г., ШМУЛЕВИЧА УЛ., Д. 8 К. Б</t>
+  </si>
+  <si>
+    <t>8-(867)-270-01-70</t>
+  </si>
+  <si>
+    <t>fpp-alania@yandex.ru</t>
+  </si>
+  <si>
+    <t>ФОНД МИКРОФИНАНСИРОВАНИЯ МАЛЫХ И СРЕДНИХ ПРЕДПРИЯТИЙ РЕСПУБЛИКИ СЕВЕРНАЯ ОСЕТИЯ-АЛАНИЯ - МИКРОКРЕДИТНАЯ КОМПАНИЯ</t>
+  </si>
+  <si>
+    <t>362038, РЕСПУБЛИКА СЕВЕРНАЯ ОСЕТИЯ - АЛАНИЯ, ВЛАДИКАВКАЗ Г, СВОБОДЫ ПЛ, Д. 1</t>
+  </si>
+  <si>
+    <t>8-(867)-240-26-09</t>
+  </si>
+  <si>
+    <t>fondvlad@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД КРЕДИТНЫХ ГАРАНТИЙ РЕСПУБЛИКИ СЕВЕРНАЯ ОСЕТИЯ-АЛАНИЯ</t>
+  </si>
+  <si>
+    <t>2018-10-18</t>
+  </si>
+  <si>
+    <t>8-(867)-230-00-14</t>
+  </si>
+  <si>
+    <t>fkgrso-a@yandex.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ «ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ ТАТАРСТАН»</t>
+  </si>
+  <si>
+    <t>Центр инноваций социальной сферы, Многофункциональный центр предоставления государственных и муниципальных услуг, предоставляющий услуги субъектам МСП, Микрофинансовая организация предпринимательского финансирования, Консультационный центр, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>420107, ТАТАРСТАН, КАЗАНЬ Г., ПЕТЕРБУРГСКАЯ УЛ., Д. 28</t>
+  </si>
+  <si>
+    <t>8-(843)-524-76-92</t>
+  </si>
+  <si>
+    <t>priemnaya@fpprt.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ГАРАНТИЙНЫЙ ФОНД РЕСПУБЛИКИ ТАТАРСТАН»</t>
+  </si>
+  <si>
+    <t>420021, ТАТАРСТАН, КАЗАНЬ Г., МОСКОВСКАЯ УЛ., Д. 55, ПОМЕЩ. 1001</t>
+  </si>
+  <si>
+    <t>8-(843)-293-16-94</t>
+  </si>
+  <si>
+    <t>info@garfond.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «ЦЕНТР ЦИФРОВЫХ ТЕХНОЛОГИЙ»</t>
+  </si>
+  <si>
+    <t>420127, ТАТАРСТАН, КАЗАНЬ Г., ДЕМЕНТЬЕВА УЛ., Д. 1</t>
+  </si>
+  <si>
+    <t>8-(843)-207-49-93</t>
+  </si>
+  <si>
+    <t>info@kcdt.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «ЦЕНТР ПРОТОТИПИРОВАНИЯ И ВНЕДРЕНИЯ ОТЕЧЕСТВЕННОЙ РОБОТОТЕХНИКИ»</t>
+  </si>
+  <si>
+    <t>420107, ТАТАРСТАН, КАЗАНЬ Г., ПЕТЕРБУРГСКАЯ УЛ., ЗД 50 К. 31, ЭТ/ПОМ 2/1</t>
+  </si>
+  <si>
+    <t>8-(843)-227-40-63</t>
+  </si>
+  <si>
+    <t>info@robotrt.com</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «РЕГИОНАЛЬНЫЙ ЦЕНТР ИНЖИНИРИНГА БИОТЕХНОЛОГИЙ РЕСПУБЛИКИ ТАТАРСТАН»</t>
+  </si>
+  <si>
+    <t>Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>420095, ТАТАРСТАН, КАЗАНЬ Г., ВОССТАНИЯ УЛ., Д. 100, ЗДАНИЕ 152</t>
+  </si>
+  <si>
+    <t>8-(843)-212-19-19</t>
+  </si>
+  <si>
+    <t>info@bionovatic.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «РЕГИОНАЛЬНЫЙ ИНЖИНИРИНГОВЫЙ ЦЕНТР МЕДИЦИНСКИХ СИМУЛЯТОРОВ «ЦЕНТР МЕДИЦИНСКОЙ НАУКИ»</t>
+  </si>
+  <si>
+    <t>420107, РЕСПУБЛИКА ТАТАРСТАН (ТАТАРСТАН), ГОРОД КАЗАНЬ Г.О., КАЗАНЬ Г, ПЕТЕРБУРГСКАЯ УЛ, ЗД. 50 К. 23, 6 ПОМЕЩ.</t>
+  </si>
+  <si>
+    <t>info@engimed.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «РЕГИОНАЛЬНЫЙ ЦЕНТР ИНЖИНИРИНГА В СФЕРЕ ХИМИЧЕСКИХ ТЕХНОЛОГИЙ»</t>
+  </si>
+  <si>
+    <t>422624, РЕСПУБЛИКА ТАТАРСТАН (ТАТАРСТАН), ЛАИШЕВСКИЙ Р-Н, СТОЛБИЩЕ С., ЛЕСХОЗОВСКАЯ УЛ., Д. 32</t>
+  </si>
+  <si>
+    <t>8-(843)-212-24-52</t>
+  </si>
+  <si>
+    <t>info@chempoint.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «РЕГИОНАЛЬНЫЙ ИНЖИНИРИНГОВЫЙ ЦЕНТР ПРОМЫШЛЕННЫХ ЛАЗЕРНЫХ ТЕХНОЛОГИЙ «КАИ-ЛАЗЕР»</t>
+  </si>
+  <si>
+    <t>420127, ТАТАРСТАН, КАЗАНЬ Г., АКАДЕМИКА ПАВЛОВА УЛ., Д. 3</t>
+  </si>
+  <si>
+    <t>8-(843)-238-51-06</t>
+  </si>
+  <si>
+    <t>ruslan-yanbaev@mail.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «АГРОПРОМЫШЛЕННЫЙ ПАРК «КАЗАНЬ»</t>
+  </si>
+  <si>
+    <t>Агропромышленный парк</t>
+  </si>
+  <si>
+    <t>420061, РЕСПУБЛИКА ТАТАРСТАН (ТАТАРСТАН), КАЗАНЬ Г., АГРАРНАЯ УЛ., Д. 2, ОФИС 28</t>
+  </si>
+  <si>
+    <t>8-(843)-598-38-30</t>
+  </si>
+  <si>
+    <t>info@agroprompark-kazan.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «КАМСКИЙ ИНДУСТРИАЛЬНЫЙ ПАРК «МАСТЕР»</t>
+  </si>
+  <si>
+    <t>Промышленный парк</t>
+  </si>
+  <si>
+    <t>423800, РЕСПУБЛИКА ТАТАРСТАН (ТАТАРСТАН), НАБЕРЕЖНЫЕ ЧЕЛНЫ Г., ПРОИЗВОДСТВЕННЫЙ ПР-Д, Д. 45</t>
+  </si>
+  <si>
+    <t>8-(855)-253-45-20</t>
+  </si>
+  <si>
+    <t>kip-master@kamaz.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «ИННОВАЦИОННЫЙ ИНДУСТРИАЛЬНЫЙ ПАРК - ТЕХНОПАРК В СФЕРЕ ВЫСОКИХ ТЕХНОЛОГИЙ «ТЕХНОПОЛИС «ХИМГРАД»</t>
+  </si>
+  <si>
+    <t>420095, ТАТАРСТАН, КАЗАНЬ Г., ВОССТАНИЯ УЛ., Д. 100, ЗДАНИЕ 272 ОФИС 206</t>
+  </si>
+  <si>
+    <t>8-(843)-227-41-40</t>
+  </si>
+  <si>
+    <t>info@himgrad.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ТАСМА-ИНВЕСТ-ТОРГ»</t>
+  </si>
+  <si>
+    <t>Технопарк, Промышленный парк</t>
+  </si>
+  <si>
+    <t>420095, ТАТАРСТАН, КАЗАНЬ Г., ВОССТАНИЯ УЛ., Д. 100, ЗДАНИЕ 266 Д,К ПОМЕЩЕНИЕ 35</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «УПРАВЛЯЮЩАЯ КОМПАНИЯ «СОЗИДАНИЕ»</t>
+  </si>
+  <si>
+    <t>422082, РЕСПУБЛИКА ТАТАРСТАН (ТАТАРСТАН), ТЮЛЯЧИНСКИЙ Р-Н, БОЛЬШИЕ МЕТЕСКИ С., А/Д КАЗАНЬ-ШЕМОРДАН 75 КМ ТЕР, К. 1, ОФИС 1</t>
+  </si>
+  <si>
+    <t>8-(843)-226-08-08</t>
+  </si>
+  <si>
+    <t>sozidanie.park@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «УПРАВЛЯЮЩАЯ КОМПАНИЯ «СОКУРЫ»</t>
+  </si>
+  <si>
+    <t>422622, ТАТАРСТАН, ЛАИШЕВСКИЙ Р-Н, СОКУРЫ С., ПРОМЫШЛЕННАЯ УЛ., Д. 3, ОФИС 1</t>
+  </si>
+  <si>
+    <t>Sokuri.uk@yandex.ru</t>
+  </si>
+  <si>
+    <t>ОТКРЫТОЕ АКЦИОНЕРНОЕ ОБЩЕСТВО «КАЗАНСКИЙ ЗАВОД СИНТЕТИЧЕСКОГО КАУЧУКА»</t>
+  </si>
+  <si>
+    <t>420054, ТАТАРСТАН, КАЗАНЬ Г., ЛЕБЕДЕВА УЛ., Д.1</t>
+  </si>
+  <si>
+    <t>8-(843)-278-37-57</t>
+  </si>
+  <si>
+    <t>info@kzck.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «РЕГИОНАЛЬНАЯ ЛИЗИНГОВАЯ КОМПАНИЯ РЕСПУБЛИКИ ТАТАРСТАН»</t>
+  </si>
+  <si>
+    <t>8-(843)-524-72-32</t>
+  </si>
+  <si>
+    <t>info@rlcrt.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «УПРАВЛЯЮЩАЯ КОМПАНИЯ ПРОМЫШЛЕННЫЙ ПАРК «РАЗВИТИЕ»</t>
+  </si>
+  <si>
+    <t>423801, ТАТАРСТАН, НАБЕРЕЖНЫЕ ЧЕЛНЫ Г., ШАМИЛЯ УСМАНОВА УЛ., Д. 122, ПОМЕЩ. 203,206</t>
+  </si>
+  <si>
+    <t>8-(960)-066-89-50</t>
+  </si>
+  <si>
+    <t>prompark@yandex.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «УПРАВЛЯЮЩАЯ КОМПАНИЯ «ПРОМЫШЛЕННЫЙ ПАРК «ВЯТКА»</t>
+  </si>
+  <si>
+    <t>422190, РЕСПУБЛИКА ТАТАРСТАН (ТАТАРСТАН), МАМАДЫШСКИЙ Р-Н, МАМАДЫШ Г., ФАРИТА ЯРУЛЛИНА УЛ., Д. 5</t>
+  </si>
+  <si>
+    <t>8-(917)-278-01-11</t>
+  </si>
+  <si>
+    <t>Lala1808@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «УПРАВЛЯЮЩАЯ КОМПАНИЯ «ПРОГРЕСС»</t>
+  </si>
+  <si>
+    <t>422111, РЕСПУБЛИКА ТАТАРСТАН (ТАТАРСТАН), КУКМОРСКИЙ М.Р-Н, ГОРОД КУКМОР Г.П., КУКМОР Г., ПРОИЗВОДСТВЕННАЯ УЛ, Д. 9, 1 ПОМЕЩ.</t>
+  </si>
+  <si>
+    <t>8-(962)-561-20-18</t>
+  </si>
+  <si>
+    <t>spk-energia@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ДРОЖЖАНОВСКИЕ НЕДРА»</t>
+  </si>
+  <si>
+    <t>422470, ТАТАРСТАН, ДРОЖЖАНОВСКИЙ Р-Н, СТАРОЕ ДРОЖЖАНОЕ С, ШКОЛЬНАЯ УЛ., Д. 32</t>
+  </si>
+  <si>
+    <t>8-(937)-775-24-05</t>
+  </si>
+  <si>
+    <t>robert_nizamov@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ЛИЗИНГОВАЯ КОМПАНИЯ МАЛОГО БИЗНЕСА РЕСПУБЛИКИ ТАТАРСТАН»</t>
+  </si>
+  <si>
+    <t>2020-12-24</t>
+  </si>
+  <si>
+    <t>420107, РЕСПУБЛИКА ТАТАРСТАН, ГОРОД КАЗАНЬ, УЛИЦА ПЕТЕРБУРГСКАЯ, ДОМ 50, КОРПУС 24, ОФИС 204-213</t>
+  </si>
+  <si>
+    <t>8-(843)-570-40-13</t>
+  </si>
+  <si>
+    <t>info@lkmb-rt.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР КЛАСТЕРНОГО РАЗВИТИЯ И ПРОЕКТНОГО УПРАВЛЕНИЯ РЕСПУБЛИКИ ТАТАРСТАН»</t>
+  </si>
+  <si>
+    <t>2023-02-07</t>
+  </si>
+  <si>
+    <t>Центр кластерного развития</t>
+  </si>
+  <si>
+    <t>420061, РЕСПУБЛИКА ТАТАРСТАН (ТАТАРСТАН), ГОРОД КАЗАНЬ Г.О., КАЗАНЬ Г, НИКОЛАЯ ЕРШОВА УЛ, ЗД. 29А, 207 ОФИС</t>
+  </si>
+  <si>
+    <t>8-(843)-238-36-90</t>
+  </si>
+  <si>
+    <t>Gainullin@innokam.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ ТЫВА</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр поддержки народных художественных промыслов, Центр кластерного развития, Центр по развитию предпринимательства, Микрофинансовая организация предпринимательского финансирования</t>
+  </si>
+  <si>
+    <t>667000, ТЫВА, КЫЗЫЛ Г., ТУВИНСКИХ ДОБРОВОЛЬЦЕВ УЛ., Д. 18, ОФИС 26</t>
+  </si>
+  <si>
+    <t>8-(394)-223-62-02</t>
+  </si>
+  <si>
+    <t>bsf-tuva@mail.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ «МНОГОФУНКЦИОНАЛЬНЫЙ ЦЕНТР ПРЕДОСТАВЛЕНИЯ ГОСУДАРСТВЕННЫХ И МУНИЦИПАЛЬНЫХ УСЛУГ НА ТЕРРИТОРИИ РЕСПУБЛИКИ ТЫВА»</t>
+  </si>
+  <si>
+    <t>Многофункциональный центр предоставления государственных и муниципальных услуг, предоставляющий услуги субъектам МСП</t>
+  </si>
+  <si>
+    <t>667003, г. Кызыл, ул. Кечил-Оола, д.7б</t>
+  </si>
+  <si>
+    <t>8-(800)-200-33-96</t>
+  </si>
+  <si>
+    <t>info@mfcrt.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ «АГЕНТСТВО ИНВЕСТИЦИОННОГО РАЗВИТИЯ РЕСПУБЛИКИ ТЫВА»</t>
+  </si>
+  <si>
+    <t>2018-01-02</t>
+  </si>
+  <si>
+    <t>660000, РЕСПУБЛИКА ТЫВА, КЫЗЫЛ Г, КАЛИНИНА УЛ, Д. 23А</t>
+  </si>
+  <si>
+    <t>8-(394)-223-60-18</t>
+  </si>
+  <si>
+    <t>bi_rt@mail.ru</t>
+  </si>
+  <si>
+    <t>ГАРАНТИЙНЫЙ ФОНД РЕСПУБЛИКИ ТЫВА</t>
+  </si>
+  <si>
+    <t>2023-01-27</t>
+  </si>
+  <si>
+    <t>667000, РЕСПУБЛИКА ТЫВА, КЫЗЫЛ Г., ТУВИНСКИХ ДОБРОВОЛЬЦЕВ УЛ., Д. 3, ОТДЕЛ 4</t>
+  </si>
+  <si>
+    <t>8-(394)-223-20-00</t>
+  </si>
+  <si>
+    <t>gf_tyva@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ КУЛЬТУРЫ УДМУРТСКОЙ РЕСПУБЛИКИ «НАЦИОНАЛЬНЫЙ ЦЕНТР ДЕКОРАТИВНО-ПРИКЛАДНОГО ИСКУССТВА И РЕМЕСЕЛ»</t>
+  </si>
+  <si>
+    <t>2021-04-05</t>
+  </si>
+  <si>
+    <t>Палата и центр ремесел</t>
+  </si>
+  <si>
+    <t>426008, УДМУРТСКАЯ РЕСПУБЛИКА, ИЖЕВСК Г., ИМ ВАДИМА СИВКОВА УЛ., Д.173</t>
+  </si>
+  <si>
+    <t>8-(341)-278-45-13</t>
+  </si>
+  <si>
+    <t>priemnaya@decor.udmr.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ УДМУРТСКИЙ ФОНД РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>426008, УДМУРТСКАЯ РЕСПУБЛИКА, ГОРОД ИЖЕВСК Г.О., ИЖЕВСК Г, ПУШКИНСКАЯ УЛ, Д. 247А, 10 ОФИС</t>
+  </si>
+  <si>
+    <t>8-(341)-251-43-38</t>
+  </si>
+  <si>
+    <t>info@udbiz.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ УДМУРТСКОЙ РЕСПУБЛИКИ «РЕСПУБЛИКАНСКИЙ БИЗНЕС-ИНКУБАТОР»</t>
+  </si>
+  <si>
+    <t>426039, УДМУРТСКАЯ РЕСПУБЛИКА, ИЖЕВСК Г., ДЗЕРЖИНСКОГО УЛ., Д.71А</t>
+  </si>
+  <si>
+    <t>8-(341)-245-65-86</t>
+  </si>
+  <si>
+    <t>info@rbi18.ru</t>
+  </si>
+  <si>
+    <t>ГАРАНТИЙНЫЙ ФОНД СОДЕЙСТВИЯ КРЕДИТОВАНИЮ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА УДМУРТСКОЙ РЕСПУБЛИКИ</t>
+  </si>
+  <si>
+    <t>426008, УДМУРТСКАЯ РЕСПУБЛИКА, ГОРОД ИЖЕВСК Г.О., ИЖЕВСК Г, ПУШКИНСКАЯ УЛ, Д. 247А</t>
+  </si>
+  <si>
+    <t>8-(341)-265-50-80</t>
+  </si>
+  <si>
+    <t>mail@gfskur.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ИЖЕВСКИЙ ГОРОДСКОЙ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА»</t>
+  </si>
+  <si>
+    <t>426004, УДМУРТСКАЯ РЕСПУБЛИКА, ИЖЕВСК Г., ЛЕНИНА УЛ., Д.50</t>
+  </si>
+  <si>
+    <t>8-(341)-265-82-87</t>
+  </si>
+  <si>
+    <t>658287@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ЯКШУР-БОДЬИНСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>Муниципальный фонд поддержки предпринимательства, Микрофинансовая организация предпринимательского финансирования</t>
+  </si>
+  <si>
+    <t>427100, УДМУРТСКАЯ РЕСПУБЛИКА, ЯКШУР-БОДЬИНСКИЙ Р-Н, ЯКШУР-БОДЬЯ С., ПУШИНОЙ УЛ., Д.69</t>
+  </si>
+  <si>
+    <t>8-(341)-624-18-05</t>
+  </si>
+  <si>
+    <t>FondYB@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «КОРПОРАЦИЯ РАЗВИТИЯ УДМУРТСКОЙ РЕСПУБЛИКИ»</t>
+  </si>
+  <si>
+    <t>2019-01-15</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр кластерного развития, Центр по развитию предпринимательства, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>426008, УДМУРТСКАЯ РЕСПУБЛИКА, ИЖЕВСК Г., ПУШКИНСКАЯ УЛ., Д. 247А, ЭТ/ПОМ 2/5</t>
+  </si>
+  <si>
+    <t>8-(341)-222-00-00</t>
+  </si>
+  <si>
+    <t>info@madeinudmurtia.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР РАЗВИТИЯ БИЗНЕСА И ГОРОДСКОЙ СРЕДЫ»</t>
+  </si>
+  <si>
+    <t>2020-09-07</t>
+  </si>
+  <si>
+    <t>427629, УДМУРТСКАЯ РЕСПУБЛИКА, ГЛАЗОВ Г., КУЙБЫШЕВА УЛ., Д. 77, СТРОЕНИЕ 1</t>
+  </si>
+  <si>
+    <t>8-(341)-416-60-17</t>
+  </si>
+  <si>
+    <t>anoglazov@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР РАЗВИТИЯ ТУРИЗМА УДМУРТСКОЙ РЕСПУБЛИКИ»</t>
+  </si>
+  <si>
+    <t>2023-04-24</t>
+  </si>
+  <si>
+    <t>Центр развития сельского и экологического туризма</t>
+  </si>
+  <si>
+    <t>426011, УДМУРТСКАЯ РЕСПУБЛИКА, ГОРОД ИЖЕВСК Г.О., ИЖЕВСК Г, ПУШКИНСКАЯ УЛ, Д. 371</t>
+  </si>
+  <si>
+    <t>8-(341)-227-13-97</t>
+  </si>
+  <si>
+    <t>info@visit-udmurtia.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР КОМПЕТЕНЦИЙ В СФЕРЕ СЕЛЬСКОХОЗЯЙСТВЕННОЙ КООПЕРАЦИИ И ПОДДЕРЖКИ ФЕРМЕРОВ В УДМУРТСКОЙ РЕСПУБЛИКЕ»</t>
+  </si>
+  <si>
+    <t>2025-01-17</t>
+  </si>
+  <si>
+    <t>426011, УДМУРТСКАЯ РЕСПУБЛИКА, ГОРОД ИЖЕВСК Г.О., ИЖЕВСК Г, ИМ ВАДИМА СИВКОВА УЛ, Д. 120</t>
+  </si>
+  <si>
+    <t>8-(980)-039-04-11</t>
+  </si>
+  <si>
+    <t>ano_ck-ur@mail.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «УПРАВЛЯЮЩАЯ КОМПАНИЯ ПРОМПАРК»</t>
+  </si>
+  <si>
+    <t>426008, УДМУРТСКАЯ РЕСПУБЛИКА, ИЖЕВСК Г., ПУШКИНСКАЯ УЛ., Д. 247А</t>
+  </si>
+  <si>
+    <t>prompark@madeinudmurtia.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ИНДУСТРИАЛЬНЫЙ ПАРК «РАЗВИТИЕ»</t>
+  </si>
+  <si>
+    <t>426030, УДМУРТСКАЯ РЕСПУБЛИКА, ИЖЕВСК Г., КАРЛА МАРКСА УЛ., Д. 23 А, ОФИС 228</t>
+  </si>
+  <si>
+    <t>8-(341)-291-19-37</t>
+  </si>
+  <si>
+    <t>info@ipr18.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ПРОГРЕСС»</t>
+  </si>
+  <si>
+    <t>427432, УДМУРТСКАЯ РЕСПУБЛИКА, ВОТКИНСК Г., ЮБИЛЕЙНАЯ УЛ., Д. 2Б, ОФИС 10</t>
+  </si>
+  <si>
+    <t>8-(341)-455-18-88</t>
+  </si>
+  <si>
+    <t>promparkrf@yandex.ru</t>
+  </si>
+  <si>
+    <t>РЕСПУБЛИКАНСКИЙ ФОНД - МИКРОКРЕДИТНАЯ КОМПАНИЯ ХАКАСИИ</t>
+  </si>
+  <si>
+    <t>655010, РЕСПУБЛИКА ХАКАСИЯ, АБАКАН Г, ДРУЖБЫ НАРОДОВ ПР-КТ, Д. 2А</t>
+  </si>
+  <si>
+    <t>8-(390)-224-86-88</t>
+  </si>
+  <si>
+    <t>nogfrh@mail.ru</t>
+  </si>
+  <si>
+    <t>ГАРАНТИЙНЫЙ ФОНД РЕСПУБЛИКИ ХАКАСИЯ</t>
+  </si>
+  <si>
+    <t>2022-01-18</t>
+  </si>
+  <si>
+    <t>655010, РЕСПУБЛИКА ХАКАСИЯ, ГОРОД АБАКАН Г.О., АБАКАН Г, ДРУЖБЫ НАРОДОВ ПР-КТ, Д. 2А</t>
+  </si>
+  <si>
+    <t>8-(913)-540-35-44</t>
+  </si>
+  <si>
+    <t>garantiynyyfond19@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД РАЗВИТИЯ РЕСПУБЛИКИ ХАКАСИЯ</t>
+  </si>
+  <si>
+    <t>2022-11-14</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр по развитию предпринимательства, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>655010, РЕСПУБЛИКА ХАКАСИЯ, ГОРОД АБАКАН Г.О., АБАКАН Г, ДРУЖБЫ НАРОДОВ ПР-КТ, Д. 2А СТР. 1, 4Н ПОМЕЩ.</t>
+  </si>
+  <si>
+    <t>8-(800)-350-37-53</t>
+  </si>
+  <si>
+    <t>fondrh@r-19.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ УНИТАРНОЕ ПРЕДПРИЯТИЕ «АРГУНСКИЙ ПРОИЗВОДСТВЕННЫЙ БИЗНЕС-ИНКУБАТОР»</t>
+  </si>
+  <si>
+    <t>366281, РЕСПУБЛИКА ЧЕЧЕНСКАЯ, ГОРОД АРГУН, УЛИЦА Г.ТИТОВА, ДОМ 13</t>
+  </si>
+  <si>
+    <t>8-(928)-736-91-02</t>
+  </si>
+  <si>
+    <t>argunbiznescentr@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ УНИТАРНОЕ ПРЕДПРИЯТИЕ «ГРОЗНЕНСКИЙ ПРОИЗВОДСТВЕННЫЙ БИЗНЕС-ИНКУБАТОР»</t>
+  </si>
+  <si>
+    <t>364014, РЕСПУБЛИКА ЧЕЧЕНСКАЯ, ГОРОД ГРОЗНЫЙ, УЛИЦА А.А.АЙДАМИРОВА, ДВЛД 225, КОРПУС А, ОФИС 1</t>
+  </si>
+  <si>
+    <t>8-(928)-024-92-01</t>
+  </si>
+  <si>
+    <t>grozbiznescentr@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ УНИТАРНОЕ ПРЕДПРИЯТИЕ «УРУС-МАРТАНОВСКИЙ БИЗНЕС-ЦЕНТР (ИНКУБАТОР)»</t>
+  </si>
+  <si>
+    <t>366500, РЕСПУБЛИКА ЧЕЧЕНСКАЯ, ГОРОД УРУС-МАРТАН, УЛИЦА С.БАДУЕВА, ДОМ 1А</t>
+  </si>
+  <si>
+    <t>8-(871)-452-23-08</t>
+  </si>
+  <si>
+    <t>ubcchr@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ УНИТАРНОЕ ПРЕДПРИЯТИЕ «ШАТОЙСКИЙ БИЗНЕС-ЦЕНТР (ИНКУБАТОР)»</t>
+  </si>
+  <si>
+    <t>366400, РЕСПУБЛИКА ЧЕЧЕНСКАЯ, СЕЛО ШАТОЙ, УЛИЦА ЭРИСХАНА АЛИЕВА, ---, ---, ---</t>
+  </si>
+  <si>
+    <t>8-(928)-784-56-90</t>
+  </si>
+  <si>
+    <t>bc-shatoy@mail.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ УНИТАРНОЕ ПРЕДПРИЯТИЕ ЧЕЧЕНСКОЙ РЕСПУБЛИКИ «РЕСПУБЛИКАНСКИЙ БИЗНЕС-ЦЕНТР»</t>
+  </si>
+  <si>
+    <t>Учебно-деловой центр, Центр поддержки народных художественных промыслов, Центр инноваций социальной сферы, Консультационный центр, Инжиниринговый центр, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>364024, РЕСПУБЛИКА ЧЕЧЕНСКАЯ, ГОРОД ГРОЗНЫЙ, УЛИЦА ХАМЗАТА УСМАНОВИЧА ОРЗАМИЕВА, 10</t>
+  </si>
+  <si>
+    <t>8-(871)-222-53-85</t>
+  </si>
+  <si>
+    <t>arsambaev@mail.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ УНИТАРНАЯ ОРГАНИЗАЦИЯ «ГАРАНТИЙНЫЙ ФОНД ЧЕЧЕНСКОЙ РЕСПУБЛИКИ»</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Региональная гарантийная организация</t>
+  </si>
+  <si>
+    <t>364024, РЕСПУБЛИКА ЧЕЧЕНСКАЯ, ГОРОД ГРОЗНЫЙ, УЛИЦА ХАМЗАТА УСМАНОВИЧА ОРЗАМИЕВА, 10, -, -</t>
+  </si>
+  <si>
+    <t>8-(928)-744-81-44</t>
+  </si>
+  <si>
+    <t>gfchr95@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ «МИКРОФИНАНСОВЫЙ ФОНД ЧЕЧЕНСКОЙ РЕСПУБЛИКИ»</t>
+  </si>
+  <si>
+    <t>364024, РЕСПУБЛИКА ЧЕЧЕНСКАЯ, ГОРОД ГРОЗНЫЙ, УЛИЦА ИМЕНИ Х.У. ОРЗАМИЕВА, ДОМ 10</t>
+  </si>
+  <si>
+    <t>8-(928)-897-80-65</t>
+  </si>
+  <si>
+    <t>mfc.chr@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ «ФОНД КРЕДИТОВАНИЯ СУБЪЕКТОВ ПРЕДПРИНИМАТЕЛЬСТВА В ЧЕЧЕНСКОЙ РЕСПУБЛИКЕ»</t>
+  </si>
+  <si>
+    <t>364024, РЕСПУБЛИКА ЧЕЧЕНСКАЯ, ГОРОД ГРОЗНЫЙ, УЛИЦА ХАМЗАТА УСМАНОВИЧА ОРЗАМИЕВА, ДОМ 10</t>
+  </si>
+  <si>
+    <t>8-(928)-023-60-80</t>
+  </si>
+  <si>
+    <t>fkspchr@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ - ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ЧЕЧЕНСКОЙ РЕСПУБЛИКИ</t>
+  </si>
+  <si>
+    <t>364024, РЕСПУБЛИКА ЧЕЧЕНСКАЯ, ГОРОД ГРОЗНЫЙ, УЛИЦА ИМЕНИ Х.У. ОРЗАМИЕВА, 10</t>
+  </si>
+  <si>
+    <t>8-(929)-887-10-40</t>
+  </si>
+  <si>
+    <t>fpmspchr@mail.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «ЧЕЧЕННЕФТЕХИМПРОМ»</t>
+  </si>
+  <si>
+    <t>2023-07-06</t>
+  </si>
+  <si>
+    <t>Индустриальный (промышленный) парк, Управляющая компания индустриальных (промышленных) парков</t>
+  </si>
+  <si>
+    <t>364024, ЧЕЧЕНСКАЯ РЕСПУБЛИКА, ГРОЗНЫЙ Г, А.А.КАДЫРОВА (АХМАТОВСКИЙ Р-Н) ПР-КТ, Д. 3/25</t>
+  </si>
+  <si>
+    <t>8-(871)-229-06-16</t>
+  </si>
+  <si>
+    <t>chnefhimp@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «АГРОМИР-ЛИДЕР»</t>
+  </si>
+  <si>
+    <t>2023-07-31</t>
+  </si>
+  <si>
+    <t>Агропромышленный парк, Управляющая компания индустриальных (промышленных) парков, Индустриальный (промышленный) парк</t>
+  </si>
+  <si>
+    <t>364051, ЧЕЧЕНСКАЯ, ГРОЗНЫЙ Г., ИМ С.Ш.ЛОРСАНОВА УЛ., Д. 9 ЭТАЖ 2, ПОМЕЩ. 207</t>
+  </si>
+  <si>
+    <t>8-(964)-070-70-78</t>
+  </si>
+  <si>
+    <t>agromir.lider@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР ПРОТОТИПИРОВАНИЯ ИННОВАЦИОННЫХ РАЗРАБОТОК В ОБЛАСТИ МАШИНОСТРОЕНИЯ В ЧУВАШСКОЙ РЕСПУБЛИКЕ»</t>
+  </si>
+  <si>
+    <t>428015, ЧУВАШСКАЯ РЕСПУБЛИКА - ЧУВАШИЯ, ЧЕБОКСАРЫ Г., СПИРИДОНА МИХАЙЛОВА УЛ., Д.3, Т-217</t>
+  </si>
+  <si>
+    <t>8-(927)-665-37-41</t>
+  </si>
+  <si>
+    <t>promtype@gmail.com</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «МИКРОКРЕДИТНАЯ КОМПАНИЯ «АГЕНТСТВО ПО ПОДДЕРЖКЕ МАЛОГО И СРЕДНЕГО БИЗНЕСА В ЧУВАШСКОЙ РЕСПУБЛИКЕ»</t>
+  </si>
+  <si>
+    <t>Центр кластерного развития, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Микрофинансовая организация предпринимательского финансирования</t>
+  </si>
+  <si>
+    <t>428000, ЧУВАШСКАЯ РЕСПУБЛИКА - ЧУВАШИЯ, Г ЧЕБОКСАРЫ, ПР-КТ ЛЕНИНА, ЗД. 12Б</t>
+  </si>
+  <si>
+    <t>8-(835)-248-96-66</t>
+  </si>
+  <si>
+    <t>mail@mb21.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ  «ГАРАНТИЙНЫЙ ФОНД ЧУВАШСКОЙ РЕСПУБЛИКИ»</t>
+  </si>
+  <si>
+    <t>428000, ЧУВАШСКАЯ РЕСПУБЛИКА - ЧУВАШИЯ, ЧЕБОКСАРЫ Г, ЛЕНИНА ПР-КТ, ЗД. 12Б</t>
+  </si>
+  <si>
+    <t>8-(835)-264-07-07</t>
+  </si>
+  <si>
+    <t>mail@gfchr.org</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ ЧУВАШСКОЙ РЕСПУБЛИКИ «РЕСПУБЛИКАНСКИЙ БИЗНЕС-ИНКУБАТОР ПО ПОДДЕРЖКЕ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА И СОДЕЙСТВИЮ ЗАНЯТОСТИ НАСЕЛЕНИЯ»</t>
+  </si>
+  <si>
+    <t>428000, ЧУВАШСКАЯ РЕСПУБЛИКА -, ЧЕБОКСАРЫ Г., ЛЕНИНА ПР-КТ, Д.12 К.Б</t>
+  </si>
+  <si>
+    <t>8-(835)-238-49-95</t>
+  </si>
+  <si>
+    <t>mail@rbi21.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ИНДУСТРИАЛЬНЫЙ ПАРК МАШЗАВОД»</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>428000, ЧУВАШСКАЯ РЕСПУБЛИКА - ЧУВАШИЯ, ЧЕБОКСАРЫ Г, МАШИНОСТРОИТЕЛЕЙ ПР-Д, Д. 1 СТР. 1, КАБИНЕТ 232</t>
+  </si>
+  <si>
+    <t>8-(835)-223-71-50</t>
+  </si>
+  <si>
+    <t>arenda@tmh21.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «УПРАВЛЯЮЩАЯ КОМПАНИЯ «ВОЛГАХИМ»</t>
+  </si>
+  <si>
+    <t>Управляющая компания технопарков (промышленных технопарков), Промышленный технопарк</t>
+  </si>
+  <si>
+    <t>429965, ЧУВАШСКАЯ РЕСПУБЛИКА - ЧУВАШИЯ, НОВОЧЕБОКСАРСК Г, ПРОМЫШЛЕННАЯ УЛ, Д. 101, КОРПУС 351</t>
+  </si>
+  <si>
+    <t>8-(917)-650-12-72</t>
+  </si>
+  <si>
+    <t>info@volgahim.com</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ИНДУСТРИАЛЬНЫЙ ПАРК»</t>
+  </si>
+  <si>
+    <t>428003, ЧУВАШСКАЯ РЕСПУБЛИКА - ЧУВАШИЯ, ГОРОД ЧЕБОКСАРЫ Г.О., ЧЕБОКСАРЫ Г, БАЗОВЫЙ ПР-Д, ЗД. 14В, 8 ПОМЕЩ.</t>
+  </si>
+  <si>
+    <t>8-(835)-222-88-23</t>
+  </si>
+  <si>
+    <t>info@parkabat.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «АЛТАЙСКИЙ ФОНД РАЗВИТИЯ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА»</t>
+  </si>
+  <si>
+    <t>Центр компетенций в сфере сельскохозяйственной кооперации и поддержки фермеров, Центр поддержки экспорта, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Региональная гарантийная организация, Консультационный центр, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>656056, АЛТАЙСКИЙ КРАЙ, БАРНАУЛ Г., МАЛО-ТОБОЛЬСКАЯ УЛ., Д. 19</t>
+  </si>
+  <si>
+    <t>8-(800)-222-83-22</t>
+  </si>
+  <si>
+    <t>info@altfond.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ «АЛТАЙСКИЙ ФОНД ФИНАНСИРОВАНИЯ ПРЕДПРИНИМАТЕЛЬСТВА»</t>
+  </si>
+  <si>
+    <t>656056, АЛТАЙСКИЙ КРАЙ, БАРНАУЛ Г., МАЛО-ТОБОЛЬСКАЯ УЛ., Д.19</t>
+  </si>
+  <si>
+    <t>8-(385)-299-64-06</t>
+  </si>
+  <si>
+    <t>afm@altfond.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ «БИЙСКИЙ БИЗНЕС-ИНКУБАТОР»</t>
+  </si>
+  <si>
+    <t>659315, КРАЙ АЛТАЙСКИЙ, ГОРОД БИЙСК, УЛИЦА СОЦИАЛИСТИЧЕСКАЯ, 98</t>
+  </si>
+  <si>
+    <t>8-(385)-430-70-00</t>
+  </si>
+  <si>
+    <t>biit1@yandex.ru</t>
+  </si>
+  <si>
+    <t>КРАЕВОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ «АЛТАЙСКИЙ ЦЕНТР КЛАСТЕРНОГО РАЗВИТИЯ»</t>
+  </si>
+  <si>
+    <t>2018-01-03</t>
+  </si>
+  <si>
+    <t>Центр кластерного развития, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>656038, КРАЙ АЛТАЙСКИЙ, ГОРОД БАРНАУЛ, ПРОСПЕКТ КОМСОМОЛЬСКИЙ, 118</t>
+  </si>
+  <si>
+    <t>8-(385)-220-65-86</t>
+  </si>
+  <si>
+    <t>altklaster@inbox.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «УПРАВЛЯЮЩАЯ КОМПАНИЯ ПРОМЫШЛЕННОГО ТЕХНОПАРКА «ЮГ АЛТАЯ»</t>
+  </si>
+  <si>
+    <t>2022-12-22</t>
+  </si>
+  <si>
+    <t>658220, АЛТАЙСКИЙ, РУБЦОВСК Г., ТРАКТОРНАЯ УЛ., Д. 21</t>
+  </si>
+  <si>
+    <t>8-(385)-575-96-75</t>
+  </si>
+  <si>
+    <t>yug-alt@mail.ru</t>
+  </si>
+  <si>
+    <t>УНИТАРНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ФОНД РАЗВИТИЯ БИЗНЕСА КРАСНОДАРСКОГО КРАЯ»</t>
+  </si>
+  <si>
+    <t>Коворкинг, Центр прототипирования и промышленного дизайна, Центр по развитию предпринимательства, Региональная гарантийная организация, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>350911, КРАСНОДАРСКИЙ КРАЙ, КРАСНОДАР Г., ТРАМВАЙНАЯ УЛ., Д. 2/6</t>
+  </si>
+  <si>
+    <t>8-(861)-992-03-65</t>
+  </si>
+  <si>
+    <t>info@gfkuban.ru</t>
+  </si>
+  <si>
+    <t>УНИТАРНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ - МИКРОКРЕДИТНАЯ КОМПАНИЯ «ФОНД МИКРОФИНАНСИРОВАНИЯ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА КРАСНОДАРСКОГО КРАЯ»</t>
+  </si>
+  <si>
+    <t>350911, КРАЙ КРАСНОДАРСКИЙ, ГОРОД КРАСНОДАР, УЛИЦА ТРАМВАЙНАЯ, ДОМ 2/6</t>
+  </si>
+  <si>
+    <t>8-(861)-298-08-08</t>
+  </si>
+  <si>
+    <t>info@fmkk.ru</t>
+  </si>
+  <si>
+    <t>ФОНД «ЦЕНТР КООРДИНАЦИИ ПОДДЕРЖКИ ЭКСПОРТНО-ОРИЕНТИРОВАННЫХ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА»</t>
+  </si>
+  <si>
+    <t>350911, КРАЙ КРАСНОДАРСКИЙ, ГОРОД КРАСНОДАР, УЛИЦА ТРАМВАЙНАЯ, ДОМ 2/6, ОФИС 407</t>
+  </si>
+  <si>
+    <t>8-(861)-231-10-60</t>
+  </si>
+  <si>
+    <t>roman23kuban@gmail.com</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ «ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА» МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ ГОРОД НОВОРОССИЙСК</t>
+  </si>
+  <si>
+    <t>353900, КРАСНОДАРСКИЙ КРАЙ, НОВОРОССИЙСК Г., СВОБОДЫ УЛ., Д. 35</t>
+  </si>
+  <si>
+    <t>8-(918)-373-75-06</t>
+  </si>
+  <si>
+    <t>cppnvrs@gmail.com</t>
+  </si>
+  <si>
+    <t>УНИТАРНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ФОНД РАЗВИТИЯ ИННОВАЦИЙ КРАСНОДАРСКОГО КРАЯ»</t>
+  </si>
+  <si>
+    <t>2021-05-17</t>
+  </si>
+  <si>
+    <t>Инновационно-технологический центр</t>
+  </si>
+  <si>
+    <t>350002, КРАЙ КРАСНОДАРСКИЙ, Г. Краснодар, УЛ. СЕВЕРНАЯ, Д. 405</t>
+  </si>
+  <si>
+    <t>8-(918)-317-37-18</t>
+  </si>
+  <si>
+    <t>Lukasheva-ov@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ КАЗЕННОЕ УЧРЕЖДЕНИЕ «РАЙОННОЕ ХОЗЯЙСТВЕННОЕ УПРАВЛЕНИЕ» МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ ТИХОРЕЦКИЙ РАЙОН</t>
+  </si>
+  <si>
+    <t>2022-02-03</t>
+  </si>
+  <si>
+    <t>352120, КРАЙ КРАСНОДАРСКИЙ, ГОРОД ТИХОРЕЦК, УЛИЦА ОКТЯБРЬСКАЯ, 38</t>
+  </si>
+  <si>
+    <t>8-(861)-967-38-95</t>
+  </si>
+  <si>
+    <t>mkurhu@yandex.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ КАЗЕННОЕ УЧРЕЖДЕНИЕ «ЛАБИНСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА» МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ ЛАБИНСКИЙ РАЙОН»</t>
+  </si>
+  <si>
+    <t>2022-06-10</t>
+  </si>
+  <si>
+    <t>352500, КРАЙ КРАСНОДАРСКИЙ, ГОРОД ЛАБИНСК, УЛИЦА КОНСТАНТИНОВА, ДОМ 6</t>
+  </si>
+  <si>
+    <t>8-(861)-693-52-10</t>
+  </si>
+  <si>
+    <t>Businness_scool_Lab@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «УПРАВЛЯЮЩАЯ КОМПАНИЯ» ИНДУСТРИАЛЬНЫЙ ПАРК «ДОСТОЯНИЕ»</t>
+  </si>
+  <si>
+    <t>2022-09-20</t>
+  </si>
+  <si>
+    <t>352394, КРАЙ КРАСНОДАРСКИЙ, ГОРОД КРОПОТКИН, УЛИЦА ШОССЕЙНАЯ, ДОМ 17</t>
+  </si>
+  <si>
+    <t>8-(861)-205-02-37</t>
+  </si>
+  <si>
+    <t>info@укдостояние.рф</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «АГЕНТСТВО ПО ПРИВЛЕЧЕНИЮ ИНВЕСТИЦИЙ»</t>
+  </si>
+  <si>
+    <t>2022-12-05</t>
+  </si>
+  <si>
+    <t>Агентство по развитию предпринимательства</t>
+  </si>
+  <si>
+    <t>350000, КРАСНОДАРСКИЙ КРАЙ, ГОРОД КРАСНОДАР Г.О., КРАСНОДАР Г, ИМ. МИТРОФАНА СЕДИНА УЛ, Д. 47</t>
+  </si>
+  <si>
+    <t>8-(988)-184-21-51</t>
+  </si>
+  <si>
+    <t>api@investkuban.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «СЛАВЯНСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЕЙ»</t>
+  </si>
+  <si>
     <t>Консультационный центр</t>
   </si>
   <si>
-    <t>358000, РЕСПУБЛИКА КАЛМЫКИЯ, ГОРОД ЭЛИСТА, УЛИЦА ИМ НОМТО ОЧИРОВА, ДОМ 15</t>
-[...1681 lines deleted...]
-  <si>
     <t>353581, КРАСНОДАРСКИЙ КРАЙ, СЛАВЯНСКИЙ М.Р-Н, ПРОТОКСКОЕ С.П., БАРАНИКОВСКИЙ Х, САДОВАЯ УЛ, Д. 12</t>
   </si>
   <si>
     <t>8-(918)-269-80-47</t>
   </si>
   <si>
     <t>stspp@list.ru</t>
   </si>
   <si>
     <t>МУНИЦИПАЛЬНОЕ КАЗЕННОЕ УЧРЕЖДЕНИЕ «ПО ОБЕСПЕЧЕНИЮ ХОЗЯЙСТВЕННО-ТЕХНИЧЕСКОГО ОБСЛУЖИВАНИЯ АДМИНИСТРАЦИИ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ ГОРОД ГОРЯЧИЙ КЛЮЧ»</t>
   </si>
   <si>
     <t>2024-12-25</t>
   </si>
   <si>
     <t>353290, КРАСНОДАРСКИЙ КРАЙ, ГОРЯЧИЙ КЛЮЧ Г, ЛЕНИНА УЛ, Д. 191</t>
   </si>
   <si>
     <t>8-(861)-593-84-49</t>
   </si>
   <si>
     <t>pohtoamo@yandex.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «КРАСНОЯРСКИЙ КРАЕВОЙ ЦЕНТР РАЗВИТИЯ БИЗНЕСА И МИКРОКРЕДИТНАЯ КОМПАНИЯ»</t>
@@ -4294,66 +4324,69 @@
   <si>
     <t>248000, ОБЛ. КАЛУЖСКАЯ, Г. Калуга, УЛ. ТЕАТРАЛЬНАЯ, ЗД. 38А</t>
   </si>
   <si>
     <t>8-(910)-911-01-34</t>
   </si>
   <si>
     <t>dmitrieva@arbko.ru</t>
   </si>
   <si>
     <t>ГАРАНТИЙНЫЙ ФОНД РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА КАМЧАТСКОГО КРАЯ</t>
   </si>
   <si>
     <t>683031, КРАЙ КАМЧАТСКИЙ, ГОРОД ПЕТРОПАВЛОВСК-КАМЧАТСКИЙ, ПРОСПЕКТ КАРЛА МАРКСА, ДОМ 23, ОФИС 502</t>
   </si>
   <si>
     <t>8(4152)41-05-83   8-924-782-24-05</t>
   </si>
   <si>
     <t>gfkam@mail.ru</t>
   </si>
   <si>
     <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ КАМЧАТСКИЙ ГОСУДАРСТВЕННЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА</t>
   </si>
   <si>
-    <t>Государственный фонд поддержки предпринимательства</t>
+    <t>Государственный фонд поддержки предпринимательства, Микрофинансовая организация предпринимательского финансирования</t>
   </si>
   <si>
     <t>683031, КРАЙ КАМЧАТСКИЙ, ГОРОД ПЕТРОПАВЛОВСК-КАМЧАТСКИЙ, ПРОСПЕКТ КАРЛА МАРКСА, ДОМ 23</t>
   </si>
   <si>
     <t>8(4152)22-15-81</t>
   </si>
   <si>
     <t>fpp@kamfond.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «КАМЧАТСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА»</t>
   </si>
   <si>
     <t>2018-12-24</t>
+  </si>
+  <si>
+    <t>Центр по развитию предпринимательства, Центр кластерного развития, Центр инноваций социальной сферы</t>
   </si>
   <si>
     <t>683031, КРАЙ КАМЧАТСКИЙ, ГОРОД ПЕТРОПАВЛОВСК-КАМЧАТСКИЙ, ПРОСПЕКТ КАРЛА МАРКСА, ДОМ 23, ОФИС 506</t>
   </si>
   <si>
     <t>8(4152)46-06-47</t>
   </si>
   <si>
     <t>kamcpp@mail.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «КАМЧАТСКИЙ ВЫСТАВОЧНО-ТУРИСТИЧЕСКИЙ ЦЕНТР»</t>
   </si>
   <si>
     <t>2018-12-28</t>
   </si>
   <si>
     <t>683002, КРАЙ КАМЧАТСКИЙ, ГОРОД ПЕТРОПАВЛОВСК-КАМЧАТСКИЙ, ШОССЕ СЕВЕРО-ВОСТОЧНОЕ, ДОМ 27</t>
   </si>
   <si>
     <t>8(4152)42-51-25
 8(4152)46-06-47</t>
   </si>
   <si>
     <t>kaminvest@kamexpocenter.ru</t>
@@ -5153,119 +5186,128 @@
   <si>
     <t>188340, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, ГАТЧИНСКИЙ М.Р-Н, ТАИЦКОЕ Г.П., ТАЙЦЫ ГП, ЮНОГО ЛЕНИНЦА УЛ, Д. 2</t>
   </si>
   <si>
     <t>8-(800)-309-46-88</t>
   </si>
   <si>
     <t>mkk@813.ru</t>
   </si>
   <si>
     <t>ГОСУДАРСТВЕННОЕ КАЗЕННОЕ УЧРЕЖДЕНИЕ ЛЕНИНГРАДСКОЙ ОБЛАСТИ «АГЕНТСТВО ПО ОБЕСПЕЧЕНИЮ ДЕЯТЕЛЬНОСТИ АГРОПРОМЫШЛЕННОГО И РЫБОХОЗЯЙСТВЕННОГО КОМПЛЕКСА ЛЕНИНГРАДСКОЙ ОБЛАСТИ»</t>
   </si>
   <si>
     <t>191311, Г.САНКТ-ПЕТЕРБУРГ, СМОЛЬНОГО УЛ., Д. 3, ОФИС 392</t>
   </si>
   <si>
     <t>8-(812)-539-11-60</t>
   </si>
   <si>
     <t>lenagroconsult@yandex.ru</t>
   </si>
   <si>
     <t>НЕКОММЕРЧЕСКАЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ «ЛИПЕЦКИЙ ОБЛАСТНОЙ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА»</t>
   </si>
   <si>
+    <t>Региональная гарантийная организация, Микрофинансовая организация предпринимательского финансирования, Иная организация</t>
+  </si>
+  <si>
     <t>398050, ОБЛАСТЬ ЛИПЕЦКАЯ, ГОРОД ЛИПЕЦК, УЛИЦА КУЗНЕЧНАЯ, ДОМ 8</t>
   </si>
   <si>
     <t>8-(474)-222-12-95</t>
   </si>
   <si>
     <t>fond.lipetsk@yandex.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР КООРДИНАЦИИ ПОДДЕРЖКИ ЭКСПОРТНО ОРИЕНТИРОВАННЫХ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ЛИПЕЦКОЙ ОБЛАСТИ»</t>
   </si>
   <si>
     <t>398001, ОБЛАСТЬ ЛИПЕЦКАЯ, ГОРОД ЛИПЕЦК, УЛИЦА ПЕРВОМАЙСКАЯ, ДОМ 78, ОФИС 312</t>
   </si>
   <si>
     <t>8-(474)-237-13-88</t>
   </si>
   <si>
     <t>info@48mb.ru</t>
   </si>
   <si>
     <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ «ТЕХНОПАРК-ЛИПЕЦК»</t>
   </si>
   <si>
     <t>2022-02-09</t>
   </si>
   <si>
+    <t>Технопарк, Управляющая компания технопарков (промышленных технопарков)</t>
+  </si>
+  <si>
     <t>398017, ЛИПЕЦКАЯ ОБЛАСТЬ, ЛИПЕЦК Г., 9-ГО МАЯ УЛ., Д.27</t>
   </si>
   <si>
     <t>8-(474)-225-13-40</t>
   </si>
   <si>
     <t>tehnopark.lip@gmail.com</t>
   </si>
   <si>
     <t>ОБЛАСТНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ «ЦЕНТР КОМПЕТЕНЦИЙ АПК ЛИПЕЦКОЙ ОБЛАСТИ»</t>
   </si>
   <si>
     <t>2022-02-28</t>
   </si>
   <si>
     <t>398055, ОБЛАСТЬ ЛИПЕЦКАЯ, ГОРОД ЛИПЕЦК, УЛИЦА МОСКОВСКАЯ, ДОМ 83</t>
   </si>
   <si>
     <t>8-(474)-230-73-59</t>
   </si>
   <si>
     <t>ck.apk@admlr.lipetsk.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА И ПОМОЩИ УЧАСТНИКАМ СПЕЦИАЛЬНОЙ ВОЕННОЙ ОПЕРАЦИИ И ИХ СЕМЬЯМ «БИЗНЕС-ИНКУБАТОР «МОЛОДЕЖЬ»</t>
   </si>
   <si>
     <t>2023-04-19</t>
   </si>
   <si>
     <t>399900, ЛИПЕЦКАЯ ОБЛАСТЬ, ЧАПЛЫГИНСКИЙ Р-Н, ЧАПЛЫГИН Г, ЛЕНИНА УЛ, ЗД. 12</t>
   </si>
   <si>
     <t>8-(474)-752-26-95</t>
   </si>
   <si>
     <t>AONinkubator48@yandex.ru</t>
   </si>
   <si>
     <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «МАГАДАНСКИЙ РЕГИОНАЛЬНЫЙ ФОНД СОДЕЙСТВИЯ РАЗВИТИЮ ПРЕДПРИНИМАТЕЛЬСТВА»</t>
   </si>
   <si>
+    <t>Региональная гарантийная организация, Коворкинг, Центр компетенций в сфере сельскохозяйственной кооперации и поддержки фермеров, Центр поддержки народных художественных промыслов, Центр кластерного развития, Центр по развитию предпринимательства</t>
+  </si>
+  <si>
     <t>685000, ОБЛАСТЬ МАГАДАНСКАЯ, ГОРОД МАГАДАН, ПРОСПЕКТ КАРЛА МАРКСА, ДОМ 60_А</t>
   </si>
   <si>
     <t>8(4132)60-98-28</t>
   </si>
   <si>
     <t>mrfsrp@yandex.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «МИКРОКРЕДИТНАЯ КОМПАНИЯ МАГАДАНСКОЙ ОБЛАСТИ»</t>
   </si>
   <si>
     <t>2021-07-27</t>
   </si>
   <si>
     <t>685000, ОБЛАСТЬ МАГАДАНСКАЯ, ГОРОД МАГАДАН, ПРОСПЕКТ КАРЛА МАРКСА, ДОМ 60, КОРПУС А</t>
   </si>
   <si>
     <t>8-(413)-261-70-50</t>
   </si>
   <si>
     <t>mkk_magadan@mail.ru</t>
   </si>
   <si>
     <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ «МОСКОВСКИЙ ОБЛАСТНОЙ ФОНД МИКРОФИНАНСИРОВАНИЯ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА»</t>
@@ -5390,50 +5432,53 @@
   <si>
     <t>8 (8152) 564487</t>
   </si>
   <si>
     <t>corp@invest-murman.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР РАЗВИТИЯ ЭКСПОРТА НИЖЕГОРОДСКОЙ ОБЛАСТИ»</t>
   </si>
   <si>
     <t>Центр поддержки экспорта, Иная организация</t>
   </si>
   <si>
     <t>603000, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД НИЖНИЙ НОВГОРОД, УЛИЦА ПИСКУНОВА, ДОМ 8/8, ПОМЕЩЕНИЕ П2 ЭТАЖ 3, КОМНАТА 9</t>
   </si>
   <si>
     <t>8-(831)-435-18-48</t>
   </si>
   <si>
     <t>info@export-nn.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «АГЕНТСТВО ПО РАЗВИТИЮ КЛАСТЕРНОЙ ПОЛИТИКИ И ПРЕДПРИНИМАТЕЛЬСТВА НИЖЕГОРОДСКОЙ ОБЛАСТИ»</t>
   </si>
   <si>
+    <t>Центр кластерного развития, Центр по развитию предпринимательства, Инжиниринговый центр, Центр поддержки экспорта</t>
+  </si>
+  <si>
     <t>603144, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД НИЖНИЙ НОВГОРОД, УЛИЦА АКАДЕМИКА САХАРОВА, ДОМ 4</t>
   </si>
   <si>
     <t>8-(831)-262-27-13</t>
   </si>
   <si>
     <t>official@arkpp-nn.ru</t>
   </si>
   <si>
     <t>МУНИЦИПАЛЬНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ ГОРОДСКОГО ОКРУГА ГОРОД БОР НИЖЕГОРОДСКОЙ ОБЛАСТИ «БОРСКИЙ БИЗНЕС-ИНКУБАТОР»</t>
   </si>
   <si>
     <t>606440, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД БОР, СЛОБОДСКАЯ, 1 "А"</t>
   </si>
   <si>
     <t>8-(831)-592-74-60</t>
   </si>
   <si>
     <t>maybbi@bk.ru</t>
   </si>
   <si>
     <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ «ЗАВОЛЖСКИЙ БИЗНЕС-ИНКУБАТОР»</t>
   </si>
   <si>
     <t>606523, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД ЗАВОЛЖЬЕ, УЛИЦА МОЛОДЕЖНАЯ, 6</t>
@@ -5501,98 +5546,104 @@
   <si>
     <t>603152, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД НИЖНИЙ НОВГОРОД, УЛИЦА ЛАРИНА, 22</t>
   </si>
   <si>
     <t>8-(831)-275-80-20</t>
   </si>
   <si>
     <t>info@bi-clever.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «АГЕНТСТВО ПО РАЗВИТИЮ СИСТЕМЫ ГАРАНТИЙ И МИКРОКРЕДИТНАЯ КОМПАНИЯ ДЛЯ ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА НИЖЕГОРОДСКОЙ ОБЛАСТИ»</t>
   </si>
   <si>
     <t>603134, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД НИЖНИЙ НОВГОРОД, УЛИЦА КОСТИНА, 2, 126</t>
   </si>
   <si>
     <t>8-(831)-296-09-33</t>
   </si>
   <si>
     <t>info@garantnn.ru</t>
   </si>
   <si>
     <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «ТЕХНОПАРК «САРОВ»</t>
   </si>
   <si>
+    <t>Бизнес-инкубатор, Управляющая компания технопарков (промышленных технопарков), Технопарк</t>
+  </si>
+  <si>
     <t>607328, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, СЕЛЬСКИЙ ПОСЕЛОК САТИС, УЛИЦА ПАРКОВАЯ, 3, -, -</t>
   </si>
   <si>
     <t>8-(831)-306-73-52</t>
   </si>
   <si>
     <t>office@tpsarov.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР ИННОВАЦИЙ СОЦИАЛЬНОЙ СФЕРЫ НИЖЕГОРОДСКОЙ ОБЛАСТИ»</t>
   </si>
   <si>
     <t>603134, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД НИЖНИЙ НОВГОРОД, УЛИЦА КОСТИНА, ДОМ 2, КАБИНЕТ 121</t>
   </si>
   <si>
     <t>8-(902)-307-41-76</t>
   </si>
   <si>
     <t>cissno52@gmail.com</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «БОГОРОДСКИЙ ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА»</t>
   </si>
   <si>
     <t>607600, ОБЛ. НИЖЕГОРОДСКАЯ, Г. Богородск, УЛ. ЛЕНИНА, Д. 184</t>
   </si>
   <si>
     <t>8-(831)-702-13-93</t>
   </si>
   <si>
     <t>bg-srp@yandex.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЛЫСКОВСКИЙ ЦЕНТР РАЗВИТИЯ БИЗНЕСА»</t>
   </si>
   <si>
     <t>606210, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД ЛЫСКОВО, УЛИЦА НЕСТЕРОВА, 5, НЕЖИЛОЕ ПОМЕЩЕНИЕ П1</t>
   </si>
   <si>
     <t>8-(987)-541-11-25</t>
   </si>
   <si>
     <t>anobiz@mail.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ «ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА Г. ДЗЕРЖИНСКА»</t>
   </si>
   <si>
+    <t>Микрофинансовая организация предпринимательского финансирования, Центр по развитию предпринимательства</t>
+  </si>
+  <si>
     <t>606000, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД ДЗЕРЖИНСК, УЛИЦА УРИЦКОГО, 10</t>
   </si>
   <si>
     <t>8-(831)-325-80-85</t>
   </si>
   <si>
     <t>ano_crp@mail.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «УРЕНСКИЙ ЦЕНТР РАЗВИТИЯ БИЗНЕСА»</t>
   </si>
   <si>
     <t>606800, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД УРЕНЬ, УЛИЦА ЛЕНИНА, ДОМ 65, КАБИНЕТ 32</t>
   </si>
   <si>
     <t>8-(831)-542-48-70</t>
   </si>
   <si>
     <t>uren_biznes_centr@mts-nn.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР РАЗВИТИЯ САРОВСКОГО ИННОВАЦИОННОГО КЛАСТЕРА»</t>
   </si>
   <si>
     <t>607328, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, СЕЛЬСКИЙ ПОСЕЛОК САТИС, УЛИЦА ПАРКОВАЯ, ДОМ 3</t>
@@ -5816,50 +5867,53 @@
   <si>
     <t>8-(920)-042-31-81</t>
   </si>
   <si>
     <t>alena_anna12@mail.ru</t>
   </si>
   <si>
     <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ «БИЗНЕС-ИНКУБАТОР БАЛАХНИНСКОГО МУНИЦИПАЛЬНОГО ОКРУГА»</t>
   </si>
   <si>
     <t>606407, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД БАЛАХНА, ПРОСПЕКТ ДЗЕРЖИНСКОГО, ДОМ 36</t>
   </si>
   <si>
     <t>8-(920)-021-71-91</t>
   </si>
   <si>
     <t>bibmr@mail.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ГАГИНСКИЙ ЦЕНТР РАЗВИТИЯ БИЗНЕСА И ТУРИЗМА»</t>
   </si>
   <si>
     <t>2020-05-13</t>
   </si>
   <si>
+    <t>Иная организация, Центр по развитию предпринимательства</t>
+  </si>
+  <si>
     <t>607870, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, СЕЛО ГАГИНО, УЛИЦА КОММУНИСТИЧЕСКАЯ, ДОМ 14</t>
   </si>
   <si>
     <t>8-(920)-251-66-33</t>
   </si>
   <si>
     <t>Volk-12007@yandex.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ДАЛЬНЕКОНСТАНТИНОВСКИЙ ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА»</t>
   </si>
   <si>
     <t>2020-12-29</t>
   </si>
   <si>
     <t>606310, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, РАБОЧИЙ ПОСЕЛОК ДАЛЬНЕЕ КОНСТАНТИНОВО, УЛИЦА СОВЕТСКАЯ, ДОМ 99</t>
   </si>
   <si>
     <t>8-(920)-031-10-31</t>
   </si>
   <si>
     <t>ano_dcrp@mail.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР РАЗВИТИЯ БИЗНЕСА «ПОТЕНЦИАЛ»</t>
@@ -6164,51 +6218,51 @@
   <si>
     <t>8-(383)-284-45-05</t>
   </si>
   <si>
     <t>info@mispnsk.ru</t>
   </si>
   <si>
     <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «КОРПОРАЦИЯ РАЗВИТИЯ НОВОСИБИРСКОЙ ОБЛАСТИ»</t>
   </si>
   <si>
     <t>2024-05-07</t>
   </si>
   <si>
     <t>630005, НОВОСИБИРСКАЯ ОБЛАСТЬ, НОВОСИБИРСК Г., ЛОМОНОСОВА УЛ., Д. 64А</t>
   </si>
   <si>
     <t>8-(383)-383-04-94</t>
   </si>
   <si>
     <t>info@air-nso.ru</t>
   </si>
   <si>
     <t>ОМСКИЙ РЕГИОНАЛЬНЫЙ ФОНД ПОДДЕРЖКИ И РАЗВИТИЯ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА</t>
   </si>
   <si>
-    <t>Иная организация, Центр поддержки экспорта, Центр по развитию предпринимательства, Технопарк, Региональная гарантийная организация</t>
+    <t>Иная организация, Центр поддержки экспорта, Центр по развитию предпринимательства, Технопарк, Региональная гарантийная организация, Центр компетенций в сфере сельскохозяйственной кооперации и поддержки фермеров</t>
   </si>
   <si>
     <t>644074, ОБЛАСТЬ ОМСКАЯ, ГОРОД ОМСК, ПРОСПЕКТ КОМАРОВА, ДОМ 21, КОРПУС 1</t>
   </si>
   <si>
     <t>8-(381)-295-77-75</t>
   </si>
   <si>
     <t>f_com@fond-omsk.ru</t>
   </si>
   <si>
     <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ОМСКИЙ РЕГИОНАЛЬНЫЙ ФОНД МИКРОФИНАНСИРОВАНИЯ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА</t>
   </si>
   <si>
     <t>644074, ОБЛАСТЬ ОМСКАЯ, ГОРОД ОМСК, ПРОСПЕКТ КОМАРОВА, ДОМ 21, КОРПУС 1, ОФИС 103</t>
   </si>
   <si>
     <t>8-(381)-290-82-81</t>
   </si>
   <si>
     <t>kluev_il@fond-omsk.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ОМСКИЙ ЦЕНТР ИННОВАЦИЙ СОЦИАЛЬНОЙ СФЕРЫ»</t>
   </si>
@@ -7007,51 +7061,51 @@
   <si>
     <t>info@dongarant.ru</t>
   </si>
   <si>
     <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «РЕГИОНАЛЬНАЯ ЛИЗИНГОВАЯ КОМПАНИЯ РОСТОВСКОЙ ОБЛАСТИ»</t>
   </si>
   <si>
     <t>2020-11-02</t>
   </si>
   <si>
     <t>344022, ОБЛАСТЬ РОСТОВСКАЯ, ГОРОД РОСТОВ-НА-ДОНУ, УЛИЦА СЕДОВА, ДОМ 6/3, ОФИС 5К</t>
   </si>
   <si>
     <t>8-(988)-573-51-79</t>
   </si>
   <si>
     <t>ivanischev_av@rlc161.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ-МИКРОФИНАНСОВАЯ КОМПАНИЯ «РОСТОВСКОЕ РЕГИОНАЛЬНОЕ АГЕНТСТВО ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА»</t>
   </si>
   <si>
     <t>2021-07-05</t>
   </si>
   <si>
-    <t>Центр кластерного развития, Микрофинансовая организация предпринимательского финансирования, Консультационный центр, Инжиниринговый центр, Бизнес-инкубатор</t>
+    <t>Центр кластерного развития, Микрофинансовая организация предпринимательского финансирования, Консультационный центр, Инжиниринговый центр, Бизнес-инкубатор, Центр по развитию предпринимательства</t>
   </si>
   <si>
     <t>344002, ОБЛАСТЬ РОСТОВСКАЯ, ГОРОД РОСТОВ-НА-ДОНУ, УЛИЦА СОЦИАЛИСТИЧЕСКАЯ, ДОМ 53</t>
   </si>
   <si>
     <t>8-(863)-308-19-11</t>
   </si>
   <si>
     <t>info@rrapp.ru</t>
   </si>
   <si>
     <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА Г. ШАХТЫ</t>
   </si>
   <si>
     <t>2022-04-14</t>
   </si>
   <si>
     <t>346513, ОБЛАСТЬ РОСТОВСКАЯ, ГОРОД ШАХТЫ, ПЕРЕУЛОК ШИШКИНА, ДОМ 162, ОФИС 230</t>
   </si>
   <si>
     <t>8-(863)-622-60-79</t>
   </si>
   <si>
     <t>mfpmp@inbox.ru</t>
   </si>
@@ -7061,98 +7115,104 @@
   <si>
     <t>344006, ОБЛАСТЬ РОСТОВСКАЯ, ГОРОД РОСТОВ-НА-ДОНУ, УЛИЦА СТАНИСЛАВСКОГО, ДОМ 130</t>
   </si>
   <si>
     <t>8-(863)-322-61-01</t>
   </si>
   <si>
     <t>blaginina@rmfpp.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР КООРДИНАЦИИ ПОДДЕРЖКИ ЭКСПОРТООРИЕНТИРОВАННЫХ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА РОСТОВСКОЙ ОБЛАСТИ»</t>
   </si>
   <si>
     <t>344022, ОБЛАСТЬ РОСТОВСКАЯ, ГОРОД РОСТОВ-НА-ДОНУ, ПРОСПЕКТ КИРОВСКИЙ, 40, А</t>
   </si>
   <si>
     <t>8-(863)-201-82-40</t>
   </si>
   <si>
     <t>info@export161.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «АГЕНТСТВО ПО ТУРИЗМУ И ДЕЛОВЫМ КОММУНИКАЦИЯМ РОСТОВСКОЙ ОБЛАСТИ»</t>
   </si>
   <si>
+    <t>Маркетинговый центр</t>
+  </si>
+  <si>
     <t>344003, ОБЛАСТЬ РОСТОВСКАЯ, ГОРОД РОСТОВ-НА-ДОНУ, УЛИЦА ЛЕРМОНТОВСКАЯ, ДОМ 89А, ЛИТЕР А, ОФИС 4</t>
   </si>
   <si>
     <t>8-(863)-306-50-45</t>
   </si>
   <si>
     <t>info@art-ro.ru</t>
   </si>
   <si>
     <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА</t>
   </si>
   <si>
     <t>346330, ОБЛАСТЬ РОСТОВСКАЯ, ГОРОД ДОНЕЦК, ПРОСПЕКТ МИРА, 44</t>
   </si>
   <si>
     <t>8-(863)-682-09-34</t>
   </si>
   <si>
     <t>fonddon@mail.ru</t>
   </si>
   <si>
     <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ-МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДА ТАГАНРОГА</t>
   </si>
   <si>
     <t>347900, ОБЛАСТЬ РОСТОВСКАЯ, ГОРОД ТАГАНРОГ, ПЕРЕУЛОК ГОГОЛЕВСКИЙ, 27, 1</t>
   </si>
   <si>
     <t>8-(863)-439-18-91</t>
   </si>
   <si>
     <t>391-891@mail.ru</t>
   </si>
   <si>
     <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ - МИКРОКРЕДИТНАЯ КОМПАНИЯ «НОВОШАХТИНСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА»</t>
   </si>
   <si>
     <t>346918, ОБЛАСТЬ РОСТОВСКАЯ, ГОРОД НОВОШАХТИНСК, УЛИЦА СОВЕТСКАЯ, 10</t>
   </si>
   <si>
     <t>8-(863)-692-03-46</t>
   </si>
   <si>
     <t>mfpmpnov@mail.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ ПО ПОДДЕРЖКЕ ИННОВАЦИЙ «АГЕНТСТВО ИННОВАЦИЙ РОСТОВСКОЙ ОБЛАСТИ»</t>
   </si>
   <si>
+    <t>Иная организация, Центр трансфера технологий, Инновационно-технологический центр</t>
+  </si>
+  <si>
     <t>344022, ОБЛАСТЬ РОСТОВСКАЯ, ГОРОД РОСТОВ-НА-ДОНУ, УЛИЦА СЕДОВА, ДОМ 6/3, КОМНАТА 26</t>
   </si>
   <si>
     <t>8-(863)-333-21-35</t>
   </si>
   <si>
     <t>rostov@fasie.ru</t>
   </si>
   <si>
     <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДА ЗВЕРЕВО</t>
   </si>
   <si>
     <t>346311, ОБЛАСТЬ РОСТОВСКАЯ, ГОРОД ЗВЕРЕВО, УЛИЦА ОБУХОВА, ДОМ 14</t>
   </si>
   <si>
     <t>8-(863)-556-00-61</t>
   </si>
   <si>
     <t>mfmr-zverevo@mail.ru</t>
   </si>
   <si>
     <t>ФОНД «АЛЕКСАНДРО-НЕВСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР»</t>
   </si>
   <si>
     <t>391240, ОБЛАСТЬ РЯЗАНСКАЯ, РАБОЧИЙ ПОСЕЛОК АЛЕКСАНДРО-НЕВСКИЙ, УЛИЦА СОВЕТСКАЯ, 9</t>
@@ -8390,126 +8450,129 @@
   <si>
     <t>8-(482)-248-48-58</t>
   </si>
   <si>
     <t>fsk@fondtver.ru</t>
   </si>
   <si>
     <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ «ЦЕНТР СОПРОВОЖДЕНИЯ ИНВЕСТИЦИЙ»</t>
   </si>
   <si>
     <t>170040, ОБЛ. ТВЕРСКАЯ, Г. Тверь, ПР-КТ НИКОЛАЯ КОРЫТКОВА, Д. 43</t>
   </si>
   <si>
     <t>8-(482)-279-02-82</t>
   </si>
   <si>
     <t>info@binktver.ru</t>
   </si>
   <si>
     <t>ФОНД СОДЕЙСТВИЯ РАЗВИТИЮ ВЕНЧУРНЫХ ИНВЕСТИЦИЙ В СУБЪЕКТЫ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА В НАУЧНО-ТЕХНИЧЕСКОЙ СФЕРЕ ТВЕРСКОЙ ОБЛАСТИ</t>
   </si>
   <si>
     <t>2017-12-22</t>
   </si>
   <si>
-    <t>Иная организация, Центр поддержки экспорта</t>
+    <t>Иная организация, Центр поддержки экспорта, Центр по развитию предпринимательства</t>
   </si>
   <si>
     <t>8-(482)-236-11-69</t>
   </si>
   <si>
     <t>to@venturetver.ru</t>
   </si>
   <si>
     <t>МУНИЦИПАЛЬНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ «АГЕНТСТВО СОЦИАЛЬНО-ЭКОНОМИЧЕСКОГО РАЗВИТИЯ»</t>
   </si>
   <si>
     <t>2018-07-19</t>
   </si>
   <si>
     <t>170100, ОБЛАСТЬ ТВЕРСКАЯ, ГОРОД ТВЕРЬ, УЛИЦА НОВОТОРЖСКАЯ, ДОМ 12А, ПОМЕЩЕНИЕ VIII</t>
   </si>
   <si>
     <t>8-(903)-804-53-62</t>
   </si>
   <si>
     <t>cgp.tver@yandex.ru</t>
   </si>
   <si>
     <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «КСК ИНВЕСТИЦИИ»</t>
   </si>
   <si>
+    <t>Промышленный парк, Управляющая компания технопарков (промышленных технопарков), Промышленный технопарк</t>
+  </si>
+  <si>
     <t>170039, ОБЛАСТЬ ТВЕРСКАЯ, ГОРОД ТВЕРЬ, УЛИЦА ПАШИ САВЕЛЬЕВОЙ, ДОМ 45, ПОМЕЩЕНИЕ 31</t>
   </si>
   <si>
     <t>8-(903)-630-25-97</t>
   </si>
   <si>
     <t>a.batogov@kscgroup.ru</t>
   </si>
   <si>
     <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ГАРАНТИЙНЫЙ ФОНД ТОМСКОЙ ОБЛАСТИ»</t>
   </si>
   <si>
     <t>634021, ОБЛАСТЬ ТОМСКАЯ, ГОРОД ТОМСК, УЛИЦА ЕНИСЕЙСКАЯ, ДОМ 37, ОФИС 308</t>
   </si>
   <si>
     <t>8-(382)-271-31-20</t>
   </si>
   <si>
     <t>gf@gf-tomsk.ru</t>
   </si>
   <si>
     <t>ФОНД «МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДСКОГО ОКРУГА СТРЕЖЕВОЙ»</t>
   </si>
   <si>
     <t>636780, ОБЛАСТЬ ТОМСКАЯ, ГОРОД СТРЕЖЕВОЙ, УЛИЦА ЕРМАКОВА, 46А</t>
   </si>
   <si>
     <t>8-(382)-595-40-34</t>
   </si>
   <si>
     <t>Rayspih@admstrj.tomsk.ru</t>
   </si>
   <si>
     <t>ФОНД «МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД РАЗВИТИЯ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ЗАТО СЕВЕРСК»</t>
   </si>
   <si>
     <t>636000, ОБЛАСТЬ ТОМСКАЯ, ГОРОД СЕВЕРСК, УЛИЦА КАЛИНИНА, ДОМ 7, СТРОЕНИЕ 2/1, ПОМЕЩЕНИЕ 5</t>
   </si>
   <si>
     <t>8-(913)-824-29-38</t>
   </si>
   <si>
     <t>fondmspseversk@mail.ru</t>
   </si>
   <si>
     <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ФОНД РАЗВИТИЯ БИЗНЕСА»</t>
   </si>
   <si>
-    <t>Иная организация, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Консультационный центр</t>
+    <t>Иная организация, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Консультационный центр, Центр поддержки экспорта</t>
   </si>
   <si>
     <t>634055, ОБЛАСТЬ ТОМСКАЯ, ГОРОД ТОМСК, ТРАКТ МОСКОВСКИЙ, ДОМ 12</t>
   </si>
   <si>
     <t>8-(382)-290-10-00</t>
   </si>
   <si>
     <t>tomsk.cpp@mb.tomsk.ru</t>
   </si>
   <si>
     <t>АССОЦИАЦИЯ ИННОВАЦИОННОГО РАЗВИТИЯ АПК ТОМСКОЙ ОБЛАСТИ</t>
   </si>
   <si>
     <t>Центр коллективного доступа к высокотехнологичному оборудованию, Инжиниринговый центр</t>
   </si>
   <si>
     <t>634003, ОБЛАСТЬ ТОМСКАЯ, ГОРОД ТОМСК, УЛИЦА ПУШКИНА, ДОМ 16/1</t>
   </si>
   <si>
     <t>8-(382)-290-32-38</t>
   </si>
   <si>
     <t>info@inapk.ru</t>
   </si>
@@ -8867,150 +8930,156 @@
   <si>
     <t>8-(980)-589-90-73</t>
   </si>
   <si>
     <t>igurov@aerto.ru</t>
   </si>
   <si>
     <t>ФОНД РАЗВИТИЯ ПРОМЫШЛЕННОСТИ ТУЛЬСКОЙ ОБЛАСТИ</t>
   </si>
   <si>
     <t>2022-01-13</t>
   </si>
   <si>
     <t>300041, ОБЛАСТЬ ТУЛЬСКАЯ, ГОРОД ТУЛА, ПРОСПЕКТ ЛЕНИНА, ДОМ 2</t>
   </si>
   <si>
     <t>8-(910)-168-77-25</t>
   </si>
   <si>
     <t>pronin@frp71.ru</t>
   </si>
   <si>
     <t>ФОНД «ИНВЕСТИЦИОННОЕ АГЕНТСТВО ТЮМЕНСКОЙ ОБЛАСТИ»</t>
   </si>
   <si>
-    <t>Центр поддержки экспорта, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Региональная гарантийная организация, Консультационный центр, Государственный фонд поддержки предпринимательства, Агентство по развитию предпринимательства</t>
+    <t>Центр поддержки экспорта, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Региональная гарантийная организация, Консультационный центр, Государственный фонд поддержки предпринимательства, Агентство по развитию предпринимательства, Центр компетенций в сфере сельскохозяйственной кооперации и поддержки фермеров</t>
   </si>
   <si>
     <t>625000, ТЮМЕНСКАЯ ОБЛАСТЬ, ТЮМЕНЬ Г., ХОХРЯКОВА УЛ., Д.53</t>
   </si>
   <si>
     <t>8-(345)-249-99-44</t>
   </si>
   <si>
     <t>purtov@obl72.ru</t>
   </si>
   <si>
     <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ «ФОНД МИКРОФИНАНСИРОВАНИЯ ТЮМЕНСКОЙ ОБЛАСТИ»</t>
   </si>
   <si>
     <t>625026, ОБЛ. ТЮМЕНСКАЯ, Г. Тюмень, УЛ. РЕСПУБЛИКИ, Д. 142</t>
   </si>
   <si>
     <t>8-(345)-259-50-45</t>
   </si>
   <si>
     <t>fmfto@obl72.ru</t>
   </si>
   <si>
     <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «АГЕНТСТВО ИНФРАСТРУКТУРНОГО РАЗВИТИЯ ТЮМЕНСКОЙ ОБЛАСТИ»</t>
   </si>
   <si>
-    <t>Индустриальный (промышленный) парк, Бизнес-инкубатор, Агропромышленный парк</t>
+    <t>Индустриальный (промышленный) парк, Бизнес-инкубатор, Агропромышленный парк, Управляющая компания индустриальных (промышленных) парков, Иная организация</t>
   </si>
   <si>
     <t>625034, ОБЛАСТЬ ТЮМЕНСКАЯ, ГОРОД ТЮМЕНЬ, УЛИЦА КАМЧАТСКАЯ, 194</t>
   </si>
   <si>
     <t>8-(345)-248-23-10</t>
   </si>
   <si>
     <t>info@tmnpark.ru</t>
   </si>
   <si>
     <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ ТЮМЕНСКОЙ ОБЛАСТИ «ЗАПАДНО-СИБИРСКИЙ ИННОВАЦИОННЫЙ ЦЕНТР»</t>
   </si>
   <si>
+    <t>Технопарк, Консультационный центр</t>
+  </si>
+  <si>
     <t>625026, ОБЛАСТЬ ТЮМЕНСКАЯ, ГОРОД ТЮМЕНЬ, УЛИЦА РЕСПУБЛИКИ, 142, -, -</t>
   </si>
   <si>
     <t>8-(345)-253-40-00</t>
   </si>
   <si>
     <t>tehnopark@72to.ru</t>
   </si>
   <si>
     <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ ТЮМЕНСКОЙ ОБЛАСТИ «МНОГОФУНКЦИОНАЛЬНЫЙ ЦЕНТР ПРЕДОСТАВЛЕНИЯ ГОСУДАРСТВЕННЫХ И МУНИЦИПАЛЬНЫХ УСЛУГ В ТЮМЕНСКОЙ ОБЛАСТИ»</t>
   </si>
   <si>
     <t>625000, ТЮМЕНСКАЯ ОБЛАСТЬ, ТЮМЕНЬ Г., ПЕРВОМАЙСКАЯ УЛ., Д. 50/1</t>
   </si>
   <si>
     <t>8-(345)-239-92-89</t>
   </si>
   <si>
     <t>ShabanovaMM@mfcto.ru</t>
   </si>
   <si>
     <t>АКЦИОНЕРНОЕ ОБЩЕСТВО  «ТЮМЕНСКАЯ АГРОПРОМЫШЛЕННАЯ ЛИЗИНГОВАЯ КОМПАНИЯ»</t>
   </si>
   <si>
     <t>2022-04-05</t>
   </si>
   <si>
     <t>625000, ОБЛАСТЬ ТЮМЕНСКАЯ, ГОРОД ТЮМЕНЬ, УЛИЦА ХОХРЯКОВА, 47, -, 711</t>
   </si>
   <si>
     <t>8-(345)-256-76-30</t>
   </si>
   <si>
     <t>office@talcom.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ТЮМЕНСКОЕ АГЕНТСТВО РАЗВИТИЯ КРЕАТИВНЫХ ИНДУСТРИЙ»</t>
   </si>
   <si>
     <t>2023-08-22</t>
   </si>
   <si>
+    <t>Иная организация, Консультационный центр</t>
+  </si>
+  <si>
     <t>625039, ТЮМЕНСКАЯ ОБЛАСТЬ, ГОРОД ТЮМЕНЬ Г.О., ТЮМЕНЬ Г, 50 ЛЕТ ОКТЯБРЯ УЛ, Д. 46, 2 ПОМЕЩ.</t>
   </si>
   <si>
     <t>8-(912)-924-50-32</t>
   </si>
   <si>
     <t>creativeindustry@mail.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «АГЕНТСТВО РАЗВИТИЯ НАУЧНО-ОБРАЗОВАТЕЛЬНЫХ ПРОЕКТОВ»</t>
   </si>
   <si>
     <t>2024-06-05</t>
   </si>
   <si>
-    <t>Центр компетенций в сфере сельскохозяйственной кооперации и поддержки фермеров, Центр прототипирования и промышленного дизайна, Центр кластерного развития, Инжиниринговый центр, Бизнес-инкубатор</t>
+    <t>Центр компетенций в сфере сельскохозяйственной кооперации и поддержки фермеров, Центр прототипирования и промышленного дизайна, Центр кластерного развития, Инжиниринговый центр, Бизнес-инкубатор, Иная организация</t>
   </si>
   <si>
     <t>625026, ТЮМЕНСКАЯ ОБЛАСТЬ, ТЮМЕНЬ Г, МАЛЫГИНА УЛ, Д. 73</t>
   </si>
   <si>
     <t>8-(982)-918-36-98</t>
   </si>
   <si>
     <t>info@siboc.ru</t>
   </si>
   <si>
     <t>ФОНД «ГАРАНТИЙНЫЙ ФОНД УЛЬЯНОВСКОЙ ОБЛАСТИ»</t>
   </si>
   <si>
     <t>432072, ОБЛАСТЬ УЛЬЯНОВСКАЯ, ГОРОД УЛЬЯНОВСК, ПРОЕЗД МАКСИМОВА, ДОМ 4, ЭТ/ПОМ 5/9</t>
   </si>
   <si>
     <t>8-(842)-241-14-95</t>
   </si>
   <si>
     <t>info@ulfond73.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «РЕГИОНАЛЬНЫЙ ЦЕНТР ПОДДЕРЖКИ И СОПРОВОЖДЕНИЯ ПРЕДПРИНИМАТЕЛЬСТВА»</t>
   </si>
@@ -9500,78 +9569,78 @@
   <si>
     <t>124536, Г.МОСКВА, МУНИЦИПАЛЬНЫЙ ОКРУГ САВЕЛКИ ВН.ТЕР.Г., ЗЕЛЕНОГРАД Г, ЮНОСТИ УЛ, Д. 8</t>
   </si>
   <si>
     <t>8-(499)-214-00-01</t>
   </si>
   <si>
     <t>info@technounity.ru</t>
   </si>
   <si>
     <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ФОНД СОДЕЙСТВИЯ КРЕДИТОВАНИЮ МАЛОГО И СРЕДНЕГО БИЗНЕСА, МИКРОКРЕДИТНАЯ КОМПАНИЯ»</t>
   </si>
   <si>
     <t>190000, ГОРОД САНКТ-ПЕТЕРБУРГ, ПРОСПЕКТ ВОЗНЕСЕНСКИЙ, 16</t>
   </si>
   <si>
     <t>8-(812)-640-46-14</t>
   </si>
   <si>
     <t>credit-fond@bk.ru</t>
   </si>
   <si>
     <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «ТЕХНОПАРК САНКТ-ПЕТЕРБУРГА»</t>
   </si>
   <si>
-    <t>Центр прототипирования и промышленного дизайна, Центр кластерного развития, Инжиниринговый центр, Бизнес-инкубатор</t>
+    <t>Центр прототипирования и промышленного дизайна, Центр кластерного развития, Инжиниринговый центр, Бизнес-инкубатор, Управляющая компания технопарков (промышленных технопарков), Технопарк</t>
   </si>
   <si>
     <t>197022, ГОРОД САНКТ-ПЕТЕРБУРГ, ПРОСПЕКТ МЕДИКОВ, ДОМ 3, ЛИТ.  А, ПОМ.  1-Н</t>
   </si>
   <si>
     <t>8-(812)-670-10-85</t>
   </si>
   <si>
     <t>referent@ingria-park.ru</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГСКОЕ ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ «ЦЕНТР РАЗВИТИЯ И ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА»</t>
   </si>
   <si>
     <t>197022, ГОРОД САНКТ-ПЕТЕРБУРГ, ПРОСПЕКТ МЕДИКОВ, ДОМ 3, ЛИТЕР А, ПОМЕЩЕНИЕ 4-Н ОФИС 24</t>
   </si>
   <si>
     <t>8-(812)-372-52-90</t>
   </si>
   <si>
     <t>info@crpp.ru</t>
   </si>
   <si>
     <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ФОНД РАЗВИТИЯ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА В САНКТ-ПЕТЕРБУРГЕ»</t>
   </si>
   <si>
-    <t>Иная организация, Центр сертификации, стандартизации и испытаний, Центр поддержки народных художественных промыслов, Центр инноваций социальной сферы</t>
+    <t>Иная организация, Центр сертификации, стандартизации и испытаний, Центр поддержки народных художественных промыслов, Центр инноваций социальной сферы, Центр молодежного инновационного творчества</t>
   </si>
   <si>
     <t>191014, ГОРОД САНКТ-ПЕТЕРБУРГ, УЛИЦА МАЯКОВСКОГО, ДОМ 46А, ЛИТЕР А, ПОМЕЩЕНИЕ 5-Н</t>
   </si>
   <si>
     <t>8-(812)-331-58-13</t>
   </si>
   <si>
     <t>o-sovet@osspb.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «САНКТ-ПЕТЕРБУРГСКИЙ ЦЕНТР КООРДИНАЦИИ ПОДДЕРЖКИ ЭКСПОРТНО ОРИЕНТИРОВАННЫХ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА»</t>
   </si>
   <si>
     <t>2020-02-11</t>
   </si>
   <si>
     <t>197022, ГОРОД САНКТ-ПЕТЕРБУРГ, НАБЕРЕЖНАЯ РЕКИ КАРПОВКИ, ДОМ 5, КОРПУС 17 ЛИТЕР А, ПОМЕЩЕНИЕ № 4.11</t>
   </si>
   <si>
     <t>8-(812)-570-95-70</t>
   </si>
   <si>
     <t>info@spbexport.ru</t>
   </si>
@@ -11294,50 +11363,323 @@
     <t>2018-04-02</t>
   </si>
   <si>
     <t>629008, АВТОНОМНЫЙ ОКРУГ ЯМАЛО-НЕНЕЦКИЙ, ГОРОД САЛЕХАРД, УЛИЦА КОМСОМОЛЬСКАЯ, 16, Б</t>
   </si>
   <si>
     <t>(34922) 9-90-01</t>
   </si>
   <si>
     <t>tpp@tpp89.org</t>
   </si>
   <si>
     <t>СОЮЗ «СЕВАСТОПОЛЬСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
   </si>
   <si>
     <t>2017-11-01</t>
   </si>
   <si>
     <t>299011, ГОРОД СЕВАСТОПОЛЬ, УЛИЦА БОЛЬШАЯ МОРСКАЯ, ДОМ 34</t>
   </si>
   <si>
     <t>(8692) 54-35-36</t>
   </si>
   <si>
     <t>members@sevtpp.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ЦЕНТР АГРОТЕХНОЛОГИЙ»</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>0250014172</t>
+  </si>
+  <si>
+    <t>452144, РЕСПУБЛИКА БАШКОРТОСТАН, ЧИШМИНСКИЙ Р-Н, УРАЗБАХТЫ С., ШКОЛЬНАЯ УЛ., Д.23</t>
+  </si>
+  <si>
+    <t>8-(347)-284-09-65</t>
+  </si>
+  <si>
+    <t>agropark.cat-info@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «УПРАВЛЯЮЩАЯ КОМПАНИЯ «АГРО-ТЕГ»</t>
+  </si>
+  <si>
+    <t>2025-03-11</t>
+  </si>
+  <si>
+    <t>0816041509</t>
+  </si>
+  <si>
+    <t>358014, РЕСПУБЛИКА КАЛМЫКИЯ, ГОРОД ЭЛИСТА Г.О., ЭЛИСТА Г, 9 МКР, Д. 142, 3 ОФИС</t>
+  </si>
+  <si>
+    <t>8-(937)-191-99-69</t>
+  </si>
+  <si>
+    <t>agro-teg08@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ГАРАНТИЙНЫЙ ФОНД РЕСПУБЛИКИ КАЛМЫКИЯ»</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>0800016088</t>
+  </si>
+  <si>
+    <t>358000, РЕСПУБЛИКА КАЛМЫКИЯ, ГОРОД ЭЛИСТА Г.О., ЭЛИСТА Г, М.ЛЕРМОНТОВА УЛ, Д. 7А</t>
+  </si>
+  <si>
+    <t>8-(927)-283-51-40</t>
+  </si>
+  <si>
+    <t>Garfond08@yandex.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ  «БАРЕНЦ ИНВЕСТ»</t>
+  </si>
+  <si>
+    <t>2025-08-04</t>
+  </si>
+  <si>
+    <t>185000, РЕСПУБЛИКА КАРЕЛИЯ, ПЕТРОЗАВОДСК Г., АЛЕКСАНДРА НЕВСКОГО (ЗАРЕКА Р-Н) ПР-КТ, Д. 35, ОФИС 5</t>
+  </si>
+  <si>
+    <t>8-(814)-257-43-00</t>
+  </si>
+  <si>
+    <t>KP10park@yandex.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ТЕХНОПАРК «ОНЕЖСКИЙ»</t>
+  </si>
+  <si>
+    <t>186220, РЕСПУБЛИКА КАРЕЛИЯ, КОНДОПОЖСКИЙ М.Р-Н, КОНДОПОЖСКОЕ Г.П., КОНДОПОГА Г, ПЕТРОЗАВОДСКОЕ Ш, ЗД. 5, 2 ОФИС</t>
+  </si>
+  <si>
+    <t>8-(814)-257-45-07</t>
+  </si>
+  <si>
+    <t>office10park@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «АГЕНТСТВО ПО РАЗВИТИЮ ТУРИЗМА РЕСПУБЛИКИ МАРИЙ ЭЛ»</t>
+  </si>
+  <si>
+    <t>2025-07-09</t>
+  </si>
+  <si>
+    <t>424033, РЕСПУБЛИКА МАРИЙ ЭЛ, ГОРОД ЙОШКАР-ОЛА Г.О., ЙОШКАР-ОЛА Г, БРЮГГЕ НАБ, Д. 3, 308 КАБ.</t>
+  </si>
+  <si>
+    <t>8-(836)-223-27-94</t>
+  </si>
+  <si>
+    <t>mari-tourism@mail.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ НИЖЕГОРОДСКОЙ ОБЛАСТИ «ИННОВАЦИОННО-КОНСУЛЬТАЦИОННЫЙ ЦЕНТР АГРОПРОМЫШЛЕННОГО КОМПЛЕКСА «</t>
+  </si>
+  <si>
+    <t>2018-11-14</t>
+  </si>
+  <si>
+    <t>603163, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД НИЖНИЙ НОВГОРОД, УЛИЦА ГЕРМАНА ЛОПАТИНА, 12, 1</t>
+  </si>
+  <si>
+    <t>8-(831)-432-34-62</t>
+  </si>
+  <si>
+    <t>info-ncs@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР «МОЙ БИЗНЕС» ЧЕЧЕНСКОЙ РЕСПУБЛИКИ»</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>Учебно-деловой центр, Центр поддержки народных художественных промыслов, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Инжиниринговый центр, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>364024, ЧЕЧЕНСКАЯ РЕСПУБЛИКА, ГОРОД ГРОЗНЫЙ Г.О., ГРОЗНЫЙ Г, ШЕЙХ-МАНСУРОВСКИЙ Р-Н, ИМЕНИ Х.У. ОРЗАМИЕВА УЛ, Д. 10</t>
+  </si>
+  <si>
+    <t>8-(800)-511-04-05</t>
+  </si>
+  <si>
+    <t>guprbc2000@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «АЛТАЙБИОТЕХ»</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>659318, АЛТАЙСКИЙ КРАЙ, БИЙСК Г., НАГОРНЫЙ П., ЯМИНСКАЯ УЛ., Д. 4, КАБИНЕТ 18</t>
+  </si>
+  <si>
+    <t>8-(913)-242-22-08</t>
+  </si>
+  <si>
+    <t>karl_alex@bk.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «УПРАВЛЯЮЩАЯ КОМПАНИЯ ПРОМЫШЛЕННОГО ТЕХНОПАРКА «КОМПОНЕНТ»</t>
+  </si>
+  <si>
+    <t>656037, АЛТАЙСКИЙ КРАЙ, ГОРОД БАРНАУЛ Г.О., БАРНАУЛ Г, СЕВЕРО-ЗАПАДНАЯ УЛ, Д. 2А, 206 КАБ.</t>
+  </si>
+  <si>
+    <t>8-(929)-347-76-88</t>
+  </si>
+  <si>
+    <t>component.tp@yandex.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ГАРАНТИЙНЫЙ ФОНД ПОДДЕРЖКИ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА В СТАВРОПОЛЬСКОМ КРАЕ»</t>
+  </si>
+  <si>
+    <t xml:space="preserve">355035, СТАВРОПОЛЬСКИЙ КРАЙ, ГОРОД СТАВРОПОЛЬ, УЛИЦА МАРШАЛА ЖУКОВА, ДОМ 20А </t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «УПРАВЛЯЮЩАЯ КОМПАНИЯ «ЭКОИМПУЛЬС»</t>
+  </si>
+  <si>
+    <t>2025-02-13</t>
+  </si>
+  <si>
+    <t>650021, КЕМЕРОВСКАЯ ОБЛАСТЬ - КУЗБАСС, КЕМЕРОВО Г., ЗАПАДНЫЙ ПР-Д, Д. 4, ОФИС 3</t>
+  </si>
+  <si>
+    <t>8-(384)-278-04-01</t>
+  </si>
+  <si>
+    <t>ecoimpulskem@yandex.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДА КИСЕЛЕВСКА»</t>
+  </si>
+  <si>
+    <t>652725, КЕМЕРОВСКАЯ ОБЛАСТЬ - КУЗБАСС, КИСЕЛЕВСК Г., МИРА УЛ., Д. 34 К. А</t>
+  </si>
+  <si>
+    <t>8-(384)-645-32-93</t>
+  </si>
+  <si>
+    <t>sbfund@bk.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР РАЗВИТИЯ БИЗНЕСА И ПРЕДПРИНИМАТЕЛЬСТВА» ШАТКОВСКОГО МУНИЦИПАЛЬНОГО ОКРУГА НИЖЕГОРОДСКОЙ ОБЛАСТИ</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>607700, НИЖЕГОРОДСКАЯ ОБЛАСТЬ, ШАТКОВСКИЙ М.О., ШАТКИ РП, ФЕДЕРАТИВНАЯ УЛ, Д. 3</t>
+  </si>
+  <si>
+    <t>8-(904)-051-20-78</t>
+  </si>
+  <si>
+    <t>centr.bisnesa.shatki@yandex.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «КОРПОРАЦИЯ СПЕЦИАЛЬНОГО МАШИНОСТРОЕНИЯ»</t>
+  </si>
+  <si>
+    <t>607061, НИЖЕГОРОДСКАЯ ОБЛАСТЬ, ВЫКСА Г., ЗАВОДСКАЯ УЛ., Д.1</t>
+  </si>
+  <si>
+    <t>8-(910)-795-17-71</t>
+  </si>
+  <si>
+    <t>info@drobmash.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ПЕРВОМАЙСКИЙ ЦЕНТР РАЗВИТИЯ И ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА»</t>
+  </si>
+  <si>
+    <t>2025-05-16</t>
+  </si>
+  <si>
+    <t>607760, НИЖЕГОРОДСКАЯ ОБЛАСТЬ, ПЕРВОМАЙСК Г., УЛЬЯНОВА ПЛ., Д. 7А</t>
+  </si>
+  <si>
+    <t>8-(910)-891-40-89</t>
+  </si>
+  <si>
+    <t>pcrpp@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ - МИКРОКРЕДИТНАЯ КОМПАНИЯ ПО ПОДДЕРЖКЕ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>2025-04-30</t>
+  </si>
+  <si>
+    <t>347042, РОСТОВСКАЯ ОБЛАСТЬ, БЕЛОКАЛИТВИНСКИЙ М.Р-Н, БЕЛОКАЛИТВИНСКОЕ Г.П., БЕЛАЯ КАЛИТВА Г, КОММУНИСТИЧЕСКАЯ УЛ, Д. 24</t>
+  </si>
+  <si>
+    <t>8-(863)-832-55-85</t>
+  </si>
+  <si>
+    <t>NPBK2009@yandex.ru</t>
+  </si>
+  <si>
+    <t>ФОНД «ТАБОРИНСКИЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА»</t>
+  </si>
+  <si>
+    <t>2025-02-27</t>
+  </si>
+  <si>
+    <t>623990, СВЕРДЛОВСКАЯ ОБЛАСТЬ, ТАБОРИНСКИЙ Р-Н, ТАБОРЫ С., СОВЕТСКАЯ УЛ., Д.4</t>
+  </si>
+  <si>
+    <t>8-(343)-472-15-09</t>
+  </si>
+  <si>
+    <t>tbfpmp@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ПРИОРИТЕТ»</t>
+  </si>
+  <si>
+    <t>636600, ТОМСКАЯ ОБЛАСТЬ, ПАРАБЕЛЬСКИЙ М.Р-Н, ПАРАБЕЛЬСКОЕ С.П., ПАРАБЕЛЬ С, СОВЕТСКАЯ УЛ, Д. 18</t>
+  </si>
+  <si>
+    <t>8-(382)-522-11-69</t>
+  </si>
+  <si>
+    <t>prioritet-parabel@yandex.ru</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -11671,54 +12013,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I846"/>
+  <dimension ref="A1:I865"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:I846"/>
+      <selection activeCell="A1" sqref="A1:I865"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="11" customWidth="true" style="0"/>
     <col min="4" max="4" width="9" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -12461,23785 +12803,24338 @@
       </c>
       <c r="H26" s="2" t="s">
         <v>161</v>
       </c>
       <c r="I26" s="2" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="2">
         <v>26</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>163</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>164</v>
       </c>
       <c r="D27" s="2">
         <v>1030684</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>165</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>52</v>
+        <v>166</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="I27" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="2">
         <v>27</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D28" s="2">
         <v>1030941</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="I28" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="2">
         <v>28</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D29" s="2">
         <v>1040122</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H29" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="I29" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="2">
         <v>29</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D30" s="2">
         <v>1040123</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I30" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="2">
         <v>30</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D31" s="2">
         <v>1040855</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="H31" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="I31" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="2">
         <v>31</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D32" s="2">
         <v>1040857</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I32" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="2">
         <v>32</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D33" s="2">
         <v>1040858</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="H33" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I33" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="2">
         <v>33</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D34" s="2">
         <v>1040859</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H34" s="2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="I34" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="2">
         <v>34</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D35" s="2">
         <v>1040860</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="H35" s="2" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="I35" s="2" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="2">
         <v>35</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D36" s="2">
         <v>1040897</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="H36" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="I36" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="2">
         <v>36</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D37" s="2">
         <v>1050038</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="H37" s="2" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I37" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="2">
         <v>37</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="2">
         <v>1050044</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="I38" s="2" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="2">
         <v>38</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D39" s="2">
         <v>1050781</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="H39" s="2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="I39" s="2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="2">
         <v>39</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D40" s="2">
         <v>1050806</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="I40" s="2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="2">
         <v>40</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D41" s="2">
         <v>1060045</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H41" s="2" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I41" s="2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="2">
         <v>41</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D42" s="2">
         <v>1060889</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H42" s="2" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="I42" s="2" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="2">
         <v>42</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D43" s="2">
         <v>1060902</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="H43" s="2" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="I43" s="2" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="2">
         <v>43</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D44" s="2">
         <v>1070046</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="H44" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="I44" s="2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="2">
         <v>44</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="2">
         <v>1070047</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H45" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="I45" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="2">
         <v>45</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D46" s="2">
         <v>1070048</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="H46" s="2" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="I46" s="2" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="2">
         <v>46</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D47" s="2">
         <v>1070050</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="H47" s="2">
         <v>89287170906</v>
       </c>
       <c r="I47" s="2" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="2">
         <v>47</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D48" s="2">
         <v>1070052</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="H48" s="2">
         <v>88663741707</v>
       </c>
       <c r="I48" s="2" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="2">
         <v>48</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D49" s="2">
         <v>1070053</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="H49" s="2" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="I49" s="2" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="2">
         <v>49</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D50" s="2">
         <v>1070667</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="H50" s="2" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="I50" s="2" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="2">
         <v>50</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D51" s="2">
         <v>1080058</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H51" s="2" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="I51" s="2" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="2">
         <v>51</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D52" s="2">
         <v>1080779</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H52" s="2" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="I52" s="2" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="2">
         <v>52</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D53" s="2">
         <v>1090061</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="H53" s="2" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="I53" s="2" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="2">
         <v>53</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D54" s="2">
         <v>1090912</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="H54" s="2" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="I54" s="2" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="2">
         <v>54</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D55" s="2">
         <v>1090913</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>68</v>
+        <v>326</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="H55" s="2" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="I55" s="2" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="2">
         <v>55</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D56" s="2">
         <v>1100063</v>
       </c>
       <c r="E56" s="2">
         <v>1001019831</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="H56" s="2" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="I56" s="2" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="2">
         <v>56</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D57" s="2">
         <v>1100064</v>
       </c>
       <c r="E57" s="2">
         <v>1001041869</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="H57" s="2" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="I57" s="2" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="2">
         <v>57</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="D58" s="2">
         <v>1100817</v>
       </c>
       <c r="E58" s="2">
         <v>1001350200</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="H58" s="2" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="I58" s="2" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="2">
         <v>58</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="D59" s="2">
         <v>1100862</v>
       </c>
       <c r="E59" s="2">
         <v>1001314146</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="H59" s="2" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="I59" s="2" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="2">
         <v>59</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="D60" s="2">
         <v>1100943</v>
       </c>
       <c r="E60" s="2">
         <v>1001357213</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="H60" s="2" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="I60" s="2" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" s="2">
         <v>60</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="D61" s="2">
         <v>1100946</v>
       </c>
       <c r="E61" s="2">
         <v>1001338274</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="H61" s="2" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="I61" s="2" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" s="2">
         <v>61</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D62" s="2">
         <v>1110067</v>
       </c>
       <c r="E62" s="2">
         <v>1101205905</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="H62" s="2" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="I62" s="2" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" s="2">
         <v>62</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D63" s="2">
         <v>1110068</v>
       </c>
       <c r="E63" s="2">
         <v>1116010306</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="H63" s="2" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="I63" s="2" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" s="2">
         <v>63</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D64" s="2">
         <v>1110069</v>
       </c>
       <c r="E64" s="2">
         <v>1101205870</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="H64" s="2" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="I64" s="2" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" s="2">
         <v>64</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D65" s="2">
         <v>1110070</v>
       </c>
       <c r="E65" s="2">
         <v>1121011344</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="H65" s="2" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="I65" s="2" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="2">
         <v>65</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D66" s="2">
         <v>1110748</v>
       </c>
       <c r="E66" s="2">
         <v>1101164800</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="H66" s="2" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="I66" s="2" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="2">
         <v>66</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="D67" s="2">
         <v>1110819</v>
       </c>
       <c r="E67" s="2">
         <v>1101056121</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="H67" s="2" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="I67" s="2" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="2">
         <v>67</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="D68" s="2">
         <v>1111044</v>
       </c>
       <c r="E68" s="2">
         <v>1109016459</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="H68" s="2" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="I68" s="2" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="2">
         <v>68</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D69" s="2">
         <v>1120072</v>
       </c>
       <c r="E69" s="2">
         <v>1215114916</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="H69" s="2" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="I69" s="2" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="2">
         <v>69</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D70" s="2">
         <v>1120073</v>
       </c>
       <c r="E70" s="2">
         <v>1215193259</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="H70" s="2" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="I70" s="2" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" s="2">
         <v>70</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D71" s="2">
         <v>1120074</v>
       </c>
       <c r="E71" s="2">
         <v>1215184871</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="H71" s="2" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="I71" s="2" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" s="2">
         <v>71</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="D72" s="2">
         <v>1120075</v>
       </c>
       <c r="E72" s="2">
         <v>1215046127</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="H72" s="2" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="I72" s="2" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="2">
         <v>72</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="D73" s="2">
         <v>1120758</v>
       </c>
       <c r="E73" s="2">
         <v>1215230038</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>241</v>
+        <v>409</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="H73" s="2" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="I73" s="2" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" s="2">
         <v>73</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="D74" s="2">
         <v>1120993</v>
       </c>
       <c r="E74" s="2">
         <v>1215233208</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>241</v>
+        <v>415</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="H74" s="2" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="I74" s="2" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="2">
         <v>74</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="D75" s="2">
         <v>1120995</v>
       </c>
       <c r="E75" s="2">
         <v>1200013200</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="H75" s="2" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="I75" s="2" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="2">
         <v>75</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D76" s="2">
         <v>1130075</v>
       </c>
       <c r="E76" s="2">
         <v>1326211834</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>91</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="H76" s="2" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="I76" s="2" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" s="2">
         <v>76</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D77" s="2">
         <v>1130076</v>
       </c>
       <c r="E77" s="2">
         <v>1326226990</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="H77" s="2" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="I77" s="2" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" s="2">
         <v>77</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D78" s="2">
         <v>1130077</v>
       </c>
       <c r="E78" s="2">
         <v>1326210502</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="H78" s="2" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="I78" s="2" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="2">
         <v>78</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D79" s="2">
         <v>1130078</v>
       </c>
       <c r="E79" s="2">
         <v>1326211337</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G79" s="2" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="H79" s="2" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="I79" s="2" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="2">
         <v>79</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D80" s="2">
         <v>1130079</v>
       </c>
       <c r="E80" s="2">
         <v>1326960625</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G80" s="2" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="H80" s="2" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="I80" s="2" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="2">
         <v>80</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D81" s="2">
         <v>1140081</v>
       </c>
       <c r="E81" s="2">
         <v>1435175512</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="H81" s="2" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="I81" s="2" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="2">
         <v>81</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D82" s="2">
         <v>1140082</v>
       </c>
       <c r="E82" s="2">
         <v>1435262451</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="H82" s="2" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="I82" s="2" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="2">
         <v>82</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D83" s="2">
         <v>1140083</v>
       </c>
       <c r="E83" s="2">
         <v>1435254524</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>344</v>
+        <v>451</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="H83" s="2" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="I83" s="2" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="2">
         <v>83</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D84" s="2">
         <v>1140086</v>
       </c>
       <c r="E84" s="2">
         <v>1419008088</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="H84" s="2" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="I84" s="2" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="2">
         <v>84</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D85" s="2">
         <v>1140087</v>
       </c>
       <c r="E85" s="2">
         <v>1410003889</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="H85" s="2" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="I85" s="2" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="2">
         <v>85</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D86" s="2">
         <v>1140089</v>
       </c>
       <c r="E86" s="2">
         <v>1426334195</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="H86" s="2" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="I86" s="2" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="2">
         <v>86</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D87" s="2">
         <v>1140090</v>
       </c>
       <c r="E87" s="2">
         <v>1402020231</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="H87" s="2" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="I87" s="2" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="2">
         <v>87</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D88" s="2">
         <v>1140091</v>
       </c>
       <c r="E88" s="2">
         <v>1417009978</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="H88" s="2" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="I88" s="2" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="2">
         <v>88</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D89" s="2">
         <v>1140093</v>
       </c>
       <c r="E89" s="2">
         <v>1405001406</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="H89" s="2" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="I89" s="2" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="2">
         <v>89</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D90" s="2">
         <v>1140094</v>
       </c>
       <c r="E90" s="2">
         <v>1427011045</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G90" s="2" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="H90" s="2" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="I90" s="2" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="2">
         <v>90</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D91" s="2">
         <v>1140095</v>
       </c>
       <c r="E91" s="2">
         <v>1431012450</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="H91" s="2" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="I91" s="2" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="2">
         <v>91</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D92" s="2">
         <v>1140096</v>
       </c>
       <c r="E92" s="2">
         <v>1428003914</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G92" s="2" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="H92" s="2" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="I92" s="2" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="2">
         <v>92</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D93" s="2">
         <v>1140099</v>
       </c>
       <c r="E93" s="2">
         <v>1413008885</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="H93" s="2" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="I93" s="2" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="2">
         <v>93</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D94" s="2">
         <v>1140100</v>
       </c>
       <c r="E94" s="2">
         <v>1433800111</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="H94" s="2" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="I94" s="2" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="2">
         <v>94</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D95" s="2">
         <v>1140101</v>
       </c>
       <c r="E95" s="2">
         <v>1419004284</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="H95" s="2" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="I95" s="2" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="2">
         <v>95</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D96" s="2">
         <v>1140102</v>
       </c>
       <c r="E96" s="2">
         <v>1407004240</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="H96" s="2" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="I96" s="2" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="2">
         <v>96</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D97" s="2">
         <v>1140103</v>
       </c>
       <c r="E97" s="2">
         <v>1411000810</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="H97" s="2" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="I97" s="2" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="2">
         <v>97</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D98" s="2">
         <v>1140105</v>
       </c>
       <c r="E98" s="2">
         <v>1414009063</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G98" s="2" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="H98" s="2" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="I98" s="2" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="2">
         <v>98</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D99" s="2">
         <v>1140674</v>
       </c>
       <c r="E99" s="2">
         <v>1415013915</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G99" s="2" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="H99" s="2" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="I99" s="2" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="2">
         <v>99</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="D100" s="2">
         <v>1140743</v>
       </c>
       <c r="E100" s="2">
         <v>1435296482</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="H100" s="2" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="I100" s="2" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="2">
         <v>100</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="D101" s="2">
         <v>1140746</v>
       </c>
       <c r="E101" s="2">
         <v>1435333590</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="H101" s="2" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="I101" s="2" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="2">
         <v>101</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D102" s="2">
         <v>1150086</v>
       </c>
       <c r="E102" s="2">
         <v>1513010302</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="H102" s="2" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="I102" s="2" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="2">
         <v>102</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D103" s="2">
         <v>1150087</v>
       </c>
       <c r="E103" s="2">
         <v>1515918749</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G103" s="2" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="H103" s="2" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="I103" s="2" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="2">
         <v>103</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="D104" s="2">
         <v>1150689</v>
       </c>
       <c r="E104" s="2">
         <v>1513065943</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="H104" s="2" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="I104" s="2" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" s="2">
         <v>104</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D105" s="2">
         <v>1160089</v>
       </c>
       <c r="E105" s="2">
         <v>1655259599</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="G105" s="2" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="H105" s="2" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="I105" s="2" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" s="2">
         <v>105</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D106" s="2">
         <v>1160090</v>
       </c>
       <c r="E106" s="2">
         <v>1655226000</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G106" s="2" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="H106" s="2" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="I106" s="2" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" s="2">
         <v>106</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D107" s="2">
         <v>1160091</v>
       </c>
       <c r="E107" s="2">
         <v>1661042795</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G107" s="2" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="H107" s="2" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="I107" s="2" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" s="2">
         <v>107</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D108" s="2">
         <v>1160092</v>
       </c>
       <c r="E108" s="2">
         <v>1655306513</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="H108" s="2" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="I108" s="2" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" s="2">
         <v>108</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D109" s="2">
         <v>1160093</v>
       </c>
       <c r="E109" s="2">
         <v>1655305083</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="G109" s="2" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="H109" s="2" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="I109" s="2" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" s="2">
         <v>109</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D110" s="2">
         <v>1160094</v>
       </c>
       <c r="E110" s="2">
         <v>1655281812</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="G110" s="2" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="H110" s="2" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="I110" s="2" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" s="2">
         <v>110</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D111" s="2">
         <v>1160095</v>
       </c>
       <c r="E111" s="2">
         <v>1659140925</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="G111" s="2" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="H111" s="2" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="I111" s="2" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" s="2">
         <v>111</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D112" s="2">
         <v>1160096</v>
       </c>
       <c r="E112" s="2">
         <v>1661038252</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="G112" s="2" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="H112" s="2" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="I112" s="2" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" s="2">
         <v>112</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D113" s="2">
         <v>1160098</v>
       </c>
       <c r="E113" s="2">
         <v>1655268586</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="H113" s="2" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="I113" s="2" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="2">
         <v>113</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D114" s="2">
         <v>1160099</v>
       </c>
       <c r="E114" s="2">
         <v>1650120258</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>154</v>
+        <v>575</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="H114" s="2" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="I114" s="2" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" s="2">
         <v>114</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>573</v>
+        <v>579</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D115" s="2">
         <v>1160100</v>
       </c>
       <c r="E115" s="2">
         <v>1658098188</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>154</v>
+        <v>575</v>
       </c>
       <c r="G115" s="2" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="H115" s="2" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="I115" s="2" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="2">
         <v>115</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D116" s="2">
         <v>1160101</v>
       </c>
       <c r="E116" s="2">
         <v>1658026747</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="G116" s="2" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="H116" s="2" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="I116" s="2" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="2">
         <v>116</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D117" s="2">
         <v>1160102</v>
       </c>
       <c r="E117" s="2">
         <v>1619005951</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>154</v>
+        <v>575</v>
       </c>
       <c r="G117" s="2" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="H117" s="2" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="I117" s="2" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" s="2">
         <v>117</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D118" s="2">
         <v>1160103</v>
       </c>
       <c r="E118" s="2">
         <v>1624447264</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>154</v>
+        <v>575</v>
       </c>
       <c r="G118" s="2" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="H118" s="2" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="I118" s="2" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" s="2">
         <v>118</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D119" s="2">
         <v>1160104</v>
       </c>
       <c r="E119" s="2">
         <v>1659032038</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>154</v>
+        <v>575</v>
       </c>
       <c r="G119" s="2" t="s">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="H119" s="2" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
       <c r="I119" s="2" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" s="2">
         <v>119</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D120" s="2">
         <v>1160109</v>
       </c>
       <c r="E120" s="2">
         <v>1655390177</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G120" s="2" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="H120" s="2" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="I120" s="2" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" s="2">
         <v>120</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D121" s="2">
         <v>1160417</v>
       </c>
       <c r="E121" s="2">
         <v>1650240756</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>154</v>
+        <v>575</v>
       </c>
       <c r="G121" s="2" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="H121" s="2" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
       <c r="I121" s="2" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" s="2">
         <v>121</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>598</v>
+        <v>604</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D122" s="2">
         <v>1160418</v>
       </c>
       <c r="E122" s="2">
         <v>1626015301</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>154</v>
+        <v>575</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="H122" s="2" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="I122" s="2" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" s="2">
         <v>122</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D123" s="2">
         <v>1160420</v>
       </c>
       <c r="E123" s="2">
         <v>1623013480</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>154</v>
+        <v>575</v>
       </c>
       <c r="G123" s="2" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="H123" s="2" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="I123" s="2" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" s="2">
         <v>123</v>
       </c>
       <c r="B124" s="2" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D124" s="2">
         <v>1160421</v>
       </c>
       <c r="E124" s="2">
         <v>1617005917</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>154</v>
+        <v>575</v>
       </c>
       <c r="G124" s="2" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="H124" s="2" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="I124" s="2" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" s="2">
         <v>124</v>
       </c>
       <c r="B125" s="2" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="D125" s="2">
         <v>1160811</v>
       </c>
       <c r="E125" s="2">
         <v>1655099271</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G125" s="2" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="H125" s="2" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
       <c r="I125" s="2" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" s="2">
         <v>125</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="D126" s="2">
         <v>1160927</v>
       </c>
       <c r="E126" s="2">
         <v>1686011781</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="G126" s="2" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="H126" s="2" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="I126" s="2" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" s="2">
         <v>126</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="C127" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D127" s="2">
         <v>1170109</v>
       </c>
       <c r="E127" s="2">
         <v>1701035719</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="G127" s="2" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="H127" s="2" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="I127" s="2" t="s">
-        <v>625</v>
+        <v>631</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" s="2">
         <v>127</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="C128" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D128" s="2">
         <v>1170110</v>
       </c>
       <c r="E128" s="2">
         <v>1701049207</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="G128" s="2" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="H128" s="2" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="I128" s="2" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" s="2">
         <v>128</v>
       </c>
       <c r="B129" s="2" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="D129" s="2">
         <v>1170111</v>
       </c>
       <c r="E129" s="2">
         <v>1701043910</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G129" s="2" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="H129" s="2" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="I129" s="2" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" s="2">
         <v>129</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="D130" s="2">
         <v>1170923</v>
       </c>
       <c r="E130" s="2">
         <v>1701061420</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G130" s="2" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="H130" s="2" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="I130" s="2" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" s="2">
         <v>130</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="D131" s="2">
         <v>11800823</v>
       </c>
       <c r="E131" s="2">
         <v>1835032290</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="G131" s="2" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="H131" s="2" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="I131" s="2" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" s="2">
         <v>131</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D132" s="2">
         <v>1180116</v>
       </c>
       <c r="E132" s="2">
         <v>1831045838</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G132" s="2" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="H132" s="2" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="I132" s="2" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" s="2">
         <v>132</v>
       </c>
       <c r="B133" s="2" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="C133" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D133" s="2">
         <v>1180117</v>
       </c>
       <c r="E133" s="2">
         <v>1833040786</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G133" s="2" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="H133" s="2" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
       <c r="I133" s="2" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" s="2">
         <v>133</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D134" s="2">
         <v>1180120</v>
       </c>
       <c r="E134" s="2">
         <v>1831141242</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G134" s="2" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="H134" s="2" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
       <c r="I134" s="2" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" s="2">
         <v>134</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D135" s="2">
         <v>1180125</v>
       </c>
       <c r="E135" s="2">
         <v>1831058202</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G135" s="2" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="H135" s="2" t="s">
-        <v>661</v>
+        <v>667</v>
       </c>
       <c r="I135" s="2" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" s="2">
         <v>135</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D136" s="2">
         <v>1180128</v>
       </c>
       <c r="E136" s="2">
         <v>1824002590</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="G136" s="2" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="H136" s="2" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="I136" s="2" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" s="2">
         <v>136</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="D137" s="2">
         <v>1180716</v>
       </c>
       <c r="E137" s="2">
         <v>1831155238</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>670</v>
+        <v>676</v>
       </c>
       <c r="G137" s="2" t="s">
-        <v>671</v>
+        <v>677</v>
       </c>
       <c r="H137" s="2" t="s">
-        <v>672</v>
+        <v>678</v>
       </c>
       <c r="I137" s="2" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" s="2">
         <v>137</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="D138" s="2">
         <v>1180799</v>
       </c>
       <c r="E138" s="2">
         <v>1837019827</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G138" s="2" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
       <c r="H138" s="2" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="I138" s="2" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" s="2">
         <v>138</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="D139" s="2">
         <v>1180948</v>
       </c>
       <c r="E139" s="2">
         <v>1831207091</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="G139" s="2" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="H139" s="2" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="I139" s="2" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" s="2">
         <v>139</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="D140" s="2">
         <v>1180949</v>
       </c>
       <c r="E140" s="2">
         <v>1841105275</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G140" s="2" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
       <c r="H140" s="2" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
       <c r="I140" s="2" t="s">
-        <v>689</v>
+        <v>695</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="2">
         <v>140</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="D141" s="2">
         <v>1180950</v>
       </c>
       <c r="E141" s="2">
         <v>1841075976</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>119</v>
       </c>
       <c r="G141" s="2" t="s">
-        <v>691</v>
+        <v>697</v>
       </c>
       <c r="H141" s="2" t="s">
-        <v>672</v>
+        <v>678</v>
       </c>
       <c r="I141" s="2" t="s">
-        <v>692</v>
+        <v>698</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="2">
         <v>141</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="D142" s="2">
         <v>1180951</v>
       </c>
       <c r="E142" s="2">
         <v>1835080400</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>119</v>
       </c>
       <c r="G142" s="2" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="H142" s="2" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="I142" s="2" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" s="2">
         <v>142</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="D143" s="2">
         <v>1180952</v>
       </c>
       <c r="E143" s="2">
         <v>1831179454</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>119</v>
       </c>
       <c r="G143" s="2" t="s">
-        <v>698</v>
+        <v>704</v>
       </c>
       <c r="H143" s="2" t="s">
-        <v>699</v>
+        <v>705</v>
       </c>
       <c r="I143" s="2" t="s">
-        <v>700</v>
+        <v>706</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" s="2">
         <v>143</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>701</v>
+        <v>707</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D144" s="2">
         <v>1190752</v>
       </c>
       <c r="E144" s="2">
         <v>1901098681</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G144" s="2" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="H144" s="2" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="I144" s="2" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" s="2">
         <v>144</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>705</v>
+        <v>711</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>706</v>
+        <v>712</v>
       </c>
       <c r="D145" s="2">
         <v>1190841</v>
       </c>
       <c r="E145" s="2">
         <v>1900004296</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G145" s="2" t="s">
-        <v>707</v>
+        <v>713</v>
       </c>
       <c r="H145" s="2" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="I145" s="2" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" s="2">
         <v>145</v>
       </c>
       <c r="B146" s="2" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>711</v>
+        <v>717</v>
       </c>
       <c r="D146" s="2">
         <v>1190909</v>
       </c>
       <c r="E146" s="2">
         <v>1901101542</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
       <c r="G146" s="2" t="s">
-        <v>713</v>
+        <v>719</v>
       </c>
       <c r="H146" s="2" t="s">
-        <v>714</v>
+        <v>720</v>
       </c>
       <c r="I146" s="2" t="s">
-        <v>715</v>
+        <v>721</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" s="2">
         <v>146</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="C147" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D147" s="2">
         <v>1200124</v>
       </c>
       <c r="E147" s="2">
         <v>2001800109</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G147" s="2" t="s">
-        <v>717</v>
+        <v>723</v>
       </c>
       <c r="H147" s="2" t="s">
-        <v>718</v>
+        <v>724</v>
       </c>
       <c r="I147" s="2" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" s="2">
         <v>147</v>
       </c>
       <c r="B148" s="2" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D148" s="2">
         <v>1200125</v>
       </c>
       <c r="E148" s="2">
         <v>2014006408</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G148" s="2" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
       <c r="H148" s="2" t="s">
-        <v>722</v>
+        <v>728</v>
       </c>
       <c r="I148" s="2" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" s="2">
         <v>148</v>
       </c>
       <c r="B149" s="2" t="s">
-        <v>724</v>
+        <v>730</v>
       </c>
       <c r="C149" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D149" s="2">
         <v>1200127</v>
       </c>
       <c r="E149" s="2">
         <v>2010005273</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G149" s="2" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
       <c r="H149" s="2" t="s">
-        <v>726</v>
+        <v>732</v>
       </c>
       <c r="I149" s="2" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" s="2">
         <v>149</v>
       </c>
       <c r="B150" s="2" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D150" s="2">
         <v>1200131</v>
       </c>
       <c r="E150" s="2">
         <v>2018000559</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G150" s="2" t="s">
-        <v>729</v>
+        <v>735</v>
       </c>
       <c r="H150" s="2" t="s">
-        <v>730</v>
+        <v>736</v>
       </c>
       <c r="I150" s="2" t="s">
-        <v>731</v>
+        <v>737</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" s="2">
         <v>150</v>
       </c>
       <c r="B151" s="2" t="s">
-        <v>732</v>
+        <v>738</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D151" s="2">
         <v>1200132</v>
       </c>
       <c r="E151" s="2">
         <v>2014002957</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>733</v>
+        <v>739</v>
       </c>
       <c r="G151" s="2" t="s">
-        <v>734</v>
+        <v>740</v>
       </c>
       <c r="H151" s="2" t="s">
-        <v>735</v>
+        <v>741</v>
       </c>
       <c r="I151" s="2" t="s">
-        <v>736</v>
+        <v>742</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" s="2">
         <v>151</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>737</v>
+        <v>743</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D152" s="2">
         <v>1200134</v>
       </c>
       <c r="E152" s="2">
         <v>2013002658</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>738</v>
+        <v>744</v>
       </c>
       <c r="G152" s="2" t="s">
-        <v>739</v>
+        <v>745</v>
       </c>
       <c r="H152" s="2" t="s">
-        <v>740</v>
+        <v>746</v>
       </c>
       <c r="I152" s="2" t="s">
-        <v>741</v>
+        <v>747</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" s="2">
         <v>152</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>742</v>
+        <v>748</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D153" s="2">
         <v>1200135</v>
       </c>
       <c r="E153" s="2">
         <v>2013002707</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G153" s="2" t="s">
-        <v>743</v>
+        <v>749</v>
       </c>
       <c r="H153" s="2" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
       <c r="I153" s="2" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" s="2">
         <v>153</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D154" s="2">
         <v>1200136</v>
       </c>
       <c r="E154" s="2">
         <v>2013800720</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G154" s="2" t="s">
-        <v>747</v>
+        <v>753</v>
       </c>
       <c r="H154" s="2" t="s">
-        <v>748</v>
+        <v>754</v>
       </c>
       <c r="I154" s="2" t="s">
-        <v>749</v>
+        <v>755</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" s="2">
         <v>154</v>
       </c>
       <c r="B155" s="2" t="s">
-        <v>750</v>
+        <v>756</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D155" s="2">
         <v>1200137</v>
       </c>
       <c r="E155" s="2">
         <v>2016013062</v>
       </c>
       <c r="F155" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G155" s="2" t="s">
-        <v>751</v>
+        <v>757</v>
       </c>
       <c r="H155" s="2" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
       <c r="I155" s="2" t="s">
-        <v>753</v>
+        <v>759</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" s="2">
         <v>155</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>754</v>
+        <v>760</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>755</v>
+        <v>761</v>
       </c>
       <c r="D156" s="2">
         <v>1200956</v>
       </c>
       <c r="E156" s="2">
         <v>2013002224</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>385</v>
+        <v>762</v>
       </c>
       <c r="G156" s="2" t="s">
-        <v>756</v>
+        <v>763</v>
       </c>
       <c r="H156" s="2" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
       <c r="I156" s="2" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" s="2">
         <v>156</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
       <c r="D157" s="2">
         <v>1200962</v>
       </c>
       <c r="E157" s="2">
         <v>2014015770</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>565</v>
+        <v>768</v>
       </c>
       <c r="G157" s="2" t="s">
-        <v>761</v>
+        <v>769</v>
       </c>
       <c r="H157" s="2" t="s">
-        <v>762</v>
+        <v>770</v>
       </c>
       <c r="I157" s="2" t="s">
-        <v>763</v>
+        <v>771</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" s="2">
         <v>157</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>764</v>
+        <v>772</v>
       </c>
       <c r="C158" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D158" s="2">
         <v>1210139</v>
       </c>
       <c r="E158" s="2">
         <v>2130998168</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G158" s="2" t="s">
-        <v>765</v>
+        <v>773</v>
       </c>
       <c r="H158" s="2" t="s">
-        <v>766</v>
+        <v>774</v>
       </c>
       <c r="I158" s="2" t="s">
-        <v>767</v>
+        <v>775</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" s="2">
         <v>158</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="C159" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D159" s="2">
         <v>1210140</v>
       </c>
       <c r="E159" s="2">
         <v>2130058291</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>769</v>
+        <v>777</v>
       </c>
       <c r="G159" s="2" t="s">
-        <v>770</v>
+        <v>778</v>
       </c>
       <c r="H159" s="2" t="s">
-        <v>771</v>
+        <v>779</v>
       </c>
       <c r="I159" s="2" t="s">
-        <v>772</v>
+        <v>780</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" s="2">
         <v>159</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D160" s="2">
         <v>1210141</v>
       </c>
       <c r="E160" s="2">
         <v>2130065228</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G160" s="2" t="s">
-        <v>774</v>
+        <v>782</v>
       </c>
       <c r="H160" s="2" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="I160" s="2" t="s">
-        <v>776</v>
+        <v>784</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" s="2">
         <v>160</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>777</v>
+        <v>785</v>
       </c>
       <c r="C161" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D161" s="2">
         <v>1210143</v>
       </c>
       <c r="E161" s="2">
         <v>2130063823</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G161" s="2" t="s">
-        <v>778</v>
+        <v>786</v>
       </c>
       <c r="H161" s="2" t="s">
-        <v>779</v>
+        <v>787</v>
       </c>
       <c r="I161" s="2" t="s">
-        <v>780</v>
+        <v>788</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" s="2">
         <v>161</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>781</v>
+        <v>789</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>782</v>
+        <v>790</v>
       </c>
       <c r="D162" s="2">
         <v>1211041</v>
       </c>
       <c r="E162" s="2">
         <v>2130222858</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>119</v>
       </c>
       <c r="G162" s="2" t="s">
-        <v>783</v>
+        <v>791</v>
       </c>
       <c r="H162" s="2" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="I162" s="2" t="s">
-        <v>785</v>
+        <v>793</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" s="2">
         <v>162</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>786</v>
+        <v>794</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>782</v>
+        <v>790</v>
       </c>
       <c r="D163" s="2">
         <v>1211042</v>
       </c>
       <c r="E163" s="2">
         <v>2124047767</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>787</v>
+        <v>795</v>
       </c>
       <c r="G163" s="2" t="s">
-        <v>788</v>
+        <v>796</v>
       </c>
       <c r="H163" s="2" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="I163" s="2" t="s">
-        <v>790</v>
+        <v>798</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" s="2">
         <v>163</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>791</v>
+        <v>799</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>782</v>
+        <v>790</v>
       </c>
       <c r="D164" s="2">
         <v>1211043</v>
       </c>
       <c r="E164" s="2">
         <v>2130204961</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>787</v>
+        <v>795</v>
       </c>
       <c r="G164" s="2" t="s">
-        <v>792</v>
+        <v>800</v>
       </c>
       <c r="H164" s="2" t="s">
-        <v>793</v>
+        <v>801</v>
       </c>
       <c r="I164" s="2" t="s">
-        <v>794</v>
+        <v>802</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" s="2">
         <v>164</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>795</v>
+        <v>803</v>
       </c>
       <c r="C165" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D165" s="2">
         <v>1220145</v>
       </c>
       <c r="E165" s="2">
         <v>2221129510</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>796</v>
+        <v>804</v>
       </c>
       <c r="G165" s="2" t="s">
-        <v>797</v>
+        <v>805</v>
       </c>
       <c r="H165" s="2" t="s">
-        <v>798</v>
+        <v>806</v>
       </c>
       <c r="I165" s="2" t="s">
-        <v>799</v>
+        <v>807</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" s="2">
         <v>165</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>800</v>
+        <v>808</v>
       </c>
       <c r="C166" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D166" s="2">
         <v>1220146</v>
       </c>
       <c r="E166" s="2">
         <v>2221171632</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G166" s="2" t="s">
-        <v>801</v>
+        <v>809</v>
       </c>
       <c r="H166" s="2" t="s">
-        <v>802</v>
+        <v>810</v>
       </c>
       <c r="I166" s="2" t="s">
-        <v>803</v>
+        <v>811</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" s="2">
         <v>166</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>804</v>
+        <v>812</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D167" s="2">
         <v>1220215</v>
       </c>
       <c r="E167" s="2">
         <v>2204060241</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G167" s="2" t="s">
-        <v>805</v>
+        <v>813</v>
       </c>
       <c r="H167" s="2" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="I167" s="2" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" s="2">
         <v>167</v>
       </c>
       <c r="B168" s="2" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>809</v>
+        <v>817</v>
       </c>
       <c r="D168" s="2">
         <v>1220217</v>
       </c>
       <c r="E168" s="2">
         <v>2224142728</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>810</v>
+        <v>818</v>
       </c>
       <c r="G168" s="2" t="s">
-        <v>811</v>
+        <v>819</v>
       </c>
       <c r="H168" s="2" t="s">
-        <v>812</v>
+        <v>820</v>
       </c>
       <c r="I168" s="2" t="s">
-        <v>813</v>
+        <v>821</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" s="2">
         <v>168</v>
       </c>
       <c r="B169" s="2" t="s">
-        <v>814</v>
+        <v>822</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>815</v>
+        <v>823</v>
       </c>
       <c r="D169" s="2">
         <v>1220918</v>
       </c>
       <c r="E169" s="2">
         <v>2209049749</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>154</v>
+        <v>575</v>
       </c>
       <c r="G169" s="2" t="s">
-        <v>816</v>
+        <v>824</v>
       </c>
       <c r="H169" s="2" t="s">
-        <v>817</v>
+        <v>825</v>
       </c>
       <c r="I169" s="2" t="s">
-        <v>818</v>
+        <v>826</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" s="2">
         <v>169</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>819</v>
+        <v>827</v>
       </c>
       <c r="C170" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D170" s="2">
         <v>1230147</v>
       </c>
       <c r="E170" s="2">
         <v>2310140890</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>820</v>
+        <v>828</v>
       </c>
       <c r="G170" s="2" t="s">
-        <v>821</v>
+        <v>829</v>
       </c>
       <c r="H170" s="2" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="I170" s="2" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" s="2">
         <v>170</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>824</v>
+        <v>832</v>
       </c>
       <c r="C171" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D171" s="2">
         <v>1230148</v>
       </c>
       <c r="E171" s="2">
         <v>2310981029</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G171" s="2" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="H171" s="2" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
       <c r="I171" s="2" t="s">
-        <v>827</v>
+        <v>835</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" s="2">
         <v>171</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
       <c r="C172" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D172" s="2">
         <v>1230149</v>
       </c>
       <c r="E172" s="2">
         <v>2309980140</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G172" s="2" t="s">
-        <v>829</v>
+        <v>837</v>
       </c>
       <c r="H172" s="2" t="s">
-        <v>830</v>
+        <v>838</v>
       </c>
       <c r="I172" s="2" t="s">
-        <v>831</v>
+        <v>839</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" s="2">
         <v>172</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>832</v>
+        <v>840</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="D173" s="2">
         <v>1230812</v>
       </c>
       <c r="E173" s="2">
         <v>2315218484</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G173" s="2" t="s">
-        <v>833</v>
+        <v>841</v>
       </c>
       <c r="H173" s="2" t="s">
-        <v>834</v>
+        <v>842</v>
       </c>
       <c r="I173" s="2" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" s="2">
         <v>173</v>
       </c>
       <c r="B174" s="2" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
       <c r="D174" s="2">
         <v>1230827</v>
       </c>
       <c r="E174" s="2">
         <v>2310128572</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="G174" s="2" t="s">
-        <v>839</v>
+        <v>847</v>
       </c>
       <c r="H174" s="2" t="s">
-        <v>840</v>
+        <v>848</v>
       </c>
       <c r="I174" s="2" t="s">
-        <v>841</v>
+        <v>849</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" s="2">
         <v>174</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>842</v>
+        <v>850</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>843</v>
+        <v>851</v>
       </c>
       <c r="D175" s="2">
         <v>1230851</v>
       </c>
       <c r="E175" s="2">
         <v>2360005390</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G175" s="2" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="H175" s="2" t="s">
-        <v>845</v>
+        <v>853</v>
       </c>
       <c r="I175" s="2" t="s">
-        <v>846</v>
+        <v>854</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" s="2">
         <v>175</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>847</v>
+        <v>855</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>848</v>
+        <v>856</v>
       </c>
       <c r="D176" s="2">
         <v>1230888</v>
       </c>
       <c r="E176" s="2">
         <v>2377002005</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G176" s="2" t="s">
-        <v>849</v>
+        <v>857</v>
       </c>
       <c r="H176" s="2" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="I176" s="2" t="s">
-        <v>851</v>
+        <v>859</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" s="2">
         <v>176</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>853</v>
+        <v>861</v>
       </c>
       <c r="D177" s="2">
         <v>1230901</v>
       </c>
       <c r="E177" s="2">
         <v>2364017283</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>119</v>
       </c>
       <c r="G177" s="2" t="s">
-        <v>854</v>
+        <v>862</v>
       </c>
       <c r="H177" s="2" t="s">
-        <v>855</v>
+        <v>863</v>
       </c>
       <c r="I177" s="2" t="s">
-        <v>856</v>
+        <v>864</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" s="2">
         <v>177</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>857</v>
+        <v>865</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>858</v>
+        <v>866</v>
       </c>
       <c r="D178" s="2">
         <v>1230911</v>
       </c>
       <c r="E178" s="2">
         <v>2310230671</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>350</v>
+        <v>867</v>
       </c>
       <c r="G178" s="2" t="s">
-        <v>859</v>
+        <v>868</v>
       </c>
       <c r="H178" s="2" t="s">
-        <v>860</v>
+        <v>869</v>
       </c>
       <c r="I178" s="2" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" s="2">
         <v>178</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>862</v>
+        <v>871</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D179" s="2">
         <v>1230942</v>
       </c>
       <c r="E179" s="2">
         <v>2370011748</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>301</v>
+        <v>872</v>
       </c>
       <c r="G179" s="2" t="s">
-        <v>863</v>
+        <v>873</v>
       </c>
       <c r="H179" s="2" t="s">
-        <v>864</v>
+        <v>874</v>
       </c>
       <c r="I179" s="2" t="s">
-        <v>865</v>
+        <v>875</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" s="2">
         <v>179</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>866</v>
+        <v>876</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>867</v>
+        <v>877</v>
       </c>
       <c r="D180" s="2">
         <v>1230943</v>
       </c>
       <c r="E180" s="2">
         <v>2305027603</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G180" s="2" t="s">
-        <v>868</v>
+        <v>878</v>
       </c>
       <c r="H180" s="2" t="s">
-        <v>869</v>
+        <v>879</v>
       </c>
       <c r="I180" s="2" t="s">
-        <v>870</v>
+        <v>880</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" s="2">
         <v>180</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>871</v>
+        <v>881</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>872</v>
+        <v>882</v>
       </c>
       <c r="D181" s="2">
         <v>1240810</v>
       </c>
       <c r="E181" s="2">
         <v>2464154029</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>873</v>
+        <v>883</v>
       </c>
       <c r="G181" s="2" t="s">
-        <v>874</v>
+        <v>884</v>
       </c>
       <c r="H181" s="2" t="s">
-        <v>875</v>
+        <v>885</v>
       </c>
       <c r="I181" s="2" t="s">
-        <v>876</v>
+        <v>886</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" s="2">
         <v>181</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>877</v>
+        <v>887</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>878</v>
+        <v>888</v>
       </c>
       <c r="D182" s="2">
         <v>1240997</v>
       </c>
       <c r="E182" s="2">
         <v>2466227579</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G182" s="2" t="s">
-        <v>879</v>
+        <v>889</v>
       </c>
       <c r="H182" s="2" t="s">
-        <v>880</v>
+        <v>890</v>
       </c>
       <c r="I182" s="2" t="s">
-        <v>881</v>
+        <v>891</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" s="2">
         <v>182</v>
       </c>
       <c r="B183" s="2" t="s">
-        <v>882</v>
+        <v>892</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="D183" s="2">
         <v>1241009</v>
       </c>
       <c r="E183" s="2">
         <v>2465356444</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G183" s="2" t="s">
-        <v>884</v>
+        <v>894</v>
       </c>
       <c r="H183" s="2" t="s">
-        <v>880</v>
+        <v>890</v>
       </c>
       <c r="I183" s="2" t="s">
-        <v>881</v>
+        <v>891</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" s="2">
         <v>183</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>885</v>
+        <v>895</v>
       </c>
       <c r="C184" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D184" s="2">
         <v>1250150</v>
       </c>
       <c r="E184" s="2">
         <v>2536222464</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G184" s="2" t="s">
-        <v>886</v>
+        <v>896</v>
       </c>
       <c r="H184" s="2" t="s">
-        <v>887</v>
+        <v>897</v>
       </c>
       <c r="I184" s="2" t="s">
-        <v>888</v>
+        <v>898</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" s="2">
         <v>184</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>889</v>
+        <v>899</v>
       </c>
       <c r="C185" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D185" s="2">
         <v>1250151</v>
       </c>
       <c r="E185" s="2">
         <v>2505012795</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G185" s="2" t="s">
-        <v>890</v>
+        <v>900</v>
       </c>
       <c r="H185" s="2" t="s">
-        <v>891</v>
+        <v>901</v>
       </c>
       <c r="I185" s="2" t="s">
-        <v>892</v>
+        <v>902</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" s="2">
         <v>185</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>893</v>
+        <v>903</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D186" s="2">
         <v>1250152</v>
       </c>
       <c r="E186" s="2">
         <v>2543970855</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>894</v>
+        <v>904</v>
       </c>
       <c r="G186" s="2" t="s">
-        <v>895</v>
+        <v>905</v>
       </c>
       <c r="H186" s="2" t="s">
-        <v>896</v>
+        <v>906</v>
       </c>
       <c r="I186" s="2" t="s">
-        <v>897</v>
+        <v>907</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" s="2">
         <v>186</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>898</v>
+        <v>908</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D187" s="2">
         <v>1250153</v>
       </c>
       <c r="E187" s="2">
         <v>2536255727</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>301</v>
+        <v>872</v>
       </c>
       <c r="G187" s="2" t="s">
-        <v>899</v>
+        <v>909</v>
       </c>
       <c r="H187" s="2" t="s">
-        <v>900</v>
+        <v>910</v>
       </c>
       <c r="I187" s="2" t="s">
-        <v>901</v>
+        <v>911</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" s="2">
         <v>187</v>
       </c>
       <c r="B188" s="2" t="s">
-        <v>902</v>
+        <v>912</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>903</v>
+        <v>913</v>
       </c>
       <c r="D188" s="2">
         <v>1250865</v>
       </c>
       <c r="E188" s="2">
         <v>2540256748</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G188" s="2" t="s">
-        <v>895</v>
+        <v>905</v>
       </c>
       <c r="H188" s="2" t="s">
-        <v>904</v>
+        <v>914</v>
       </c>
       <c r="I188" s="2" t="s">
-        <v>905</v>
+        <v>915</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" s="2">
         <v>188</v>
       </c>
       <c r="B189" s="2" t="s">
-        <v>906</v>
+        <v>916</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>907</v>
+        <v>917</v>
       </c>
       <c r="D189" s="2">
         <v>1260152</v>
       </c>
       <c r="E189" s="2">
         <v>2635817261</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>908</v>
+        <v>918</v>
       </c>
       <c r="G189" s="2" t="s">
-        <v>909</v>
+        <v>919</v>
       </c>
       <c r="H189" s="2" t="s">
-        <v>910</v>
+        <v>920</v>
       </c>
       <c r="I189" s="2" t="s">
-        <v>911</v>
+        <v>921</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" s="2">
         <v>189</v>
       </c>
       <c r="B190" s="2" t="s">
-        <v>912</v>
+        <v>922</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>907</v>
+        <v>917</v>
       </c>
       <c r="D190" s="2">
         <v>1260153</v>
       </c>
       <c r="E190" s="2">
         <v>2636089456</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G190" s="2" t="s">
-        <v>913</v>
+        <v>923</v>
       </c>
       <c r="H190" s="2" t="s">
-        <v>914</v>
+        <v>924</v>
       </c>
       <c r="I190" s="2" t="s">
-        <v>915</v>
+        <v>925</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" s="2">
         <v>190</v>
       </c>
       <c r="B191" s="2" t="s">
-        <v>916</v>
+        <v>926</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>907</v>
+        <v>917</v>
       </c>
       <c r="D191" s="2">
         <v>1260154</v>
       </c>
       <c r="E191" s="2">
         <v>2634091033</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G191" s="2" t="s">
-        <v>917</v>
+        <v>927</v>
       </c>
       <c r="H191" s="2" t="s">
-        <v>918</v>
+        <v>928</v>
       </c>
       <c r="I191" s="2" t="s">
-        <v>919</v>
+        <v>929</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" s="2">
         <v>191</v>
       </c>
       <c r="B192" s="2" t="s">
-        <v>920</v>
+        <v>930</v>
       </c>
       <c r="C192" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D192" s="2">
         <v>1260156</v>
       </c>
       <c r="E192" s="2">
         <v>2635216158</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="G192" s="2" t="s">
-        <v>921</v>
+        <v>931</v>
       </c>
       <c r="H192" s="2" t="s">
-        <v>922</v>
+        <v>932</v>
       </c>
       <c r="I192" s="2" t="s">
-        <v>923</v>
+        <v>933</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" s="2">
         <v>192</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>924</v>
+        <v>934</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>925</v>
+        <v>935</v>
       </c>
       <c r="D193" s="2">
         <v>1261022</v>
       </c>
       <c r="E193" s="2">
         <v>2634056367</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G193" s="2" t="s">
-        <v>926</v>
+        <v>936</v>
       </c>
       <c r="H193" s="2" t="s">
-        <v>927</v>
+        <v>937</v>
       </c>
       <c r="I193" s="2" t="s">
-        <v>928</v>
+        <v>938</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" s="2">
         <v>193</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>929</v>
+        <v>939</v>
       </c>
       <c r="C194" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D194" s="2">
         <v>1270157</v>
       </c>
       <c r="E194" s="2">
         <v>2721222733</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G194" s="2" t="s">
-        <v>930</v>
+        <v>940</v>
       </c>
       <c r="H194" s="2" t="s">
-        <v>931</v>
+        <v>941</v>
       </c>
       <c r="I194" s="2" t="s">
-        <v>932</v>
+        <v>942</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" s="2">
         <v>194</v>
       </c>
       <c r="B195" s="2" t="s">
-        <v>933</v>
+        <v>943</v>
       </c>
       <c r="C195" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D195" s="2">
         <v>1270158</v>
       </c>
       <c r="E195" s="2">
         <v>2721995187</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G195" s="2" t="s">
-        <v>934</v>
+        <v>944</v>
       </c>
       <c r="H195" s="2" t="s">
-        <v>935</v>
+        <v>945</v>
       </c>
       <c r="I195" s="2" t="s">
-        <v>936</v>
+        <v>946</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" s="2">
         <v>195</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>937</v>
+        <v>947</v>
       </c>
       <c r="C196" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D196" s="2">
         <v>1270160</v>
       </c>
       <c r="E196" s="2">
         <v>2721146842</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>938</v>
+        <v>948</v>
       </c>
       <c r="G196" s="2" t="s">
-        <v>939</v>
+        <v>949</v>
       </c>
       <c r="H196" s="2" t="s">
-        <v>940</v>
+        <v>950</v>
       </c>
       <c r="I196" s="2" t="s">
-        <v>941</v>
+        <v>951</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" s="2">
         <v>196</v>
       </c>
       <c r="B197" s="2" t="s">
-        <v>942</v>
+        <v>952</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D197" s="2">
         <v>1270162</v>
       </c>
       <c r="E197" s="2">
         <v>2703058294</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G197" s="2" t="s">
-        <v>943</v>
+        <v>953</v>
       </c>
       <c r="H197" s="2" t="s">
-        <v>944</v>
+        <v>954</v>
       </c>
       <c r="I197" s="2" t="s">
-        <v>945</v>
+        <v>955</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" s="2">
         <v>197</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>946</v>
+        <v>956</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D198" s="2">
         <v>1270164</v>
       </c>
       <c r="E198" s="2">
         <v>2704999706</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G198" s="2" t="s">
-        <v>947</v>
+        <v>957</v>
       </c>
       <c r="H198" s="2" t="s">
-        <v>948</v>
+        <v>958</v>
       </c>
       <c r="I198" s="2" t="s">
-        <v>949</v>
+        <v>959</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" s="2">
         <v>198</v>
       </c>
       <c r="B199" s="2" t="s">
-        <v>950</v>
+        <v>960</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D199" s="2">
         <v>1270166</v>
       </c>
       <c r="E199" s="2">
         <v>2710015478</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G199" s="2" t="s">
-        <v>951</v>
+        <v>961</v>
       </c>
       <c r="H199" s="2" t="s">
-        <v>952</v>
+        <v>962</v>
       </c>
       <c r="I199" s="2" t="s">
-        <v>953</v>
+        <v>963</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" s="2">
         <v>199</v>
       </c>
       <c r="B200" s="2" t="s">
-        <v>954</v>
+        <v>964</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>955</v>
+        <v>965</v>
       </c>
       <c r="D200" s="2">
         <v>1270683</v>
       </c>
       <c r="E200" s="2">
         <v>2721052016</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G200" s="2" t="s">
-        <v>956</v>
+        <v>966</v>
       </c>
       <c r="H200" s="2" t="s">
-        <v>957</v>
+        <v>967</v>
       </c>
       <c r="I200" s="2" t="s">
-        <v>958</v>
+        <v>968</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" s="2">
         <v>200</v>
       </c>
       <c r="B201" s="2" t="s">
-        <v>959</v>
+        <v>969</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>960</v>
+        <v>970</v>
       </c>
       <c r="D201" s="2">
         <v>1270692</v>
       </c>
       <c r="E201" s="2">
         <v>2721217941</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="G201" s="2" t="s">
-        <v>961</v>
+        <v>971</v>
       </c>
       <c r="H201" s="2" t="s">
-        <v>962</v>
+        <v>972</v>
       </c>
       <c r="I201" s="2" t="s">
-        <v>963</v>
+        <v>973</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" s="2">
         <v>201</v>
       </c>
       <c r="B202" s="2" t="s">
-        <v>964</v>
+        <v>974</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>965</v>
+        <v>975</v>
       </c>
       <c r="D202" s="2">
         <v>1270903</v>
       </c>
       <c r="E202" s="2">
         <v>2723191287</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G202" s="2" t="s">
-        <v>966</v>
+        <v>976</v>
       </c>
       <c r="H202" s="2" t="s">
-        <v>967</v>
+        <v>977</v>
       </c>
       <c r="I202" s="2" t="s">
-        <v>968</v>
+        <v>978</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" s="2">
         <v>202</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>969</v>
+        <v>979</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>970</v>
+        <v>980</v>
       </c>
       <c r="D203" s="2">
         <v>1270908</v>
       </c>
       <c r="E203" s="2">
         <v>2721202166</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G203" s="2" t="s">
-        <v>971</v>
+        <v>981</v>
       </c>
       <c r="H203" s="2" t="s">
-        <v>972</v>
+        <v>982</v>
       </c>
       <c r="I203" s="2" t="s">
-        <v>973</v>
+        <v>983</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" s="2">
         <v>203</v>
       </c>
       <c r="B204" s="2" t="s">
-        <v>974</v>
+        <v>984</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>975</v>
+        <v>985</v>
       </c>
       <c r="D204" s="2">
         <v>1270931</v>
       </c>
       <c r="E204" s="2">
         <v>2724182895</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="G204" s="2" t="s">
-        <v>976</v>
+        <v>986</v>
       </c>
       <c r="H204" s="2" t="s">
-        <v>977</v>
+        <v>987</v>
       </c>
       <c r="I204" s="2" t="s">
-        <v>978</v>
+        <v>988</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" s="2">
         <v>204</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>979</v>
+        <v>989</v>
       </c>
       <c r="C205" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D205" s="2">
         <v>1280161</v>
       </c>
       <c r="E205" s="2">
         <v>2801160232</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>980</v>
+        <v>990</v>
       </c>
       <c r="G205" s="2" t="s">
-        <v>981</v>
+        <v>991</v>
       </c>
       <c r="H205" s="2" t="s">
-        <v>982</v>
+        <v>992</v>
       </c>
       <c r="I205" s="2" t="s">
-        <v>983</v>
+        <v>993</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" s="2">
         <v>205</v>
       </c>
       <c r="B206" s="2" t="s">
-        <v>984</v>
+        <v>994</v>
       </c>
       <c r="C206" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D206" s="2">
         <v>1280676</v>
       </c>
       <c r="E206" s="2">
         <v>2801226420</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G206" s="2" t="s">
-        <v>981</v>
+        <v>991</v>
       </c>
       <c r="H206" s="2" t="s">
-        <v>985</v>
+        <v>995</v>
       </c>
       <c r="I206" s="2" t="s">
-        <v>986</v>
+        <v>996</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" s="2">
         <v>206</v>
       </c>
       <c r="B207" s="2" t="s">
-        <v>987</v>
+        <v>997</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="D207" s="2">
         <v>1280861</v>
       </c>
       <c r="E207" s="2">
         <v>2801249882</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G207" s="2" t="s">
-        <v>988</v>
+        <v>998</v>
       </c>
       <c r="H207" s="2" t="s">
-        <v>989</v>
+        <v>999</v>
       </c>
       <c r="I207" s="2" t="s">
-        <v>990</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" s="2">
         <v>207</v>
       </c>
       <c r="B208" s="2" t="s">
-        <v>991</v>
+        <v>1001</v>
       </c>
       <c r="C208" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D208" s="2">
         <v>1290162</v>
       </c>
       <c r="E208" s="2">
         <v>2901204067</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G208" s="2" t="s">
-        <v>992</v>
+        <v>1002</v>
       </c>
       <c r="H208" s="2" t="s">
-        <v>993</v>
+        <v>1003</v>
       </c>
       <c r="I208" s="2" t="s">
-        <v>994</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" s="2">
         <v>208</v>
       </c>
       <c r="B209" s="2" t="s">
-        <v>995</v>
+        <v>1005</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>996</v>
+        <v>1006</v>
       </c>
       <c r="D209" s="2">
         <v>1290829</v>
       </c>
       <c r="E209" s="2">
         <v>2901294864</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>997</v>
+        <v>1007</v>
       </c>
       <c r="G209" s="2" t="s">
-        <v>998</v>
+        <v>1008</v>
       </c>
       <c r="H209" s="2" t="s">
-        <v>999</v>
+        <v>1009</v>
       </c>
       <c r="I209" s="2" t="s">
-        <v>1000</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" s="2">
         <v>209</v>
       </c>
       <c r="B210" s="2" t="s">
-        <v>1001</v>
+        <v>1011</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>1002</v>
+        <v>1012</v>
       </c>
       <c r="D210" s="2">
         <v>1290929</v>
       </c>
       <c r="E210" s="2">
         <v>2901304801</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G210" s="2" t="s">
-        <v>998</v>
+        <v>1008</v>
       </c>
       <c r="H210" s="2" t="s">
-        <v>1003</v>
+        <v>1013</v>
       </c>
       <c r="I210" s="2" t="s">
-        <v>1004</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" s="2">
         <v>210</v>
       </c>
       <c r="B211" s="2" t="s">
-        <v>1005</v>
+        <v>1015</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="D211" s="2">
         <v>1290930</v>
       </c>
       <c r="E211" s="2">
         <v>2902068561</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G211" s="2" t="s">
-        <v>1007</v>
+        <v>1017</v>
       </c>
       <c r="H211" s="2" t="s">
-        <v>1008</v>
+        <v>1018</v>
       </c>
       <c r="I211" s="2" t="s">
-        <v>1009</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" s="2">
         <v>211</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>1010</v>
+        <v>1020</v>
       </c>
       <c r="C212" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D212" s="2">
         <v>1300163</v>
       </c>
       <c r="E212" s="2">
         <v>3015028318</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>1011</v>
+        <v>1021</v>
       </c>
       <c r="G212" s="2" t="s">
-        <v>1012</v>
+        <v>1022</v>
       </c>
       <c r="H212" s="2" t="s">
-        <v>1013</v>
+        <v>1023</v>
       </c>
       <c r="I212" s="2" t="s">
-        <v>1014</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" s="2">
         <v>212</v>
       </c>
       <c r="B213" s="2" t="s">
-        <v>1015</v>
+        <v>1025</v>
       </c>
       <c r="C213" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D213" s="2">
         <v>1300164</v>
       </c>
       <c r="E213" s="2">
         <v>3015070479</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G213" s="2" t="s">
-        <v>1016</v>
+        <v>1026</v>
       </c>
       <c r="H213" s="2" t="s">
-        <v>1017</v>
+        <v>1027</v>
       </c>
       <c r="I213" s="2" t="s">
-        <v>1018</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" s="2">
         <v>213</v>
       </c>
       <c r="B214" s="2" t="s">
-        <v>1019</v>
+        <v>1029</v>
       </c>
       <c r="C214" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D214" s="2">
         <v>1300165</v>
       </c>
       <c r="E214" s="2">
         <v>3015080614</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="G214" s="2" t="s">
-        <v>1020</v>
+        <v>1030</v>
       </c>
       <c r="H214" s="2" t="s">
-        <v>1021</v>
+        <v>1031</v>
       </c>
       <c r="I214" s="2" t="s">
-        <v>1022</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" s="2">
         <v>214</v>
       </c>
       <c r="B215" s="2" t="s">
-        <v>1023</v>
+        <v>1033</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>1024</v>
+        <v>1034</v>
       </c>
       <c r="D215" s="2">
         <v>1300839</v>
       </c>
       <c r="E215" s="2">
         <v>3018315590</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>1025</v>
+        <v>1035</v>
       </c>
       <c r="G215" s="2" t="s">
-        <v>1026</v>
+        <v>1036</v>
       </c>
       <c r="H215" s="2" t="s">
-        <v>1027</v>
+        <v>1037</v>
       </c>
       <c r="I215" s="2" t="s">
-        <v>1028</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" s="2">
         <v>215</v>
       </c>
       <c r="B216" s="2" t="s">
-        <v>1029</v>
+        <v>1039</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>867</v>
+        <v>877</v>
       </c>
       <c r="D216" s="2">
         <v>1300840</v>
       </c>
       <c r="E216" s="2">
         <v>3015082139</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G216" s="2" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="H216" s="2" t="s">
-        <v>1031</v>
+        <v>1041</v>
       </c>
       <c r="I216" s="2" t="s">
-        <v>1032</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" s="2">
         <v>216</v>
       </c>
       <c r="B217" s="2" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="C217" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D217" s="2">
         <v>1310167</v>
       </c>
       <c r="E217" s="2">
         <v>3123095826</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>1034</v>
+        <v>1044</v>
       </c>
       <c r="G217" s="2" t="s">
-        <v>1035</v>
+        <v>1045</v>
       </c>
       <c r="H217" s="2" t="s">
-        <v>1036</v>
+        <v>1046</v>
       </c>
       <c r="I217" s="2" t="s">
-        <v>1037</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" s="2">
         <v>217</v>
       </c>
       <c r="B218" s="2" t="s">
-        <v>1038</v>
+        <v>1048</v>
       </c>
       <c r="C218" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D218" s="2">
         <v>1310168</v>
       </c>
       <c r="E218" s="2">
         <v>3123061930</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>1039</v>
+        <v>1049</v>
       </c>
       <c r="G218" s="2" t="s">
-        <v>1040</v>
+        <v>1050</v>
       </c>
       <c r="H218" s="2" t="s">
-        <v>1041</v>
+        <v>1051</v>
       </c>
       <c r="I218" s="2" t="s">
-        <v>1042</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" s="2">
         <v>218</v>
       </c>
       <c r="B219" s="2" t="s">
-        <v>1043</v>
+        <v>1053</v>
       </c>
       <c r="C219" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D219" s="2">
         <v>1310169</v>
       </c>
       <c r="E219" s="2">
         <v>3123231170</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G219" s="2" t="s">
-        <v>1044</v>
+        <v>1054</v>
       </c>
       <c r="H219" s="2" t="s">
-        <v>1045</v>
+        <v>1055</v>
       </c>
       <c r="I219" s="2" t="s">
-        <v>1046</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" s="2">
         <v>219</v>
       </c>
       <c r="B220" s="2" t="s">
-        <v>1047</v>
+        <v>1057</v>
       </c>
       <c r="C220" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D220" s="2">
         <v>1310171</v>
       </c>
       <c r="E220" s="2">
         <v>3123392970</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>344</v>
+        <v>451</v>
       </c>
       <c r="G220" s="2" t="s">
-        <v>1048</v>
+        <v>1058</v>
       </c>
       <c r="H220" s="2" t="s">
-        <v>1049</v>
+        <v>1059</v>
       </c>
       <c r="I220" s="2" t="s">
-        <v>1050</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" s="2">
         <v>220</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>1051</v>
+        <v>1061</v>
       </c>
       <c r="C221" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D221" s="2">
         <v>1310173</v>
       </c>
       <c r="E221" s="2">
         <v>3123190205</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>154</v>
+        <v>575</v>
       </c>
       <c r="G221" s="2" t="s">
-        <v>1052</v>
+        <v>1062</v>
       </c>
       <c r="H221" s="2" t="s">
-        <v>1053</v>
+        <v>1063</v>
       </c>
       <c r="I221" s="2" t="s">
-        <v>1054</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" s="2">
         <v>221</v>
       </c>
       <c r="B222" s="2" t="s">
-        <v>1055</v>
+        <v>1065</v>
       </c>
       <c r="C222" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D222" s="2">
         <v>1320174</v>
       </c>
       <c r="E222" s="2">
         <v>3250530535</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G222" s="2" t="s">
-        <v>1056</v>
+        <v>1066</v>
       </c>
       <c r="H222" s="2" t="s">
-        <v>1057</v>
+        <v>1067</v>
       </c>
       <c r="I222" s="2" t="s">
-        <v>1058</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" s="2">
         <v>222</v>
       </c>
       <c r="B223" s="2" t="s">
-        <v>1059</v>
+        <v>1069</v>
       </c>
       <c r="C223" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D223" s="2">
         <v>1320175</v>
       </c>
       <c r="E223" s="2">
         <v>3250056643</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G223" s="2" t="s">
-        <v>1060</v>
+        <v>1070</v>
       </c>
       <c r="H223" s="2" t="s">
-        <v>1061</v>
+        <v>1071</v>
       </c>
       <c r="I223" s="2" t="s">
-        <v>1062</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" s="2">
         <v>223</v>
       </c>
       <c r="B224" s="2" t="s">
-        <v>1063</v>
+        <v>1073</v>
       </c>
       <c r="C224" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D224" s="2">
         <v>1320176</v>
       </c>
       <c r="E224" s="2">
         <v>3250690063</v>
       </c>
       <c r="F224" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G224" s="2" t="s">
-        <v>1056</v>
+        <v>1066</v>
       </c>
       <c r="H224" s="2" t="s">
-        <v>1057</v>
+        <v>1067</v>
       </c>
       <c r="I224" s="2" t="s">
-        <v>1058</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" s="2">
         <v>224</v>
       </c>
       <c r="B225" s="2" t="s">
-        <v>1064</v>
+        <v>1074</v>
       </c>
       <c r="C225" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D225" s="2">
         <v>1320177</v>
       </c>
       <c r="E225" s="2">
         <v>3250506236</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>1065</v>
+        <v>1075</v>
       </c>
       <c r="G225" s="2" t="s">
-        <v>1066</v>
+        <v>1076</v>
       </c>
       <c r="H225" s="2" t="s">
-        <v>1067</v>
+        <v>1077</v>
       </c>
       <c r="I225" s="2" t="s">
-        <v>1068</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" s="2">
         <v>225</v>
       </c>
       <c r="B226" s="2" t="s">
-        <v>1069</v>
+        <v>1079</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>1070</v>
+        <v>1080</v>
       </c>
       <c r="D226" s="2">
         <v>1320745</v>
       </c>
       <c r="E226" s="2">
         <v>3257065816</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G226" s="2" t="s">
-        <v>1071</v>
+        <v>1081</v>
       </c>
       <c r="H226" s="2" t="s">
-        <v>1072</v>
+        <v>1082</v>
       </c>
       <c r="I226" s="2" t="s">
-        <v>1073</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" s="2">
         <v>226</v>
       </c>
       <c r="B227" s="2" t="s">
-        <v>1074</v>
+        <v>1084</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>1075</v>
+        <v>1085</v>
       </c>
       <c r="D227" s="2">
         <v>1320847</v>
       </c>
       <c r="E227" s="2">
         <v>3257079262</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G227" s="2" t="s">
-        <v>1076</v>
+        <v>1086</v>
       </c>
       <c r="H227" s="2" t="s">
-        <v>1077</v>
+        <v>1087</v>
       </c>
       <c r="I227" s="2" t="s">
-        <v>1078</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" s="2">
         <v>227</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>1079</v>
+        <v>1089</v>
       </c>
       <c r="C228" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D228" s="2">
         <v>1330178</v>
       </c>
       <c r="E228" s="2">
         <v>3328007066</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G228" s="2" t="s">
-        <v>1080</v>
+        <v>1090</v>
       </c>
       <c r="H228" s="2" t="s">
-        <v>1081</v>
+        <v>1091</v>
       </c>
       <c r="I228" s="2" t="s">
-        <v>1082</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" s="2">
         <v>228</v>
       </c>
       <c r="B229" s="2" t="s">
-        <v>1083</v>
+        <v>1093</v>
       </c>
       <c r="C229" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D229" s="2">
         <v>1330179</v>
       </c>
       <c r="E229" s="2">
         <v>3328999082</v>
       </c>
       <c r="F229" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G229" s="2" t="s">
-        <v>1084</v>
+        <v>1094</v>
       </c>
       <c r="H229" s="2" t="s">
-        <v>1085</v>
+        <v>1095</v>
       </c>
       <c r="I229" s="2" t="s">
-        <v>1086</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" s="2">
         <v>229</v>
       </c>
       <c r="B230" s="2" t="s">
-        <v>1087</v>
+        <v>1097</v>
       </c>
       <c r="C230" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D230" s="2">
         <v>1330180</v>
       </c>
       <c r="E230" s="2">
         <v>3328464873</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>1088</v>
+        <v>1098</v>
       </c>
       <c r="G230" s="2" t="s">
-        <v>1089</v>
+        <v>1099</v>
       </c>
       <c r="H230" s="2" t="s">
-        <v>1090</v>
+        <v>1100</v>
       </c>
       <c r="I230" s="2" t="s">
-        <v>1091</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" s="2">
         <v>230</v>
       </c>
       <c r="B231" s="2" t="s">
-        <v>1092</v>
+        <v>1102</v>
       </c>
       <c r="C231" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D231" s="2">
         <v>1330181</v>
       </c>
       <c r="E231" s="2">
         <v>3328016590</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G231" s="2" t="s">
-        <v>1093</v>
+        <v>1103</v>
       </c>
       <c r="H231" s="2" t="s">
-        <v>1094</v>
+        <v>1104</v>
       </c>
       <c r="I231" s="2" t="s">
-        <v>1095</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" s="2">
         <v>231</v>
       </c>
       <c r="B232" s="2" t="s">
-        <v>1096</v>
+        <v>1106</v>
       </c>
       <c r="C232" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D232" s="2">
         <v>1330182</v>
       </c>
       <c r="E232" s="2">
         <v>3328999318</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>1097</v>
+        <v>1107</v>
       </c>
       <c r="G232" s="2" t="s">
-        <v>1098</v>
+        <v>1108</v>
       </c>
       <c r="H232" s="2" t="s">
-        <v>1099</v>
+        <v>1109</v>
       </c>
       <c r="I232" s="2" t="s">
-        <v>1100</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" s="2">
         <v>232</v>
       </c>
       <c r="B233" s="2" t="s">
-        <v>1101</v>
+        <v>1111</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D233" s="2">
         <v>1330183</v>
       </c>
       <c r="E233" s="2">
         <v>3334015820</v>
       </c>
       <c r="F233" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G233" s="2" t="s">
-        <v>1102</v>
+        <v>1112</v>
       </c>
       <c r="H233" s="2" t="s">
-        <v>1103</v>
+        <v>1113</v>
       </c>
       <c r="I233" s="2" t="s">
-        <v>1104</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" s="2">
         <v>233</v>
       </c>
       <c r="B234" s="2" t="s">
-        <v>1105</v>
+        <v>1115</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D234" s="2">
         <v>1330184</v>
       </c>
       <c r="E234" s="2">
         <v>3328488899</v>
       </c>
       <c r="F234" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G234" s="2" t="s">
-        <v>1106</v>
+        <v>1116</v>
       </c>
       <c r="H234" s="2" t="s">
-        <v>1107</v>
+        <v>1117</v>
       </c>
       <c r="I234" s="2" t="s">
-        <v>1108</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" s="2">
         <v>234</v>
       </c>
       <c r="B235" s="2" t="s">
-        <v>1109</v>
+        <v>1119</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D235" s="2">
         <v>1330185</v>
       </c>
       <c r="E235" s="2">
         <v>3324123103</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G235" s="2" t="s">
-        <v>1110</v>
+        <v>1120</v>
       </c>
       <c r="H235" s="2" t="s">
-        <v>1111</v>
+        <v>1121</v>
       </c>
       <c r="I235" s="2" t="s">
-        <v>1112</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" s="2">
         <v>235</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>1113</v>
+        <v>1123</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="D236" s="2">
         <v>1330848</v>
       </c>
       <c r="E236" s="2">
         <v>3308003151</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G236" s="2" t="s">
-        <v>1115</v>
+        <v>1125</v>
       </c>
       <c r="H236" s="2" t="s">
-        <v>1116</v>
+        <v>1126</v>
       </c>
       <c r="I236" s="2" t="s">
-        <v>1117</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" s="2">
         <v>236</v>
       </c>
       <c r="B237" s="2" t="s">
-        <v>1118</v>
+        <v>1128</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>1119</v>
+        <v>1129</v>
       </c>
       <c r="D237" s="2">
         <v>1330882</v>
       </c>
       <c r="E237" s="2">
         <v>3316002169</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>344</v>
+        <v>451</v>
       </c>
       <c r="G237" s="2" t="s">
-        <v>1120</v>
+        <v>1130</v>
       </c>
       <c r="H237" s="2" t="s">
-        <v>1121</v>
+        <v>1131</v>
       </c>
       <c r="I237" s="2" t="s">
-        <v>1122</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" s="2">
         <v>237</v>
       </c>
       <c r="B238" s="2" t="s">
-        <v>1123</v>
+        <v>1133</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>1119</v>
+        <v>1129</v>
       </c>
       <c r="D238" s="2">
         <v>1330883</v>
       </c>
       <c r="E238" s="2">
         <v>3323000123</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="G238" s="2" t="s">
-        <v>1124</v>
+        <v>1134</v>
       </c>
       <c r="H238" s="2" t="s">
-        <v>1125</v>
+        <v>1135</v>
       </c>
       <c r="I238" s="2" t="s">
-        <v>1126</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" s="2">
         <v>238</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>1127</v>
+        <v>1137</v>
       </c>
       <c r="C239" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D239" s="2">
         <v>1340183</v>
       </c>
       <c r="E239" s="2">
         <v>3444153572</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G239" s="2" t="s">
-        <v>1128</v>
+        <v>1138</v>
       </c>
       <c r="H239" s="2" t="s">
-        <v>1129</v>
+        <v>1139</v>
       </c>
       <c r="I239" s="2" t="s">
-        <v>1130</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" s="2">
         <v>239</v>
       </c>
       <c r="B240" s="2" t="s">
-        <v>1131</v>
+        <v>1141</v>
       </c>
       <c r="C240" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D240" s="2">
         <v>1340185</v>
       </c>
       <c r="E240" s="2">
         <v>3435901976</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>1132</v>
+        <v>1142</v>
       </c>
       <c r="G240" s="2" t="s">
-        <v>1133</v>
+        <v>1143</v>
       </c>
       <c r="H240" s="2" t="s">
-        <v>1134</v>
+        <v>1144</v>
       </c>
       <c r="I240" s="2" t="s">
-        <v>1135</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" s="2">
         <v>240</v>
       </c>
       <c r="B241" s="2" t="s">
-        <v>1136</v>
+        <v>1146</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>1137</v>
+        <v>1147</v>
       </c>
       <c r="D241" s="2">
         <v>1340670</v>
       </c>
       <c r="E241" s="2">
         <v>3444265068</v>
       </c>
       <c r="F241" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G241" s="2" t="s">
-        <v>1138</v>
+        <v>1148</v>
       </c>
       <c r="H241" s="2" t="s">
-        <v>1139</v>
+        <v>1149</v>
       </c>
       <c r="I241" s="2" t="s">
-        <v>1140</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" s="2">
         <v>241</v>
       </c>
       <c r="B242" s="2" t="s">
-        <v>1141</v>
+        <v>1151</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>1142</v>
+        <v>1152</v>
       </c>
       <c r="D242" s="2">
         <v>1340782</v>
       </c>
       <c r="E242" s="2">
         <v>3443144712</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G242" s="2" t="s">
-        <v>1143</v>
+        <v>1153</v>
       </c>
       <c r="H242" s="2" t="s">
-        <v>1144</v>
+        <v>1154</v>
       </c>
       <c r="I242" s="2" t="s">
-        <v>1145</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" s="2">
         <v>242</v>
       </c>
       <c r="B243" s="2" t="s">
-        <v>1146</v>
+        <v>1156</v>
       </c>
       <c r="C243" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D243" s="2">
         <v>1350186</v>
       </c>
       <c r="E243" s="2">
         <v>3525169877</v>
       </c>
       <c r="F243" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G243" s="2" t="s">
-        <v>1147</v>
+        <v>1157</v>
       </c>
       <c r="H243" s="2" t="s">
-        <v>1148</v>
+        <v>1158</v>
       </c>
       <c r="I243" s="2" t="s">
-        <v>1149</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" s="2">
         <v>243</v>
       </c>
       <c r="B244" s="2" t="s">
-        <v>1150</v>
+        <v>1160</v>
       </c>
       <c r="C244" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D244" s="2">
         <v>1350187</v>
       </c>
       <c r="E244" s="2">
         <v>3528252890</v>
       </c>
       <c r="F244" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G244" s="2" t="s">
-        <v>1151</v>
+        <v>1161</v>
       </c>
       <c r="H244" s="2" t="s">
-        <v>1152</v>
+        <v>1162</v>
       </c>
       <c r="I244" s="2" t="s">
-        <v>1153</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" s="2">
         <v>244</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>1154</v>
+        <v>1164</v>
       </c>
       <c r="C245" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D245" s="2">
         <v>1350188</v>
       </c>
       <c r="E245" s="2">
         <v>3525300899</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>1155</v>
+        <v>1165</v>
       </c>
       <c r="G245" s="2" t="s">
-        <v>1156</v>
+        <v>1166</v>
       </c>
       <c r="H245" s="2" t="s">
-        <v>1157</v>
+        <v>1167</v>
       </c>
       <c r="I245" s="2" t="s">
-        <v>1158</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" s="2">
         <v>245</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>1159</v>
+        <v>1169</v>
       </c>
       <c r="C246" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D246" s="2">
         <v>1350189</v>
       </c>
       <c r="E246" s="2">
         <v>3525251257</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G246" s="2" t="s">
-        <v>1160</v>
+        <v>1170</v>
       </c>
       <c r="H246" s="2" t="s">
-        <v>1161</v>
+        <v>1171</v>
       </c>
       <c r="I246" s="2" t="s">
-        <v>1162</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" s="2">
         <v>246</v>
       </c>
       <c r="B247" s="2" t="s">
-        <v>1163</v>
+        <v>1173</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D247" s="2">
         <v>1350190</v>
       </c>
       <c r="E247" s="2">
         <v>3525269286</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G247" s="2" t="s">
-        <v>1164</v>
+        <v>1174</v>
       </c>
       <c r="H247" s="2" t="s">
-        <v>1165</v>
+        <v>1175</v>
       </c>
       <c r="I247" s="2" t="s">
-        <v>1166</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248" s="2">
         <v>247</v>
       </c>
       <c r="B248" s="2" t="s">
-        <v>1167</v>
+        <v>1177</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>1168</v>
+        <v>1178</v>
       </c>
       <c r="D248" s="2">
         <v>1350765</v>
       </c>
       <c r="E248" s="2">
         <v>3528305870</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>350</v>
+        <v>867</v>
       </c>
       <c r="G248" s="2" t="s">
-        <v>1169</v>
+        <v>1179</v>
       </c>
       <c r="H248" s="2" t="s">
-        <v>1170</v>
+        <v>1180</v>
       </c>
       <c r="I248" s="2" t="s">
-        <v>1171</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249" s="2">
         <v>248</v>
       </c>
       <c r="B249" s="2" t="s">
-        <v>1172</v>
+        <v>1182</v>
       </c>
       <c r="C249" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D249" s="2">
         <v>1360190</v>
       </c>
       <c r="E249" s="2">
         <v>3664212375</v>
       </c>
       <c r="F249" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G249" s="2" t="s">
-        <v>1173</v>
+        <v>1183</v>
       </c>
       <c r="H249" s="2" t="s">
-        <v>1174</v>
+        <v>1184</v>
       </c>
       <c r="I249" s="2" t="s">
-        <v>1175</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="250" spans="1:9">
       <c r="A250" s="2">
         <v>249</v>
       </c>
       <c r="B250" s="2" t="s">
-        <v>1176</v>
+        <v>1186</v>
       </c>
       <c r="C250" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D250" s="2">
         <v>1360191</v>
       </c>
       <c r="E250" s="2">
         <v>3664224532</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G250" s="2" t="s">
-        <v>1177</v>
+        <v>1187</v>
       </c>
       <c r="H250" s="2" t="s">
-        <v>1178</v>
+        <v>1188</v>
       </c>
       <c r="I250" s="2" t="s">
-        <v>1179</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251" s="2">
         <v>250</v>
       </c>
       <c r="B251" s="2" t="s">
-        <v>1180</v>
+        <v>1190</v>
       </c>
       <c r="C251" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D251" s="2">
         <v>1360192</v>
       </c>
       <c r="E251" s="2">
         <v>3666144160</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G251" s="2" t="s">
-        <v>1181</v>
+        <v>1191</v>
       </c>
       <c r="H251" s="2" t="s">
-        <v>1182</v>
+        <v>1192</v>
       </c>
       <c r="I251" s="2" t="s">
-        <v>1183</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="252" spans="1:9">
       <c r="A252" s="2">
         <v>251</v>
       </c>
       <c r="B252" s="2" t="s">
-        <v>1184</v>
+        <v>1194</v>
       </c>
       <c r="C252" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D252" s="2">
         <v>1360193</v>
       </c>
       <c r="E252" s="2">
         <v>3666144152</v>
       </c>
       <c r="F252" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G252" s="2" t="s">
-        <v>1185</v>
+        <v>1195</v>
       </c>
       <c r="H252" s="2" t="s">
-        <v>1182</v>
+        <v>1192</v>
       </c>
       <c r="I252" s="2" t="s">
-        <v>1183</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="253" spans="1:9">
       <c r="A253" s="2">
         <v>252</v>
       </c>
       <c r="B253" s="2" t="s">
-        <v>1186</v>
+        <v>1196</v>
       </c>
       <c r="C253" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D253" s="2">
         <v>1360203</v>
       </c>
       <c r="E253" s="2">
         <v>3601999008</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G253" s="2" t="s">
-        <v>1187</v>
+        <v>1197</v>
       </c>
       <c r="H253" s="2" t="s">
-        <v>1188</v>
+        <v>1198</v>
       </c>
       <c r="I253" s="2" t="s">
-        <v>1189</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254" s="2">
         <v>253</v>
       </c>
       <c r="B254" s="2" t="s">
-        <v>1190</v>
+        <v>1200</v>
       </c>
       <c r="C254" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D254" s="2">
         <v>1360204</v>
       </c>
       <c r="E254" s="2">
         <v>3602007760</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G254" s="2" t="s">
-        <v>1191</v>
+        <v>1201</v>
       </c>
       <c r="H254" s="2" t="s">
-        <v>1192</v>
+        <v>1202</v>
       </c>
       <c r="I254" s="2" t="s">
-        <v>1193</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255" s="2">
         <v>254</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>1194</v>
+        <v>1204</v>
       </c>
       <c r="C255" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D255" s="2">
         <v>1360205</v>
       </c>
       <c r="E255" s="2">
         <v>3603005685</v>
       </c>
       <c r="F255" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G255" s="2" t="s">
-        <v>1195</v>
+        <v>1205</v>
       </c>
       <c r="H255" s="2" t="s">
-        <v>1196</v>
+        <v>1206</v>
       </c>
       <c r="I255" s="2" t="s">
-        <v>1197</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256" s="2">
         <v>255</v>
       </c>
       <c r="B256" s="2" t="s">
-        <v>1198</v>
+        <v>1208</v>
       </c>
       <c r="C256" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D256" s="2">
         <v>1360206</v>
       </c>
       <c r="E256" s="2">
         <v>3604010529</v>
       </c>
       <c r="F256" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G256" s="2" t="s">
-        <v>1199</v>
+        <v>1209</v>
       </c>
       <c r="H256" s="2" t="s">
-        <v>1200</v>
+        <v>1210</v>
       </c>
       <c r="I256" s="2" t="s">
-        <v>1201</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257" s="2">
         <v>256</v>
       </c>
       <c r="B257" s="2" t="s">
-        <v>1202</v>
+        <v>1212</v>
       </c>
       <c r="C257" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D257" s="2">
         <v>1360207</v>
       </c>
       <c r="E257" s="2">
         <v>3605006236</v>
       </c>
       <c r="F257" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G257" s="2" t="s">
-        <v>1203</v>
+        <v>1213</v>
       </c>
       <c r="H257" s="2" t="s">
-        <v>1204</v>
+        <v>1214</v>
       </c>
       <c r="I257" s="2" t="s">
-        <v>1205</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" s="2">
         <v>257</v>
       </c>
       <c r="B258" s="2" t="s">
-        <v>1206</v>
+        <v>1216</v>
       </c>
       <c r="C258" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D258" s="2">
         <v>1360208</v>
       </c>
       <c r="E258" s="2">
         <v>3606004672</v>
       </c>
       <c r="F258" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G258" s="2" t="s">
-        <v>1207</v>
+        <v>1217</v>
       </c>
       <c r="H258" s="2" t="s">
-        <v>1208</v>
+        <v>1218</v>
       </c>
       <c r="I258" s="2" t="s">
-        <v>1209</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" s="2">
         <v>258</v>
       </c>
       <c r="B259" s="2" t="s">
-        <v>1210</v>
+        <v>1220</v>
       </c>
       <c r="C259" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D259" s="2">
         <v>1360209</v>
       </c>
       <c r="E259" s="2">
         <v>3607005238</v>
       </c>
       <c r="F259" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G259" s="2" t="s">
-        <v>1211</v>
+        <v>1221</v>
       </c>
       <c r="H259" s="2" t="s">
-        <v>1212</v>
+        <v>1222</v>
       </c>
       <c r="I259" s="2" t="s">
-        <v>1213</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" s="2">
         <v>259</v>
       </c>
       <c r="B260" s="2" t="s">
-        <v>1214</v>
+        <v>1224</v>
       </c>
       <c r="C260" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D260" s="2">
         <v>1360211</v>
       </c>
       <c r="E260" s="2">
         <v>3610006552</v>
       </c>
       <c r="F260" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G260" s="2" t="s">
-        <v>1215</v>
+        <v>1225</v>
       </c>
       <c r="H260" s="2" t="s">
-        <v>1216</v>
+        <v>1226</v>
       </c>
       <c r="I260" s="2" t="s">
-        <v>1217</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" s="2">
         <v>260</v>
       </c>
       <c r="B261" s="2" t="s">
-        <v>1218</v>
+        <v>1228</v>
       </c>
       <c r="C261" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D261" s="2">
         <v>1360212</v>
       </c>
       <c r="E261" s="2">
         <v>3652004740</v>
       </c>
       <c r="F261" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G261" s="2" t="s">
-        <v>1219</v>
+        <v>1229</v>
       </c>
       <c r="H261" s="2" t="s">
-        <v>1220</v>
+        <v>1230</v>
       </c>
       <c r="I261" s="2" t="s">
-        <v>1221</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" s="2">
         <v>261</v>
       </c>
       <c r="B262" s="2" t="s">
-        <v>1222</v>
+        <v>1232</v>
       </c>
       <c r="C262" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D262" s="2">
         <v>1360213</v>
       </c>
       <c r="E262" s="2">
         <v>3616999089</v>
       </c>
       <c r="F262" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G262" s="2" t="s">
-        <v>1223</v>
+        <v>1233</v>
       </c>
       <c r="H262" s="2" t="s">
-        <v>1224</v>
+        <v>1234</v>
       </c>
       <c r="I262" s="2" t="s">
-        <v>1225</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" s="2">
         <v>262</v>
       </c>
       <c r="B263" s="2" t="s">
-        <v>1226</v>
+        <v>1236</v>
       </c>
       <c r="C263" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D263" s="2">
         <v>1360214</v>
       </c>
       <c r="E263" s="2">
         <v>3651999042</v>
       </c>
       <c r="F263" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G263" s="2" t="s">
-        <v>1227</v>
+        <v>1237</v>
       </c>
       <c r="H263" s="2" t="s">
-        <v>1228</v>
+        <v>1238</v>
       </c>
       <c r="I263" s="2" t="s">
-        <v>1229</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" s="2">
         <v>263</v>
       </c>
       <c r="B264" s="2" t="s">
-        <v>1230</v>
+        <v>1240</v>
       </c>
       <c r="C264" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D264" s="2">
         <v>1360215</v>
       </c>
       <c r="E264" s="2">
         <v>3617999081</v>
       </c>
       <c r="F264" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G264" s="2" t="s">
-        <v>1231</v>
+        <v>1241</v>
       </c>
       <c r="H264" s="2" t="s">
-        <v>1232</v>
+        <v>1242</v>
       </c>
       <c r="I264" s="2" t="s">
-        <v>1233</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" s="2">
         <v>264</v>
       </c>
       <c r="B265" s="2" t="s">
-        <v>1234</v>
+        <v>1244</v>
       </c>
       <c r="C265" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D265" s="2">
         <v>1360216</v>
       </c>
       <c r="E265" s="2">
         <v>3620009658</v>
       </c>
       <c r="F265" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G265" s="2" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="H265" s="2" t="s">
-        <v>1236</v>
+        <v>1246</v>
       </c>
       <c r="I265" s="2" t="s">
-        <v>1237</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266" s="2">
         <v>265</v>
       </c>
       <c r="B266" s="2" t="s">
-        <v>1238</v>
+        <v>1248</v>
       </c>
       <c r="C266" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D266" s="2">
         <v>1360217</v>
       </c>
       <c r="E266" s="2">
         <v>3622004609</v>
       </c>
       <c r="F266" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G266" s="2" t="s">
-        <v>1239</v>
+        <v>1249</v>
       </c>
       <c r="H266" s="2" t="s">
-        <v>1240</v>
+        <v>1250</v>
       </c>
       <c r="I266" s="2" t="s">
-        <v>1241</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" s="2">
         <v>266</v>
       </c>
       <c r="B267" s="2" t="s">
-        <v>1242</v>
+        <v>1252</v>
       </c>
       <c r="C267" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D267" s="2">
         <v>1360218</v>
       </c>
       <c r="E267" s="2">
         <v>3623999001</v>
       </c>
       <c r="F267" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G267" s="2" t="s">
-        <v>1243</v>
+        <v>1253</v>
       </c>
       <c r="H267" s="2" t="s">
-        <v>1244</v>
+        <v>1254</v>
       </c>
       <c r="I267" s="2" t="s">
-        <v>1245</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" s="2">
         <v>267</v>
       </c>
       <c r="B268" s="2" t="s">
-        <v>1246</v>
+        <v>1256</v>
       </c>
       <c r="C268" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D268" s="2">
         <v>1360219</v>
       </c>
       <c r="E268" s="2">
         <v>3624003819</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G268" s="2" t="s">
-        <v>1247</v>
+        <v>1257</v>
       </c>
       <c r="H268" s="2" t="s">
-        <v>1248</v>
+        <v>1258</v>
       </c>
       <c r="I268" s="2" t="s">
-        <v>1249</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269" s="2">
         <v>268</v>
       </c>
       <c r="B269" s="2" t="s">
-        <v>1250</v>
+        <v>1260</v>
       </c>
       <c r="C269" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D269" s="2">
         <v>1360220</v>
       </c>
       <c r="E269" s="2">
         <v>3625007301</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G269" s="2" t="s">
-        <v>1251</v>
+        <v>1261</v>
       </c>
       <c r="H269" s="2" t="s">
-        <v>1252</v>
+        <v>1262</v>
       </c>
       <c r="I269" s="2" t="s">
-        <v>1253</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270" s="2">
         <v>269</v>
       </c>
       <c r="B270" s="2" t="s">
-        <v>1254</v>
+        <v>1264</v>
       </c>
       <c r="C270" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D270" s="2">
         <v>1360221</v>
       </c>
       <c r="E270" s="2">
         <v>3626999017</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G270" s="2" t="s">
-        <v>1255</v>
+        <v>1265</v>
       </c>
       <c r="H270" s="2" t="s">
-        <v>1256</v>
+        <v>1266</v>
       </c>
       <c r="I270" s="2" t="s">
-        <v>1257</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" s="2">
         <v>270</v>
       </c>
       <c r="B271" s="2" t="s">
-        <v>1258</v>
+        <v>1268</v>
       </c>
       <c r="C271" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D271" s="2">
         <v>1360222</v>
       </c>
       <c r="E271" s="2">
         <v>3627015322</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G271" s="2" t="s">
-        <v>1259</v>
+        <v>1269</v>
       </c>
       <c r="H271" s="2" t="s">
-        <v>1260</v>
+        <v>1270</v>
       </c>
       <c r="I271" s="2" t="s">
-        <v>1261</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" s="2">
         <v>271</v>
       </c>
       <c r="B272" s="2" t="s">
-        <v>1262</v>
+        <v>1272</v>
       </c>
       <c r="C272" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D272" s="2">
         <v>1360223</v>
       </c>
       <c r="E272" s="2">
         <v>3628009233</v>
       </c>
       <c r="F272" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G272" s="2" t="s">
-        <v>1263</v>
+        <v>1273</v>
       </c>
       <c r="H272" s="2" t="s">
-        <v>1264</v>
+        <v>1274</v>
       </c>
       <c r="I272" s="2" t="s">
-        <v>1265</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" s="2">
         <v>272</v>
       </c>
       <c r="B273" s="2" t="s">
-        <v>1266</v>
+        <v>1276</v>
       </c>
       <c r="C273" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D273" s="2">
         <v>1360224</v>
       </c>
       <c r="E273" s="2">
         <v>3629999030</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G273" s="2" t="s">
-        <v>1267</v>
+        <v>1277</v>
       </c>
       <c r="H273" s="2" t="s">
-        <v>1268</v>
+        <v>1278</v>
       </c>
       <c r="I273" s="2" t="s">
-        <v>1269</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" s="2">
         <v>273</v>
       </c>
       <c r="B274" s="2" t="s">
-        <v>1270</v>
+        <v>1280</v>
       </c>
       <c r="C274" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D274" s="2">
         <v>1360225</v>
       </c>
       <c r="E274" s="2">
         <v>3631999012</v>
       </c>
       <c r="F274" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G274" s="2" t="s">
-        <v>1271</v>
+        <v>1281</v>
       </c>
       <c r="H274" s="2" t="s">
-        <v>1272</v>
+        <v>1282</v>
       </c>
       <c r="I274" s="2" t="s">
-        <v>1273</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" s="2">
         <v>274</v>
       </c>
       <c r="B275" s="2" t="s">
-        <v>1274</v>
+        <v>1284</v>
       </c>
       <c r="C275" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D275" s="2">
         <v>1360229</v>
       </c>
       <c r="E275" s="2">
         <v>3664114402</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="G275" s="2" t="s">
-        <v>1275</v>
+        <v>1285</v>
       </c>
       <c r="H275" s="2" t="s">
-        <v>1276</v>
+        <v>1286</v>
       </c>
       <c r="I275" s="2" t="s">
-        <v>1277</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" s="2">
         <v>275</v>
       </c>
       <c r="B276" s="2" t="s">
-        <v>1278</v>
+        <v>1288</v>
       </c>
       <c r="C276" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D276" s="2">
         <v>1360231</v>
       </c>
       <c r="E276" s="2">
         <v>3666127566</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="G276" s="2" t="s">
-        <v>1279</v>
+        <v>1289</v>
       </c>
       <c r="H276" s="2" t="s">
-        <v>1280</v>
+        <v>1290</v>
       </c>
       <c r="I276" s="2" t="s">
-        <v>1281</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" s="2">
         <v>276</v>
       </c>
       <c r="B277" s="2" t="s">
-        <v>1282</v>
+        <v>1292</v>
       </c>
       <c r="C277" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D277" s="2">
         <v>1370118</v>
       </c>
       <c r="E277" s="2">
         <v>3703021585</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="G277" s="2" t="s">
-        <v>1283</v>
+        <v>1293</v>
       </c>
       <c r="H277" s="2" t="s">
-        <v>1284</v>
+        <v>1294</v>
       </c>
       <c r="I277" s="2" t="s">
-        <v>1285</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" s="2">
         <v>277</v>
       </c>
       <c r="B278" s="2" t="s">
-        <v>1286</v>
+        <v>1296</v>
       </c>
       <c r="C278" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D278" s="2">
         <v>1370119</v>
       </c>
       <c r="E278" s="2">
         <v>3728015495</v>
       </c>
       <c r="F278" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G278" s="2" t="s">
-        <v>1287</v>
+        <v>1297</v>
       </c>
       <c r="H278" s="2" t="s">
-        <v>1288</v>
+        <v>1298</v>
       </c>
       <c r="I278" s="2" t="s">
-        <v>1289</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" s="2">
         <v>278</v>
       </c>
       <c r="B279" s="2" t="s">
-        <v>1290</v>
+        <v>1300</v>
       </c>
       <c r="C279" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D279" s="2">
         <v>1370120</v>
       </c>
       <c r="E279" s="2">
         <v>3702574876</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="G279" s="2" t="s">
-        <v>1291</v>
+        <v>1301</v>
       </c>
       <c r="H279" s="2" t="s">
-        <v>1292</v>
+        <v>1302</v>
       </c>
       <c r="I279" s="2" t="s">
-        <v>1293</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" s="2">
         <v>279</v>
       </c>
       <c r="B280" s="2" t="s">
-        <v>1294</v>
+        <v>1304</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>1295</v>
+        <v>1305</v>
       </c>
       <c r="D280" s="2">
         <v>1370668</v>
       </c>
       <c r="E280" s="2">
         <v>3702199512</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>1296</v>
+        <v>1306</v>
       </c>
       <c r="G280" s="2" t="s">
-        <v>1297</v>
+        <v>1307</v>
       </c>
       <c r="H280" s="2" t="s">
-        <v>1298</v>
+        <v>1308</v>
       </c>
       <c r="I280" s="2" t="s">
-        <v>1299</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" s="2">
         <v>280</v>
       </c>
       <c r="B281" s="2" t="s">
-        <v>1300</v>
+        <v>1310</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>1295</v>
+        <v>1305</v>
       </c>
       <c r="D281" s="2">
         <v>1370669</v>
       </c>
       <c r="E281" s="2">
         <v>3702187267</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>301</v>
+        <v>872</v>
       </c>
       <c r="G281" s="2" t="s">
-        <v>1301</v>
+        <v>1311</v>
       </c>
       <c r="H281" s="2" t="s">
-        <v>1302</v>
+        <v>1312</v>
       </c>
       <c r="I281" s="2" t="s">
-        <v>1303</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" s="2">
         <v>281</v>
       </c>
       <c r="B282" s="2" t="s">
-        <v>1304</v>
+        <v>1314</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>1305</v>
+        <v>1315</v>
       </c>
       <c r="D282" s="2">
         <v>1370777</v>
       </c>
       <c r="E282" s="2">
         <v>3702228925</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G282" s="2" t="s">
-        <v>1306</v>
+        <v>1316</v>
       </c>
       <c r="H282" s="2" t="s">
-        <v>1288</v>
+        <v>1298</v>
       </c>
       <c r="I282" s="2" t="s">
-        <v>1307</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" s="2">
         <v>282</v>
       </c>
       <c r="B283" s="2" t="s">
-        <v>1308</v>
+        <v>1318</v>
       </c>
       <c r="C283" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D283" s="2">
         <v>1380232</v>
       </c>
       <c r="E283" s="2">
         <v>3801990027</v>
       </c>
       <c r="F283" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G283" s="2" t="s">
-        <v>1309</v>
+        <v>1319</v>
       </c>
       <c r="H283" s="2" t="s">
-        <v>1310</v>
+        <v>1320</v>
       </c>
       <c r="I283" s="2" t="s">
-        <v>1311</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" s="2">
         <v>283</v>
       </c>
       <c r="B284" s="2" t="s">
-        <v>1312</v>
+        <v>1322</v>
       </c>
       <c r="C284" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D284" s="2">
         <v>1380233</v>
       </c>
       <c r="E284" s="2">
         <v>3808187490</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>1313</v>
+        <v>1323</v>
       </c>
       <c r="G284" s="2" t="s">
-        <v>1314</v>
+        <v>1324</v>
       </c>
       <c r="H284" s="2" t="s">
-        <v>1315</v>
+        <v>1325</v>
       </c>
       <c r="I284" s="2" t="s">
-        <v>1316</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" s="2">
         <v>284</v>
       </c>
       <c r="B285" s="2" t="s">
-        <v>1317</v>
+        <v>1327</v>
       </c>
       <c r="C285" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D285" s="2">
         <v>1380235</v>
       </c>
       <c r="E285" s="2">
         <v>3801105025</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G285" s="2" t="s">
-        <v>1318</v>
+        <v>1328</v>
       </c>
       <c r="H285" s="2" t="s">
-        <v>1319</v>
+        <v>1329</v>
       </c>
       <c r="I285" s="2" t="s">
-        <v>1320</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286" s="2">
         <v>285</v>
       </c>
       <c r="B286" s="2" t="s">
-        <v>1321</v>
+        <v>1331</v>
       </c>
       <c r="C286" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D286" s="2">
         <v>1380236</v>
       </c>
       <c r="E286" s="2">
         <v>3814017263</v>
       </c>
       <c r="F286" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G286" s="2" t="s">
-        <v>1322</v>
+        <v>1332</v>
       </c>
       <c r="H286" s="2" t="s">
-        <v>1323</v>
+        <v>1333</v>
       </c>
       <c r="I286" s="2" t="s">
-        <v>1324</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287" s="2">
         <v>286</v>
       </c>
       <c r="B287" s="2" t="s">
-        <v>1325</v>
+        <v>1335</v>
       </c>
       <c r="C287" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D287" s="2">
         <v>1380237</v>
       </c>
       <c r="E287" s="2">
         <v>3814997510</v>
       </c>
       <c r="F287" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G287" s="2" t="s">
-        <v>1326</v>
+        <v>1336</v>
       </c>
       <c r="H287" s="2" t="s">
-        <v>1327</v>
+        <v>1337</v>
       </c>
       <c r="I287" s="2" t="s">
-        <v>1328</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288" s="2">
         <v>287</v>
       </c>
       <c r="B288" s="2" t="s">
-        <v>1329</v>
+        <v>1339</v>
       </c>
       <c r="C288" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D288" s="2">
         <v>1380238</v>
       </c>
       <c r="E288" s="2">
         <v>3818028354</v>
       </c>
       <c r="F288" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G288" s="2" t="s">
-        <v>1330</v>
+        <v>1340</v>
       </c>
       <c r="H288" s="2" t="s">
-        <v>1331</v>
+        <v>1341</v>
       </c>
       <c r="I288" s="2" t="s">
-        <v>1332</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289" s="2">
         <v>288</v>
       </c>
       <c r="B289" s="2" t="s">
-        <v>1333</v>
+        <v>1343</v>
       </c>
       <c r="C289" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D289" s="2">
         <v>1380239</v>
       </c>
       <c r="E289" s="2">
         <v>3814016990</v>
       </c>
       <c r="F289" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G289" s="2" t="s">
-        <v>1334</v>
+        <v>1344</v>
       </c>
       <c r="H289" s="2" t="s">
-        <v>1335</v>
+        <v>1345</v>
       </c>
       <c r="I289" s="2" t="s">
-        <v>1336</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290" s="2">
         <v>289</v>
       </c>
       <c r="B290" s="2" t="s">
-        <v>1337</v>
+        <v>1347</v>
       </c>
       <c r="C290" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D290" s="2">
         <v>1380240</v>
       </c>
       <c r="E290" s="2">
         <v>3851003678</v>
       </c>
       <c r="F290" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G290" s="2" t="s">
-        <v>1338</v>
+        <v>1348</v>
       </c>
       <c r="H290" s="2" t="s">
-        <v>1339</v>
+        <v>1349</v>
       </c>
       <c r="I290" s="2" t="s">
-        <v>1340</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291" s="2">
         <v>290</v>
       </c>
       <c r="B291" s="2" t="s">
-        <v>1341</v>
+        <v>1351</v>
       </c>
       <c r="C291" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D291" s="2">
         <v>1380241</v>
       </c>
       <c r="E291" s="2">
         <v>3814016140</v>
       </c>
       <c r="F291" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G291" s="2" t="s">
-        <v>1342</v>
+        <v>1352</v>
       </c>
       <c r="H291" s="2" t="s">
-        <v>1343</v>
+        <v>1353</v>
       </c>
       <c r="I291" s="2" t="s">
-        <v>1344</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292" s="2">
         <v>291</v>
       </c>
       <c r="B292" s="2" t="s">
-        <v>1345</v>
+        <v>1355</v>
       </c>
       <c r="C292" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D292" s="2">
         <v>1380242</v>
       </c>
       <c r="E292" s="2">
         <v>3851998007</v>
       </c>
       <c r="F292" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G292" s="2" t="s">
-        <v>1346</v>
+        <v>1356</v>
       </c>
       <c r="H292" s="2" t="s">
-        <v>1347</v>
+        <v>1357</v>
       </c>
       <c r="I292" s="2" t="s">
-        <v>1348</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293" s="2">
         <v>292</v>
       </c>
       <c r="B293" s="2" t="s">
-        <v>1349</v>
+        <v>1359</v>
       </c>
       <c r="C293" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D293" s="2">
         <v>1380243</v>
       </c>
       <c r="E293" s="2">
         <v>3816997219</v>
       </c>
       <c r="F293" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G293" s="2" t="s">
-        <v>1350</v>
+        <v>1360</v>
       </c>
       <c r="H293" s="2" t="s">
-        <v>1351</v>
+        <v>1361</v>
       </c>
       <c r="I293" s="2" t="s">
-        <v>1352</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" s="2">
         <v>293</v>
       </c>
       <c r="B294" s="2" t="s">
-        <v>1353</v>
+        <v>1363</v>
       </c>
       <c r="C294" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D294" s="2">
         <v>1380244</v>
       </c>
       <c r="E294" s="2">
         <v>3817038092</v>
       </c>
       <c r="F294" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G294" s="2" t="s">
-        <v>1354</v>
+        <v>1364</v>
       </c>
       <c r="H294" s="2" t="s">
-        <v>1355</v>
+        <v>1365</v>
       </c>
       <c r="I294" s="2" t="s">
-        <v>1356</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" s="2">
         <v>294</v>
       </c>
       <c r="B295" s="2" t="s">
-        <v>1357</v>
+        <v>1367</v>
       </c>
       <c r="C295" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D295" s="2">
         <v>1380246</v>
       </c>
       <c r="E295" s="2">
         <v>3818029140</v>
       </c>
       <c r="F295" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G295" s="2" t="s">
-        <v>1358</v>
+        <v>1368</v>
       </c>
       <c r="H295" s="2" t="s">
-        <v>1359</v>
+        <v>1369</v>
       </c>
       <c r="I295" s="2" t="s">
-        <v>1360</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296" s="2">
         <v>295</v>
       </c>
       <c r="B296" s="2" t="s">
-        <v>1361</v>
+        <v>1371</v>
       </c>
       <c r="C296" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D296" s="2">
         <v>1380247</v>
       </c>
       <c r="E296" s="2">
         <v>3804009753</v>
       </c>
       <c r="F296" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G296" s="2" t="s">
-        <v>1362</v>
+        <v>1372</v>
       </c>
       <c r="H296" s="2" t="s">
-        <v>1363</v>
+        <v>1373</v>
       </c>
       <c r="I296" s="2" t="s">
-        <v>1364</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" s="2">
         <v>296</v>
       </c>
       <c r="B297" s="2" t="s">
-        <v>1365</v>
+        <v>1375</v>
       </c>
       <c r="C297" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D297" s="2">
         <v>1380248</v>
       </c>
       <c r="E297" s="2">
         <v>3827040118</v>
       </c>
       <c r="F297" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G297" s="2" t="s">
-        <v>1366</v>
+        <v>1376</v>
       </c>
       <c r="H297" s="2" t="s">
-        <v>1367</v>
+        <v>1377</v>
       </c>
       <c r="I297" s="2" t="s">
-        <v>1368</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" s="2">
         <v>297</v>
       </c>
       <c r="B298" s="2" t="s">
-        <v>1369</v>
+        <v>1379</v>
       </c>
       <c r="C298" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D298" s="2">
         <v>1380252</v>
       </c>
       <c r="E298" s="2">
         <v>3848002314</v>
       </c>
       <c r="F298" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G298" s="2" t="s">
-        <v>1370</v>
+        <v>1380</v>
       </c>
       <c r="H298" s="2" t="s">
-        <v>1371</v>
+        <v>1381</v>
       </c>
       <c r="I298" s="2" t="s">
-        <v>1372</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" s="2">
         <v>298</v>
       </c>
       <c r="B299" s="2" t="s">
-        <v>1373</v>
+        <v>1383</v>
       </c>
       <c r="C299" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D299" s="2">
         <v>1390253</v>
       </c>
       <c r="E299" s="2">
         <v>3906905082</v>
       </c>
       <c r="F299" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G299" s="2" t="s">
-        <v>1374</v>
+        <v>1384</v>
       </c>
       <c r="H299" s="2" t="s">
-        <v>1375</v>
+        <v>1385</v>
       </c>
       <c r="I299" s="2" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300" s="2">
         <v>299</v>
       </c>
       <c r="B300" s="2" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="C300" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D300" s="2">
         <v>1390254</v>
       </c>
       <c r="E300" s="2">
         <v>3906905075</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>1378</v>
+        <v>1388</v>
       </c>
       <c r="G300" s="2" t="s">
-        <v>1379</v>
+        <v>1389</v>
       </c>
       <c r="H300" s="2" t="s">
-        <v>1375</v>
+        <v>1385</v>
       </c>
       <c r="I300" s="2" t="s">
-        <v>1380</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301" s="2">
         <v>300</v>
       </c>
       <c r="B301" s="2" t="s">
-        <v>1381</v>
+        <v>1391</v>
       </c>
       <c r="C301" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D301" s="2">
         <v>1390255</v>
       </c>
       <c r="E301" s="2">
         <v>3906905068</v>
       </c>
       <c r="F301" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G301" s="2" t="s">
-        <v>1382</v>
+        <v>1392</v>
       </c>
       <c r="H301" s="2" t="s">
-        <v>1383</v>
+        <v>1393</v>
       </c>
       <c r="I301" s="2" t="s">
-        <v>1384</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302" s="2">
         <v>301</v>
       </c>
       <c r="B302" s="2" t="s">
-        <v>1385</v>
+        <v>1395</v>
       </c>
       <c r="C302" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D302" s="2">
         <v>1400256</v>
       </c>
       <c r="E302" s="2">
         <v>4025415484</v>
       </c>
       <c r="F302" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G302" s="2" t="s">
-        <v>1386</v>
+        <v>1396</v>
       </c>
       <c r="H302" s="2" t="s">
-        <v>1387</v>
+        <v>1397</v>
       </c>
       <c r="I302" s="2" t="s">
-        <v>1388</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303" s="2">
         <v>302</v>
       </c>
       <c r="B303" s="2" t="s">
-        <v>1389</v>
+        <v>1399</v>
       </c>
       <c r="C303" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D303" s="2">
         <v>1400257</v>
       </c>
       <c r="E303" s="2">
         <v>4025427585</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>1390</v>
+        <v>1400</v>
       </c>
       <c r="G303" s="2" t="s">
-        <v>1391</v>
+        <v>1401</v>
       </c>
       <c r="H303" s="2" t="s">
-        <v>1392</v>
+        <v>1402</v>
       </c>
       <c r="I303" s="2" t="s">
-        <v>1393</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304" s="2">
         <v>303</v>
       </c>
       <c r="B304" s="2" t="s">
-        <v>1394</v>
+        <v>1404</v>
       </c>
       <c r="C304" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D304" s="2">
         <v>1400258</v>
       </c>
       <c r="E304" s="2">
         <v>4025433807</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G304" s="2" t="s">
-        <v>1395</v>
+        <v>1405</v>
       </c>
       <c r="H304" s="2" t="s">
-        <v>1396</v>
+        <v>1406</v>
       </c>
       <c r="I304" s="2" t="s">
-        <v>1397</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305" s="2">
         <v>304</v>
       </c>
       <c r="B305" s="2" t="s">
-        <v>1398</v>
+        <v>1408</v>
       </c>
       <c r="C305" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D305" s="2">
         <v>1400259</v>
       </c>
       <c r="E305" s="2">
         <v>4025078327</v>
       </c>
       <c r="F305" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G305" s="2" t="s">
-        <v>1399</v>
+        <v>1409</v>
       </c>
       <c r="H305" s="2" t="s">
-        <v>1387</v>
+        <v>1397</v>
       </c>
       <c r="I305" s="2" t="s">
-        <v>1400</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="A306" s="2">
         <v>305</v>
       </c>
       <c r="B306" s="2" t="s">
-        <v>1401</v>
+        <v>1411</v>
       </c>
       <c r="C306" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D306" s="2">
         <v>1400261</v>
       </c>
       <c r="E306" s="2">
         <v>4027015435</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G306" s="2" t="s">
-        <v>1402</v>
+        <v>1412</v>
       </c>
       <c r="H306" s="2" t="s">
-        <v>1403</v>
+        <v>1413</v>
       </c>
       <c r="I306" s="2" t="s">
-        <v>1404</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307" s="2">
         <v>306</v>
       </c>
       <c r="B307" s="2" t="s">
-        <v>1405</v>
+        <v>1415</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D307" s="2">
         <v>1400262</v>
       </c>
       <c r="E307" s="2">
         <v>4027085680</v>
       </c>
       <c r="F307" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G307" s="2" t="s">
-        <v>1406</v>
+        <v>1416</v>
       </c>
       <c r="H307" s="2" t="s">
-        <v>1407</v>
+        <v>1417</v>
       </c>
       <c r="I307" s="2" t="s">
-        <v>1408</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="308" spans="1:9">
       <c r="A308" s="2">
         <v>307</v>
       </c>
       <c r="B308" s="2" t="s">
-        <v>1409</v>
+        <v>1419</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>1410</v>
+        <v>1420</v>
       </c>
       <c r="D308" s="2">
         <v>1400263</v>
       </c>
       <c r="E308" s="2">
         <v>4027135732</v>
       </c>
       <c r="F308" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G308" s="2" t="s">
-        <v>1402</v>
+        <v>1412</v>
       </c>
       <c r="H308" s="2" t="s">
-        <v>1411</v>
+        <v>1421</v>
       </c>
       <c r="I308" s="2" t="s">
-        <v>1412</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309" s="2">
         <v>308</v>
       </c>
       <c r="B309" s="2" t="s">
-        <v>1413</v>
+        <v>1423</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>1414</v>
+        <v>1424</v>
       </c>
       <c r="D309" s="2">
         <v>1400826</v>
       </c>
       <c r="E309" s="2">
         <v>4025084017</v>
       </c>
       <c r="F309" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G309" s="2" t="s">
-        <v>1391</v>
+        <v>1401</v>
       </c>
       <c r="H309" s="2" t="s">
-        <v>1415</v>
+        <v>1425</v>
       </c>
       <c r="I309" s="2" t="s">
-        <v>1416</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310" s="2">
         <v>309</v>
       </c>
       <c r="B310" s="2" t="s">
-        <v>1417</v>
+        <v>1427</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>996</v>
+        <v>1006</v>
       </c>
       <c r="D310" s="2">
         <v>1400830</v>
       </c>
       <c r="E310" s="2">
         <v>4027145410</v>
       </c>
       <c r="F310" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G310" s="2" t="s">
-        <v>1418</v>
+        <v>1428</v>
       </c>
       <c r="H310" s="2" t="s">
-        <v>1419</v>
+        <v>1429</v>
       </c>
       <c r="I310" s="2" t="s">
-        <v>1420</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="311" spans="1:9">
       <c r="A311" s="2">
         <v>310</v>
       </c>
       <c r="B311" s="2" t="s">
-        <v>1421</v>
+        <v>1431</v>
       </c>
       <c r="C311" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D311" s="2">
         <v>1410263</v>
       </c>
       <c r="E311" s="2">
         <v>4101141534</v>
       </c>
       <c r="F311" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G311" s="2" t="s">
-        <v>1422</v>
+        <v>1432</v>
       </c>
       <c r="H311" s="2" t="s">
-        <v>1423</v>
+        <v>1433</v>
       </c>
       <c r="I311" s="2" t="s">
-        <v>1424</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="312" spans="1:9">
       <c r="A312" s="2">
         <v>311</v>
       </c>
       <c r="B312" s="2" t="s">
-        <v>1425</v>
+        <v>1435</v>
       </c>
       <c r="C312" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D312" s="2">
         <v>1410264</v>
       </c>
       <c r="E312" s="2">
         <v>4101091354</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>1426</v>
+        <v>1436</v>
       </c>
       <c r="G312" s="2" t="s">
-        <v>1427</v>
+        <v>1437</v>
       </c>
       <c r="H312" s="2" t="s">
-        <v>1428</v>
+        <v>1438</v>
       </c>
       <c r="I312" s="2" t="s">
-        <v>1429</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="313" spans="1:9">
       <c r="A313" s="2">
         <v>312</v>
       </c>
       <c r="B313" s="2" t="s">
-        <v>1430</v>
+        <v>1440</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>1431</v>
+        <v>1441</v>
       </c>
       <c r="D313" s="2">
         <v>1410713</v>
       </c>
       <c r="E313" s="2">
         <v>4101183774</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>68</v>
+        <v>1442</v>
       </c>
       <c r="G313" s="2" t="s">
-        <v>1432</v>
+        <v>1443</v>
       </c>
       <c r="H313" s="2" t="s">
-        <v>1433</v>
+        <v>1444</v>
       </c>
       <c r="I313" s="2" t="s">
-        <v>1434</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314" s="2">
         <v>313</v>
       </c>
       <c r="B314" s="2" t="s">
-        <v>1435</v>
+        <v>1446</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>1436</v>
+        <v>1447</v>
       </c>
       <c r="D314" s="2">
         <v>1410715</v>
       </c>
       <c r="E314" s="2">
         <v>4101183767</v>
       </c>
       <c r="F314" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G314" s="2" t="s">
-        <v>1437</v>
+        <v>1448</v>
       </c>
       <c r="H314" s="2" t="s">
-        <v>1438</v>
+        <v>1449</v>
       </c>
       <c r="I314" s="2" t="s">
-        <v>1439</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="315" spans="1:9">
       <c r="A315" s="2">
         <v>314</v>
       </c>
       <c r="B315" s="2" t="s">
-        <v>1440</v>
+        <v>1451</v>
       </c>
       <c r="C315" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D315" s="2">
         <v>1420265</v>
       </c>
       <c r="E315" s="2">
         <v>4207043015</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G315" s="2" t="s">
-        <v>1441</v>
+        <v>1452</v>
       </c>
       <c r="H315" s="2" t="s">
-        <v>1442</v>
+        <v>1453</v>
       </c>
       <c r="I315" s="2" t="s">
-        <v>1443</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316" s="2">
         <v>315</v>
       </c>
       <c r="B316" s="2" t="s">
-        <v>1444</v>
+        <v>1455</v>
       </c>
       <c r="C316" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D316" s="2">
         <v>1420266</v>
       </c>
       <c r="E316" s="2">
         <v>4207045527</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>1445</v>
+        <v>1456</v>
       </c>
       <c r="G316" s="2" t="s">
-        <v>1446</v>
+        <v>1457</v>
       </c>
       <c r="H316" s="2" t="s">
-        <v>1447</v>
+        <v>1458</v>
       </c>
       <c r="I316" s="2" t="s">
-        <v>1448</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="317" spans="1:9">
       <c r="A317" s="2">
         <v>316</v>
       </c>
       <c r="B317" s="2" t="s">
-        <v>1449</v>
+        <v>1460</v>
       </c>
       <c r="C317" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D317" s="2">
         <v>1420267</v>
       </c>
       <c r="E317" s="2">
         <v>4212016458</v>
       </c>
       <c r="F317" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G317" s="2" t="s">
-        <v>1450</v>
+        <v>1461</v>
       </c>
       <c r="H317" s="2" t="s">
-        <v>1451</v>
+        <v>1462</v>
       </c>
       <c r="I317" s="2" t="s">
-        <v>1452</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="318" spans="1:9">
       <c r="A318" s="2">
         <v>317</v>
       </c>
       <c r="B318" s="2" t="s">
-        <v>1453</v>
+        <v>1464</v>
       </c>
       <c r="C318" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D318" s="2">
         <v>1420268</v>
       </c>
       <c r="E318" s="2">
         <v>4214034999</v>
       </c>
       <c r="F318" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G318" s="2" t="s">
-        <v>1454</v>
+        <v>1465</v>
       </c>
       <c r="H318" s="2" t="s">
-        <v>1455</v>
+        <v>1466</v>
       </c>
       <c r="I318" s="2" t="s">
-        <v>1456</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319" s="2">
         <v>318</v>
       </c>
       <c r="B319" s="2" t="s">
-        <v>1457</v>
+        <v>1468</v>
       </c>
       <c r="C319" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D319" s="2">
         <v>1420269</v>
       </c>
       <c r="E319" s="2">
         <v>4223028286</v>
       </c>
       <c r="F319" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G319" s="2" t="s">
-        <v>1458</v>
+        <v>1469</v>
       </c>
       <c r="H319" s="2" t="s">
-        <v>1459</v>
+        <v>1470</v>
       </c>
       <c r="I319" s="2" t="s">
-        <v>1460</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="320" spans="1:9">
       <c r="A320" s="2">
         <v>319</v>
       </c>
       <c r="B320" s="2" t="s">
-        <v>1105</v>
+        <v>1115</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>1461</v>
+        <v>1472</v>
       </c>
       <c r="D320" s="2">
         <v>1420671</v>
       </c>
       <c r="E320" s="2">
         <v>4205176884</v>
       </c>
       <c r="F320" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G320" s="2" t="s">
-        <v>1462</v>
+        <v>1473</v>
       </c>
       <c r="H320" s="2" t="s">
-        <v>1463</v>
+        <v>1474</v>
       </c>
       <c r="I320" s="2" t="s">
-        <v>1464</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="321" spans="1:9">
       <c r="A321" s="2">
         <v>320</v>
       </c>
       <c r="B321" s="2" t="s">
-        <v>1465</v>
+        <v>1476</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>1466</v>
+        <v>1477</v>
       </c>
       <c r="D321" s="2">
         <v>1420780</v>
       </c>
       <c r="E321" s="2">
         <v>4223034459</v>
       </c>
       <c r="F321" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G321" s="2" t="s">
-        <v>1467</v>
+        <v>1478</v>
       </c>
       <c r="H321" s="2" t="s">
-        <v>1468</v>
+        <v>1479</v>
       </c>
       <c r="I321" s="2" t="s">
-        <v>1469</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="322" spans="1:9">
       <c r="A322" s="2">
         <v>321</v>
       </c>
       <c r="B322" s="2" t="s">
-        <v>1470</v>
+        <v>1481</v>
       </c>
       <c r="C322" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D322" s="2">
         <v>1420802</v>
       </c>
       <c r="E322" s="2">
         <v>4205389000</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>1471</v>
+        <v>1482</v>
       </c>
       <c r="G322" s="2" t="s">
-        <v>1472</v>
+        <v>1483</v>
       </c>
       <c r="H322" s="2" t="s">
-        <v>1473</v>
+        <v>1484</v>
       </c>
       <c r="I322" s="2" t="s">
-        <v>1474</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="323" spans="1:9">
       <c r="A323" s="2">
         <v>322</v>
       </c>
       <c r="B323" s="2" t="s">
-        <v>1475</v>
+        <v>1486</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>1476</v>
+        <v>1487</v>
       </c>
       <c r="D323" s="2">
         <v>1420805</v>
       </c>
       <c r="E323" s="2">
         <v>4217198025</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G323" s="2" t="s">
-        <v>1477</v>
+        <v>1488</v>
       </c>
       <c r="H323" s="2" t="s">
-        <v>1478</v>
+        <v>1489</v>
       </c>
       <c r="I323" s="2" t="s">
-        <v>1452</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="324" spans="1:9">
       <c r="A324" s="2">
         <v>323</v>
       </c>
       <c r="B324" s="2" t="s">
-        <v>1479</v>
+        <v>1490</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>1480</v>
+        <v>1491</v>
       </c>
       <c r="D324" s="2">
         <v>1420907</v>
       </c>
       <c r="E324" s="2">
         <v>4205380030</v>
       </c>
       <c r="F324" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G324" s="2" t="s">
-        <v>1481</v>
+        <v>1492</v>
       </c>
       <c r="H324" s="2" t="s">
-        <v>1482</v>
+        <v>1493</v>
       </c>
       <c r="I324" s="2" t="s">
-        <v>1483</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="325" spans="1:9">
       <c r="A325" s="2">
         <v>324</v>
       </c>
       <c r="B325" s="2" t="s">
-        <v>1484</v>
+        <v>1495</v>
       </c>
       <c r="C325" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D325" s="2">
         <v>1430271</v>
       </c>
       <c r="E325" s="2">
         <v>4345045088</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>1485</v>
+        <v>1496</v>
       </c>
       <c r="G325" s="2" t="s">
-        <v>1486</v>
+        <v>1497</v>
       </c>
       <c r="H325" s="2" t="s">
-        <v>1487</v>
+        <v>1498</v>
       </c>
       <c r="I325" s="2" t="s">
-        <v>1488</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="326" spans="1:9">
       <c r="A326" s="2">
         <v>325</v>
       </c>
       <c r="B326" s="2" t="s">
-        <v>1489</v>
+        <v>1500</v>
       </c>
       <c r="C326" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D326" s="2">
         <v>1430272</v>
       </c>
       <c r="E326" s="2">
         <v>4303004650</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="G326" s="2" t="s">
-        <v>1490</v>
+        <v>1501</v>
       </c>
       <c r="H326" s="2" t="s">
-        <v>1491</v>
+        <v>1502</v>
       </c>
       <c r="I326" s="2" t="s">
-        <v>1492</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327" s="2">
         <v>326</v>
       </c>
       <c r="B327" s="2" t="s">
-        <v>1493</v>
+        <v>1504</v>
       </c>
       <c r="C327" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D327" s="2">
         <v>1430273</v>
       </c>
       <c r="E327" s="2">
         <v>4305070803</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="G327" s="2" t="s">
-        <v>1494</v>
+        <v>1505</v>
       </c>
       <c r="H327" s="2" t="s">
-        <v>1495</v>
+        <v>1506</v>
       </c>
       <c r="I327" s="2" t="s">
-        <v>1496</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328" s="2">
         <v>327</v>
       </c>
       <c r="B328" s="2" t="s">
-        <v>1497</v>
+        <v>1508</v>
       </c>
       <c r="C328" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D328" s="2">
         <v>1430274</v>
       </c>
       <c r="E328" s="2">
         <v>4307010140</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="G328" s="2" t="s">
-        <v>1498</v>
+        <v>1509</v>
       </c>
       <c r="H328" s="2" t="s">
-        <v>1499</v>
+        <v>1510</v>
       </c>
       <c r="I328" s="2" t="s">
-        <v>1500</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329" s="2">
         <v>328</v>
       </c>
       <c r="B329" s="2" t="s">
-        <v>1501</v>
+        <v>1512</v>
       </c>
       <c r="C329" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D329" s="2">
         <v>1430275</v>
       </c>
       <c r="E329" s="2">
         <v>4312128701</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="G329" s="2" t="s">
-        <v>1502</v>
+        <v>1513</v>
       </c>
       <c r="H329" s="2" t="s">
-        <v>1503</v>
+        <v>1514</v>
       </c>
       <c r="I329" s="2" t="s">
-        <v>1504</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="330" spans="1:9">
       <c r="A330" s="2">
         <v>329</v>
       </c>
       <c r="B330" s="2" t="s">
-        <v>1505</v>
+        <v>1516</v>
       </c>
       <c r="C330" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D330" s="2">
         <v>1430277</v>
       </c>
       <c r="E330" s="2">
         <v>4324006472</v>
       </c>
       <c r="F330" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G330" s="2" t="s">
-        <v>1506</v>
+        <v>1517</v>
       </c>
       <c r="H330" s="2" t="s">
-        <v>1507</v>
+        <v>1518</v>
       </c>
       <c r="I330" s="2" t="s">
-        <v>1508</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="331" spans="1:9">
       <c r="A331" s="2">
         <v>330</v>
       </c>
       <c r="B331" s="2" t="s">
-        <v>1509</v>
+        <v>1520</v>
       </c>
       <c r="C331" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D331" s="2">
         <v>1430278</v>
       </c>
       <c r="E331" s="2">
         <v>4326008718</v>
       </c>
       <c r="F331" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G331" s="2" t="s">
-        <v>1510</v>
+        <v>1521</v>
       </c>
       <c r="H331" s="2" t="s">
-        <v>1511</v>
+        <v>1522</v>
       </c>
       <c r="I331" s="2" t="s">
-        <v>1512</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="332" spans="1:9">
       <c r="A332" s="2">
         <v>331</v>
       </c>
       <c r="B332" s="2" t="s">
-        <v>1513</v>
+        <v>1524</v>
       </c>
       <c r="C332" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D332" s="2">
         <v>1430279</v>
       </c>
       <c r="E332" s="2">
         <v>4334006464</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="G332" s="2" t="s">
-        <v>1514</v>
+        <v>1525</v>
       </c>
       <c r="H332" s="2" t="s">
-        <v>1515</v>
+        <v>1526</v>
       </c>
       <c r="I332" s="2" t="s">
-        <v>1516</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="333" spans="1:9">
       <c r="A333" s="2">
         <v>332</v>
       </c>
       <c r="B333" s="2" t="s">
-        <v>1517</v>
+        <v>1528</v>
       </c>
       <c r="C333" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D333" s="2">
         <v>1430280</v>
       </c>
       <c r="E333" s="2">
         <v>4339008465</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="G333" s="2" t="s">
-        <v>1518</v>
+        <v>1529</v>
       </c>
       <c r="H333" s="2" t="s">
-        <v>1519</v>
+        <v>1530</v>
       </c>
       <c r="I333" s="2" t="s">
-        <v>1520</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="334" spans="1:9">
       <c r="A334" s="2">
         <v>333</v>
       </c>
       <c r="B334" s="2" t="s">
-        <v>1521</v>
+        <v>1532</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D334" s="2">
         <v>1430281</v>
       </c>
       <c r="E334" s="2">
         <v>4345980291</v>
       </c>
       <c r="F334" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G334" s="2" t="s">
-        <v>1522</v>
+        <v>1533</v>
       </c>
       <c r="H334" s="2" t="s">
-        <v>1523</v>
+        <v>1534</v>
       </c>
       <c r="I334" s="2" t="s">
-        <v>1524</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="335" spans="1:9">
       <c r="A335" s="2">
         <v>334</v>
       </c>
       <c r="B335" s="2" t="s">
-        <v>1525</v>
+        <v>1536</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D335" s="2">
         <v>1430283</v>
       </c>
       <c r="E335" s="2">
         <v>4332006243</v>
       </c>
       <c r="F335" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G335" s="2" t="s">
-        <v>1526</v>
+        <v>1537</v>
       </c>
       <c r="H335" s="2" t="s">
-        <v>1527</v>
+        <v>1538</v>
       </c>
       <c r="I335" s="2" t="s">
-        <v>1528</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="336" spans="1:9">
       <c r="A336" s="2">
         <v>335</v>
       </c>
       <c r="B336" s="2" t="s">
-        <v>1529</v>
+        <v>1540</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>1530</v>
+        <v>1541</v>
       </c>
       <c r="D336" s="2">
         <v>1430949</v>
       </c>
       <c r="E336" s="2">
         <v>4307014120</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>1531</v>
+        <v>1542</v>
       </c>
       <c r="G336" s="2" t="s">
-        <v>1532</v>
+        <v>1543</v>
       </c>
       <c r="H336" s="2" t="s">
-        <v>1533</v>
+        <v>1544</v>
       </c>
       <c r="I336" s="2" t="s">
-        <v>1534</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="337" spans="1:9">
       <c r="A337" s="2">
         <v>336</v>
       </c>
       <c r="B337" s="2" t="s">
-        <v>1535</v>
+        <v>1546</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>1530</v>
+        <v>1541</v>
       </c>
       <c r="D337" s="2">
         <v>1430950</v>
       </c>
       <c r="E337" s="2">
         <v>4336003300</v>
       </c>
       <c r="F337" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G337" s="2" t="s">
-        <v>1536</v>
+        <v>1547</v>
       </c>
       <c r="H337" s="2" t="s">
-        <v>1537</v>
+        <v>1548</v>
       </c>
       <c r="I337" s="2" t="s">
-        <v>1538</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="338" spans="1:9">
       <c r="A338" s="2">
         <v>337</v>
       </c>
       <c r="B338" s="2" t="s">
-        <v>1539</v>
+        <v>1550</v>
       </c>
       <c r="C338" s="2" t="s">
-        <v>1530</v>
+        <v>1541</v>
       </c>
       <c r="D338" s="2">
         <v>1430951</v>
       </c>
       <c r="E338" s="2">
         <v>4316005154</v>
       </c>
       <c r="F338" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G338" s="2" t="s">
-        <v>1540</v>
+        <v>1551</v>
       </c>
       <c r="H338" s="2" t="s">
-        <v>1541</v>
+        <v>1552</v>
       </c>
       <c r="I338" s="2" t="s">
-        <v>1542</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="339" spans="1:9">
       <c r="A339" s="2">
         <v>338</v>
       </c>
       <c r="B339" s="2" t="s">
-        <v>1543</v>
+        <v>1554</v>
       </c>
       <c r="C339" s="2" t="s">
-        <v>1530</v>
+        <v>1541</v>
       </c>
       <c r="D339" s="2">
         <v>1430952</v>
       </c>
       <c r="E339" s="2">
         <v>4321005600</v>
       </c>
       <c r="F339" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G339" s="2" t="s">
-        <v>1544</v>
+        <v>1555</v>
       </c>
       <c r="H339" s="2" t="s">
-        <v>1545</v>
+        <v>1556</v>
       </c>
       <c r="I339" s="2" t="s">
-        <v>1546</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="340" spans="1:9">
       <c r="A340" s="2">
         <v>339</v>
       </c>
       <c r="B340" s="2" t="s">
-        <v>1547</v>
+        <v>1558</v>
       </c>
       <c r="C340" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D340" s="2">
         <v>1440281</v>
       </c>
       <c r="E340" s="2">
         <v>4401165046</v>
       </c>
       <c r="F340" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G340" s="2" t="s">
-        <v>1548</v>
+        <v>1559</v>
       </c>
       <c r="H340" s="2" t="s">
-        <v>1549</v>
+        <v>1560</v>
       </c>
       <c r="I340" s="2" t="s">
-        <v>1550</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="341" spans="1:9">
       <c r="A341" s="2">
         <v>340</v>
       </c>
       <c r="B341" s="2" t="s">
-        <v>1551</v>
+        <v>1562</v>
       </c>
       <c r="C341" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D341" s="2">
         <v>1440282</v>
       </c>
       <c r="E341" s="2">
         <v>4401077110</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>1552</v>
+        <v>1563</v>
       </c>
       <c r="G341" s="2" t="s">
-        <v>1553</v>
+        <v>1564</v>
       </c>
       <c r="H341" s="2" t="s">
-        <v>1554</v>
+        <v>1565</v>
       </c>
       <c r="I341" s="2" t="s">
-        <v>1555</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="342" spans="1:9">
       <c r="A342" s="2">
         <v>341</v>
       </c>
       <c r="B342" s="2" t="s">
-        <v>1556</v>
+        <v>1567</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>1557</v>
+        <v>1568</v>
       </c>
       <c r="D342" s="2">
         <v>1440744</v>
       </c>
       <c r="E342" s="2">
         <v>4401062636</v>
       </c>
       <c r="F342" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G342" s="2" t="s">
-        <v>1558</v>
+        <v>1569</v>
       </c>
       <c r="H342" s="2" t="s">
-        <v>1559</v>
+        <v>1570</v>
       </c>
       <c r="I342" s="2" t="s">
-        <v>1560</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="343" spans="1:9">
       <c r="A343" s="2">
         <v>342</v>
       </c>
       <c r="B343" s="2" t="s">
-        <v>1561</v>
+        <v>1572</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>1562</v>
+        <v>1573</v>
       </c>
       <c r="D343" s="2">
         <v>1440825</v>
       </c>
       <c r="E343" s="2">
         <v>4400001221</v>
       </c>
       <c r="F343" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G343" s="2" t="s">
-        <v>1563</v>
+        <v>1574</v>
       </c>
       <c r="H343" s="2" t="s">
-        <v>1564</v>
+        <v>1575</v>
       </c>
       <c r="I343" s="2" t="s">
-        <v>1565</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="A344" s="2">
         <v>343</v>
       </c>
       <c r="B344" s="2" t="s">
-        <v>1566</v>
+        <v>1577</v>
       </c>
       <c r="C344" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D344" s="2">
         <v>1450282</v>
       </c>
       <c r="E344" s="2">
         <v>4501205214</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>1567</v>
+        <v>1578</v>
       </c>
       <c r="G344" s="2" t="s">
-        <v>1568</v>
+        <v>1579</v>
       </c>
       <c r="H344" s="2" t="s">
-        <v>1569</v>
+        <v>1580</v>
       </c>
       <c r="I344" s="2" t="s">
-        <v>1570</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="345" spans="1:9">
       <c r="A345" s="2">
         <v>344</v>
       </c>
       <c r="B345" s="2" t="s">
-        <v>1571</v>
+        <v>1582</v>
       </c>
       <c r="C345" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D345" s="2">
         <v>1450283</v>
       </c>
       <c r="E345" s="2">
         <v>4501148213</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>1572</v>
+        <v>1583</v>
       </c>
       <c r="G345" s="2" t="s">
-        <v>1573</v>
+        <v>1584</v>
       </c>
       <c r="H345" s="2" t="s">
-        <v>1574</v>
+        <v>1585</v>
       </c>
       <c r="I345" s="2" t="s">
-        <v>1575</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="346" spans="1:9">
       <c r="A346" s="2">
         <v>345</v>
       </c>
       <c r="B346" s="2" t="s">
-        <v>1576</v>
+        <v>1587</v>
       </c>
       <c r="C346" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D346" s="2">
         <v>1450284</v>
       </c>
       <c r="E346" s="2">
         <v>4501153372</v>
       </c>
       <c r="F346" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G346" s="2" t="s">
-        <v>1577</v>
+        <v>1588</v>
       </c>
       <c r="H346" s="2">
         <v>88002504731</v>
       </c>
       <c r="I346" s="2" t="s">
-        <v>1578</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="347" spans="1:9">
       <c r="A347" s="2">
         <v>346</v>
       </c>
       <c r="B347" s="2" t="s">
-        <v>1579</v>
+        <v>1590</v>
       </c>
       <c r="C347" s="2" t="s">
-        <v>1580</v>
+        <v>1591</v>
       </c>
       <c r="D347" s="2">
         <v>1450747</v>
       </c>
       <c r="E347" s="2">
         <v>4501224337</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>810</v>
+        <v>818</v>
       </c>
       <c r="G347" s="2" t="s">
-        <v>1581</v>
+        <v>1592</v>
       </c>
       <c r="H347" s="2">
         <v>-603635</v>
       </c>
       <c r="I347" s="2" t="s">
-        <v>1582</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="348" spans="1:9">
       <c r="A348" s="2">
         <v>347</v>
       </c>
       <c r="B348" s="2" t="s">
-        <v>1583</v>
+        <v>1594</v>
       </c>
       <c r="C348" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D348" s="2">
         <v>1460289</v>
       </c>
       <c r="E348" s="2">
         <v>4632087797</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>301</v>
+        <v>872</v>
       </c>
       <c r="G348" s="2" t="s">
-        <v>1584</v>
+        <v>1595</v>
       </c>
       <c r="H348" s="2" t="s">
-        <v>1585</v>
+        <v>1596</v>
       </c>
       <c r="I348" s="2" t="s">
-        <v>1586</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="349" spans="1:9">
       <c r="A349" s="2">
         <v>348</v>
       </c>
       <c r="B349" s="2" t="s">
-        <v>1587</v>
+        <v>1598</v>
       </c>
       <c r="C349" s="2" t="s">
-        <v>1588</v>
+        <v>1599</v>
       </c>
       <c r="D349" s="2">
         <v>1460835</v>
       </c>
       <c r="E349" s="2">
         <v>4632286640</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>1589</v>
+        <v>1600</v>
       </c>
       <c r="G349" s="2" t="s">
-        <v>1590</v>
+        <v>1601</v>
       </c>
       <c r="H349" s="2" t="s">
-        <v>1591</v>
+        <v>1602</v>
       </c>
       <c r="I349" s="2" t="s">
-        <v>1592</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="350" spans="1:9">
       <c r="A350" s="2">
         <v>349</v>
       </c>
       <c r="B350" s="2" t="s">
-        <v>1593</v>
+        <v>1604</v>
       </c>
       <c r="C350" s="2" t="s">
-        <v>1594</v>
+        <v>1605</v>
       </c>
       <c r="D350" s="2">
         <v>1460916</v>
       </c>
       <c r="E350" s="2">
         <v>4632256124</v>
       </c>
       <c r="F350" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G350" s="2" t="s">
-        <v>1595</v>
+        <v>1606</v>
       </c>
       <c r="H350" s="2" t="s">
-        <v>1596</v>
+        <v>1607</v>
       </c>
       <c r="I350" s="2" t="s">
-        <v>1597</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="351" spans="1:9">
       <c r="A351" s="2">
         <v>350</v>
       </c>
       <c r="B351" s="2" t="s">
-        <v>1598</v>
+        <v>1609</v>
       </c>
       <c r="C351" s="2" t="s">
-        <v>1599</v>
+        <v>1610</v>
       </c>
       <c r="D351" s="2">
         <v>1460957</v>
       </c>
       <c r="E351" s="2">
         <v>4632296695</v>
       </c>
       <c r="F351" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G351" s="2" t="s">
-        <v>1600</v>
+        <v>1611</v>
       </c>
       <c r="H351" s="2" t="s">
-        <v>1601</v>
+        <v>1612</v>
       </c>
       <c r="I351" s="2" t="s">
-        <v>1592</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="352" spans="1:9">
       <c r="A352" s="2">
         <v>351</v>
       </c>
       <c r="B352" s="2" t="s">
-        <v>1602</v>
+        <v>1613</v>
       </c>
       <c r="C352" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D352" s="2">
         <v>1470289</v>
       </c>
       <c r="E352" s="2">
         <v>4703063562</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>301</v>
+        <v>872</v>
       </c>
       <c r="G352" s="2" t="s">
-        <v>1603</v>
+        <v>1614</v>
       </c>
       <c r="H352" s="2" t="s">
-        <v>1604</v>
+        <v>1615</v>
       </c>
       <c r="I352" s="2" t="s">
-        <v>1605</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="353" spans="1:9">
       <c r="A353" s="2">
         <v>352</v>
       </c>
       <c r="B353" s="2" t="s">
-        <v>1606</v>
+        <v>1617</v>
       </c>
       <c r="C353" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D353" s="2">
         <v>1470290</v>
       </c>
       <c r="E353" s="2">
         <v>4701005780</v>
       </c>
       <c r="F353" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G353" s="2" t="s">
-        <v>1607</v>
+        <v>1618</v>
       </c>
       <c r="H353" s="2" t="s">
-        <v>1608</v>
+        <v>1619</v>
       </c>
       <c r="I353" s="2" t="s">
-        <v>1609</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="354" spans="1:9">
       <c r="A354" s="2">
         <v>353</v>
       </c>
       <c r="B354" s="2" t="s">
-        <v>1610</v>
+        <v>1621</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>1611</v>
+        <v>1622</v>
       </c>
       <c r="D354" s="2">
         <v>1470718</v>
       </c>
       <c r="E354" s="2">
         <v>4704104363</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>1612</v>
+        <v>1623</v>
       </c>
       <c r="G354" s="2" t="s">
-        <v>1613</v>
+        <v>1624</v>
       </c>
       <c r="H354" s="2" t="s">
-        <v>1614</v>
+        <v>1625</v>
       </c>
       <c r="I354" s="2" t="s">
-        <v>1615</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="355" spans="1:9">
       <c r="A355" s="2">
         <v>354</v>
       </c>
       <c r="B355" s="2" t="s">
-        <v>1616</v>
+        <v>1627</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>1617</v>
+        <v>1628</v>
       </c>
       <c r="D355" s="2">
         <v>1470722</v>
       </c>
       <c r="E355" s="2">
         <v>4711470089</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="G355" s="2" t="s">
-        <v>1618</v>
+        <v>1629</v>
       </c>
       <c r="H355" s="2" t="s">
-        <v>1619</v>
+        <v>1630</v>
       </c>
       <c r="I355" s="2" t="s">
-        <v>1620</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="356" spans="1:9">
       <c r="A356" s="2">
         <v>355</v>
       </c>
       <c r="B356" s="2" t="s">
-        <v>1621</v>
+        <v>1632</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>1617</v>
+        <v>1628</v>
       </c>
       <c r="D356" s="2">
         <v>1470723</v>
       </c>
       <c r="E356" s="2">
         <v>4706028260</v>
       </c>
       <c r="F356" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G356" s="2" t="s">
-        <v>1622</v>
+        <v>1633</v>
       </c>
       <c r="H356" s="2" t="s">
-        <v>1623</v>
+        <v>1634</v>
       </c>
       <c r="I356" s="2" t="s">
-        <v>1624</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="357" spans="1:9">
       <c r="A357" s="2">
         <v>356</v>
       </c>
       <c r="B357" s="2" t="s">
-        <v>1625</v>
+        <v>1636</v>
       </c>
       <c r="C357" s="2" t="s">
-        <v>1617</v>
+        <v>1628</v>
       </c>
       <c r="D357" s="2">
         <v>1470724</v>
       </c>
       <c r="E357" s="2">
         <v>4707040904</v>
       </c>
       <c r="F357" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G357" s="2" t="s">
-        <v>1626</v>
+        <v>1637</v>
       </c>
       <c r="H357" s="2" t="s">
-        <v>1627</v>
+        <v>1638</v>
       </c>
       <c r="I357" s="2" t="s">
-        <v>1628</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="358" spans="1:9">
       <c r="A358" s="2">
         <v>357</v>
       </c>
       <c r="B358" s="2" t="s">
-        <v>1629</v>
+        <v>1640</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>1630</v>
+        <v>1641</v>
       </c>
       <c r="D358" s="2">
         <v>1470725</v>
       </c>
       <c r="E358" s="2">
         <v>4704099963</v>
       </c>
       <c r="F358" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G358" s="2" t="s">
-        <v>1631</v>
+        <v>1642</v>
       </c>
       <c r="H358" s="2" t="s">
-        <v>1632</v>
+        <v>1643</v>
       </c>
       <c r="I358" s="2" t="s">
-        <v>1633</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="359" spans="1:9">
       <c r="A359" s="2">
         <v>358</v>
       </c>
       <c r="B359" s="2" t="s">
-        <v>1634</v>
+        <v>1645</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>1630</v>
+        <v>1641</v>
       </c>
       <c r="D359" s="2">
         <v>1470726</v>
       </c>
       <c r="E359" s="2">
         <v>4715470019</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>1635</v>
+        <v>1646</v>
       </c>
       <c r="G359" s="2" t="s">
-        <v>1636</v>
+        <v>1647</v>
       </c>
       <c r="H359" s="2" t="s">
-        <v>1637</v>
+        <v>1648</v>
       </c>
       <c r="I359" s="2" t="s">
-        <v>1638</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="360" spans="1:9">
       <c r="A360" s="2">
         <v>359</v>
       </c>
       <c r="B360" s="2" t="s">
-        <v>1639</v>
+        <v>1650</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>1630</v>
+        <v>1641</v>
       </c>
       <c r="D360" s="2">
         <v>1470727</v>
       </c>
       <c r="E360" s="2">
         <v>4714016772</v>
       </c>
       <c r="F360" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G360" s="2" t="s">
-        <v>1640</v>
+        <v>1651</v>
       </c>
       <c r="H360" s="2" t="s">
-        <v>1641</v>
+        <v>1652</v>
       </c>
       <c r="I360" s="2" t="s">
-        <v>1642</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="361" spans="1:9">
       <c r="A361" s="2">
         <v>360</v>
       </c>
       <c r="B361" s="2" t="s">
-        <v>1643</v>
+        <v>1654</v>
       </c>
       <c r="C361" s="2" t="s">
-        <v>1630</v>
+        <v>1641</v>
       </c>
       <c r="D361" s="2">
         <v>1470728</v>
       </c>
       <c r="E361" s="2">
         <v>4703470254</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>1635</v>
+        <v>1646</v>
       </c>
       <c r="G361" s="2" t="s">
-        <v>1644</v>
+        <v>1655</v>
       </c>
       <c r="H361" s="2" t="s">
-        <v>1645</v>
+        <v>1656</v>
       </c>
       <c r="I361" s="2" t="s">
-        <v>1646</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="362" spans="1:9">
       <c r="A362" s="2">
         <v>361</v>
       </c>
       <c r="B362" s="2" t="s">
-        <v>1647</v>
+        <v>1658</v>
       </c>
       <c r="C362" s="2" t="s">
-        <v>1630</v>
+        <v>1641</v>
       </c>
       <c r="D362" s="2">
         <v>1470729</v>
       </c>
       <c r="E362" s="2">
         <v>4710008996</v>
       </c>
       <c r="F362" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G362" s="2" t="s">
-        <v>1648</v>
+        <v>1659</v>
       </c>
       <c r="H362" s="2" t="s">
-        <v>1649</v>
+        <v>1660</v>
       </c>
       <c r="I362" s="2" t="s">
-        <v>1650</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="363" spans="1:9">
       <c r="A363" s="2">
         <v>362</v>
       </c>
       <c r="B363" s="2" t="s">
-        <v>1651</v>
+        <v>1662</v>
       </c>
       <c r="C363" s="2" t="s">
-        <v>1630</v>
+        <v>1641</v>
       </c>
       <c r="D363" s="2">
         <v>1470730</v>
       </c>
       <c r="E363" s="2">
         <v>4705014634</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>1635</v>
+        <v>1646</v>
       </c>
       <c r="G363" s="2" t="s">
-        <v>1652</v>
+        <v>1663</v>
       </c>
       <c r="H363" s="2" t="s">
-        <v>1653</v>
+        <v>1664</v>
       </c>
       <c r="I363" s="2" t="s">
-        <v>1654</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="364" spans="1:9">
       <c r="A364" s="2">
         <v>363</v>
       </c>
       <c r="B364" s="2" t="s">
-        <v>1655</v>
+        <v>1666</v>
       </c>
       <c r="C364" s="2" t="s">
-        <v>1630</v>
+        <v>1641</v>
       </c>
       <c r="D364" s="2">
         <v>1470731</v>
       </c>
       <c r="E364" s="2">
         <v>4719011785</v>
       </c>
       <c r="F364" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G364" s="2" t="s">
-        <v>1656</v>
+        <v>1667</v>
       </c>
       <c r="H364" s="2" t="s">
-        <v>1657</v>
+        <v>1668</v>
       </c>
       <c r="I364" s="2" t="s">
-        <v>1658</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="365" spans="1:9">
       <c r="A365" s="2">
         <v>364</v>
       </c>
       <c r="B365" s="2" t="s">
-        <v>1659</v>
+        <v>1670</v>
       </c>
       <c r="C365" s="2" t="s">
-        <v>1660</v>
+        <v>1671</v>
       </c>
       <c r="D365" s="2">
         <v>1470733</v>
       </c>
       <c r="E365" s="2">
         <v>4715010734</v>
       </c>
       <c r="F365" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G365" s="2" t="s">
-        <v>1661</v>
+        <v>1672</v>
       </c>
       <c r="H365" s="2" t="s">
-        <v>1662</v>
+        <v>1673</v>
       </c>
       <c r="I365" s="2" t="s">
-        <v>1663</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="366" spans="1:9">
       <c r="A366" s="2">
         <v>365</v>
       </c>
       <c r="B366" s="2" t="s">
-        <v>1664</v>
+        <v>1675</v>
       </c>
       <c r="C366" s="2" t="s">
-        <v>1660</v>
+        <v>1671</v>
       </c>
       <c r="D366" s="2">
         <v>1470734</v>
       </c>
       <c r="E366" s="2">
         <v>4720015431</v>
       </c>
       <c r="F366" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G366" s="2" t="s">
-        <v>1665</v>
+        <v>1676</v>
       </c>
       <c r="H366" s="2" t="s">
-        <v>1666</v>
+        <v>1677</v>
       </c>
       <c r="I366" s="2" t="s">
-        <v>1667</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="367" spans="1:9">
       <c r="A367" s="2">
         <v>366</v>
       </c>
       <c r="B367" s="2" t="s">
-        <v>1668</v>
+        <v>1679</v>
       </c>
       <c r="C367" s="2" t="s">
-        <v>1660</v>
+        <v>1671</v>
       </c>
       <c r="D367" s="2">
         <v>1470735</v>
       </c>
       <c r="E367" s="2">
         <v>4712018622</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>1635</v>
+        <v>1646</v>
       </c>
       <c r="G367" s="2" t="s">
-        <v>1669</v>
+        <v>1680</v>
       </c>
       <c r="H367" s="2" t="s">
-        <v>1670</v>
+        <v>1681</v>
       </c>
       <c r="I367" s="2" t="s">
-        <v>1671</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="368" spans="1:9">
       <c r="A368" s="2">
         <v>367</v>
       </c>
       <c r="B368" s="2" t="s">
-        <v>1672</v>
+        <v>1683</v>
       </c>
       <c r="C368" s="2" t="s">
-        <v>1660</v>
+        <v>1671</v>
       </c>
       <c r="D368" s="2">
         <v>1470736</v>
       </c>
       <c r="E368" s="2">
         <v>4713006250</v>
       </c>
       <c r="F368" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G368" s="2" t="s">
-        <v>1673</v>
+        <v>1684</v>
       </c>
       <c r="H368" s="2" t="s">
-        <v>1674</v>
+        <v>1685</v>
       </c>
       <c r="I368" s="2" t="s">
-        <v>1675</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="369" spans="1:9">
       <c r="A369" s="2">
         <v>368</v>
       </c>
       <c r="B369" s="2" t="s">
-        <v>1676</v>
+        <v>1687</v>
       </c>
       <c r="C369" s="2" t="s">
-        <v>1677</v>
+        <v>1688</v>
       </c>
       <c r="D369" s="2">
         <v>1470737</v>
       </c>
       <c r="E369" s="2">
         <v>4702470124</v>
       </c>
       <c r="F369" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G369" s="2" t="s">
-        <v>1678</v>
+        <v>1689</v>
       </c>
       <c r="H369" s="2" t="s">
-        <v>1679</v>
+        <v>1690</v>
       </c>
       <c r="I369" s="2" t="s">
-        <v>1680</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="370" spans="1:9">
       <c r="A370" s="2">
         <v>369</v>
       </c>
       <c r="B370" s="2" t="s">
-        <v>1681</v>
+        <v>1692</v>
       </c>
       <c r="C370" s="2" t="s">
-        <v>1677</v>
+        <v>1688</v>
       </c>
       <c r="D370" s="2">
         <v>1470738</v>
       </c>
       <c r="E370" s="2">
         <v>4711005363</v>
       </c>
       <c r="F370" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G370" s="2" t="s">
-        <v>1682</v>
+        <v>1693</v>
       </c>
       <c r="H370" s="2" t="s">
-        <v>1683</v>
+        <v>1694</v>
       </c>
       <c r="I370" s="2" t="s">
-        <v>1684</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="371" spans="1:9">
       <c r="A371" s="2">
         <v>370</v>
       </c>
       <c r="B371" s="2" t="s">
-        <v>1685</v>
+        <v>1696</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>1677</v>
+        <v>1688</v>
       </c>
       <c r="D371" s="2">
         <v>1470739</v>
       </c>
       <c r="E371" s="2">
         <v>4716008150</v>
       </c>
       <c r="F371" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G371" s="2" t="s">
-        <v>1686</v>
+        <v>1697</v>
       </c>
       <c r="H371" s="2" t="s">
-        <v>1687</v>
+        <v>1698</v>
       </c>
       <c r="I371" s="2" t="s">
-        <v>1688</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="372" spans="1:9">
       <c r="A372" s="2">
         <v>371</v>
       </c>
       <c r="B372" s="2" t="s">
-        <v>1689</v>
+        <v>1700</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>1677</v>
+        <v>1688</v>
       </c>
       <c r="D372" s="2">
         <v>1470740</v>
       </c>
       <c r="E372" s="2">
         <v>4715018772</v>
       </c>
       <c r="F372" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G372" s="2" t="s">
-        <v>1690</v>
+        <v>1701</v>
       </c>
       <c r="H372" s="2" t="s">
-        <v>1691</v>
+        <v>1702</v>
       </c>
       <c r="I372" s="2" t="s">
-        <v>1692</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="373" spans="1:9">
       <c r="A373" s="2">
         <v>372</v>
       </c>
       <c r="B373" s="2" t="s">
-        <v>1693</v>
+        <v>1704</v>
       </c>
       <c r="C373" s="2" t="s">
-        <v>1677</v>
+        <v>1688</v>
       </c>
       <c r="D373" s="2">
         <v>1470741</v>
       </c>
       <c r="E373" s="2">
         <v>4705074785</v>
       </c>
       <c r="F373" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G373" s="2" t="s">
-        <v>1694</v>
+        <v>1705</v>
       </c>
       <c r="H373" s="2" t="s">
-        <v>1695</v>
+        <v>1706</v>
       </c>
       <c r="I373" s="2" t="s">
-        <v>1696</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="374" spans="1:9">
       <c r="A374" s="2">
         <v>373</v>
       </c>
       <c r="B374" s="2" t="s">
-        <v>1697</v>
+        <v>1708</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>1698</v>
+        <v>1709</v>
       </c>
       <c r="D374" s="2">
         <v>1470935</v>
       </c>
       <c r="E374" s="2">
         <v>4705097790</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G374" s="2" t="s">
-        <v>1699</v>
+        <v>1710</v>
       </c>
       <c r="H374" s="2" t="s">
-        <v>1700</v>
+        <v>1711</v>
       </c>
       <c r="I374" s="2" t="s">
-        <v>1701</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="375" spans="1:9">
       <c r="A375" s="2">
         <v>374</v>
       </c>
       <c r="B375" s="2" t="s">
-        <v>1702</v>
+        <v>1713</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>1703</v>
+        <v>1714</v>
       </c>
       <c r="D375" s="2">
         <v>1471033</v>
       </c>
       <c r="E375" s="2">
         <v>4705117527</v>
       </c>
       <c r="F375" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G375" s="2" t="s">
-        <v>1704</v>
+        <v>1715</v>
       </c>
       <c r="H375" s="2" t="s">
-        <v>1705</v>
+        <v>1716</v>
       </c>
       <c r="I375" s="2" t="s">
-        <v>1706</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="376" spans="1:9">
       <c r="A376" s="2">
         <v>375</v>
       </c>
       <c r="B376" s="2" t="s">
-        <v>1707</v>
+        <v>1718</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>867</v>
+        <v>877</v>
       </c>
       <c r="D376" s="2">
         <v>1471034</v>
       </c>
       <c r="E376" s="2">
         <v>7842124176</v>
       </c>
       <c r="F376" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G376" s="2" t="s">
-        <v>1708</v>
+        <v>1719</v>
       </c>
       <c r="H376" s="2" t="s">
-        <v>1709</v>
+        <v>1720</v>
       </c>
       <c r="I376" s="2" t="s">
-        <v>1710</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="377" spans="1:9">
       <c r="A377" s="2">
         <v>376</v>
       </c>
       <c r="B377" s="2" t="s">
-        <v>1711</v>
+        <v>1722</v>
       </c>
       <c r="C377" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D377" s="2">
         <v>1480292</v>
       </c>
       <c r="E377" s="2">
         <v>4824047100</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>247</v>
+        <v>1723</v>
       </c>
       <c r="G377" s="2" t="s">
-        <v>1712</v>
+        <v>1724</v>
       </c>
       <c r="H377" s="2" t="s">
-        <v>1713</v>
+        <v>1725</v>
       </c>
       <c r="I377" s="2" t="s">
-        <v>1714</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="378" spans="1:9">
       <c r="A378" s="2">
         <v>377</v>
       </c>
       <c r="B378" s="2" t="s">
-        <v>1715</v>
+        <v>1727</v>
       </c>
       <c r="C378" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D378" s="2">
         <v>1480293</v>
       </c>
       <c r="E378" s="2">
         <v>4826128562</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="G378" s="2" t="s">
-        <v>1716</v>
+        <v>1728</v>
       </c>
       <c r="H378" s="2" t="s">
-        <v>1717</v>
+        <v>1729</v>
       </c>
       <c r="I378" s="2" t="s">
-        <v>1718</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="379" spans="1:9">
       <c r="A379" s="2">
         <v>378</v>
       </c>
       <c r="B379" s="2" t="s">
-        <v>1719</v>
+        <v>1731</v>
       </c>
       <c r="C379" s="2" t="s">
-        <v>1720</v>
+        <v>1732</v>
       </c>
       <c r="D379" s="2">
         <v>1480852</v>
       </c>
       <c r="E379" s="2">
         <v>4823054400</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>344</v>
+        <v>1733</v>
       </c>
       <c r="G379" s="2" t="s">
-        <v>1721</v>
+        <v>1734</v>
       </c>
       <c r="H379" s="2" t="s">
-        <v>1722</v>
+        <v>1735</v>
       </c>
       <c r="I379" s="2" t="s">
-        <v>1723</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="380" spans="1:9">
       <c r="A380" s="2">
         <v>379</v>
       </c>
       <c r="B380" s="2" t="s">
-        <v>1724</v>
+        <v>1737</v>
       </c>
       <c r="C380" s="2" t="s">
-        <v>1725</v>
+        <v>1738</v>
       </c>
       <c r="D380" s="2">
         <v>1480866</v>
       </c>
       <c r="E380" s="2">
         <v>4826138232</v>
       </c>
       <c r="F380" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G380" s="2" t="s">
-        <v>1726</v>
+        <v>1739</v>
       </c>
       <c r="H380" s="2" t="s">
-        <v>1727</v>
+        <v>1740</v>
       </c>
       <c r="I380" s="2" t="s">
-        <v>1728</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="381" spans="1:9">
       <c r="A381" s="2">
         <v>380</v>
       </c>
       <c r="B381" s="2" t="s">
-        <v>1729</v>
+        <v>1742</v>
       </c>
       <c r="C381" s="2" t="s">
-        <v>1730</v>
+        <v>1743</v>
       </c>
       <c r="D381" s="2">
         <v>1480944</v>
       </c>
       <c r="E381" s="2">
         <v>4813012049</v>
       </c>
       <c r="F381" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G381" s="2" t="s">
-        <v>1731</v>
+        <v>1744</v>
       </c>
       <c r="H381" s="2" t="s">
-        <v>1732</v>
+        <v>1745</v>
       </c>
       <c r="I381" s="2" t="s">
-        <v>1733</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="382" spans="1:9">
       <c r="A382" s="2">
         <v>381</v>
       </c>
       <c r="B382" s="2" t="s">
-        <v>1734</v>
+        <v>1747</v>
       </c>
       <c r="C382" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D382" s="2">
         <v>1490294</v>
       </c>
       <c r="E382" s="2">
         <v>4909103145</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>32</v>
+        <v>1748</v>
       </c>
       <c r="G382" s="2" t="s">
-        <v>1735</v>
+        <v>1749</v>
       </c>
       <c r="H382" s="2" t="s">
-        <v>1736</v>
+        <v>1750</v>
       </c>
       <c r="I382" s="2" t="s">
-        <v>1737</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="383" spans="1:9">
       <c r="A383" s="2">
         <v>382</v>
       </c>
       <c r="B383" s="2" t="s">
-        <v>1738</v>
+        <v>1752</v>
       </c>
       <c r="C383" s="2" t="s">
-        <v>1739</v>
+        <v>1753</v>
       </c>
       <c r="D383" s="2">
         <v>1490832</v>
       </c>
       <c r="E383" s="2">
         <v>4909131840</v>
       </c>
       <c r="F383" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G383" s="2" t="s">
-        <v>1740</v>
+        <v>1754</v>
       </c>
       <c r="H383" s="2" t="s">
-        <v>1741</v>
+        <v>1755</v>
       </c>
       <c r="I383" s="2" t="s">
-        <v>1742</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="384" spans="1:9">
       <c r="A384" s="2">
         <v>383</v>
       </c>
       <c r="B384" s="2" t="s">
-        <v>1743</v>
+        <v>1757</v>
       </c>
       <c r="C384" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D384" s="2">
         <v>1500295</v>
       </c>
       <c r="E384" s="2">
         <v>5038072003</v>
       </c>
       <c r="F384" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G384" s="2" t="s">
-        <v>1744</v>
+        <v>1758</v>
       </c>
       <c r="H384" s="2" t="s">
-        <v>1745</v>
+        <v>1759</v>
       </c>
       <c r="I384" s="2" t="s">
-        <v>1746</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="385" spans="1:9">
       <c r="A385" s="2">
         <v>384</v>
       </c>
       <c r="B385" s="2" t="s">
-        <v>1747</v>
+        <v>1761</v>
       </c>
       <c r="C385" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D385" s="2">
         <v>1500296</v>
       </c>
       <c r="E385" s="2">
         <v>5024107062</v>
       </c>
       <c r="F385" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G385" s="2" t="s">
-        <v>1744</v>
+        <v>1758</v>
       </c>
       <c r="H385" s="2" t="s">
-        <v>1748</v>
+        <v>1762</v>
       </c>
       <c r="I385" s="2" t="s">
-        <v>1749</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="386" spans="1:9">
       <c r="A386" s="2">
         <v>385</v>
       </c>
       <c r="B386" s="2" t="s">
-        <v>1750</v>
+        <v>1764</v>
       </c>
       <c r="C386" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D386" s="2">
         <v>1500297</v>
       </c>
       <c r="E386" s="2">
         <v>5038079425</v>
       </c>
       <c r="F386" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G386" s="2" t="s">
-        <v>1744</v>
+        <v>1758</v>
       </c>
       <c r="H386" s="2">
         <v>89269716264</v>
       </c>
       <c r="I386" s="2" t="s">
-        <v>1751</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="387" spans="1:9">
       <c r="A387" s="2">
         <v>386</v>
       </c>
       <c r="B387" s="2" t="s">
-        <v>1752</v>
+        <v>1766</v>
       </c>
       <c r="C387" s="2" t="s">
-        <v>1753</v>
+        <v>1767</v>
       </c>
       <c r="D387" s="2">
         <v>1500721</v>
       </c>
       <c r="E387" s="2">
         <v>5040158219</v>
       </c>
       <c r="F387" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G387" s="2" t="s">
-        <v>1754</v>
+        <v>1768</v>
       </c>
       <c r="H387" s="2" t="s">
-        <v>1755</v>
+        <v>1769</v>
       </c>
       <c r="I387" s="2" t="s">
-        <v>1756</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="388" spans="1:9">
       <c r="A388" s="2">
         <v>387</v>
       </c>
       <c r="B388" s="2" t="s">
-        <v>1757</v>
+        <v>1771</v>
       </c>
       <c r="C388" s="2" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="D388" s="2">
         <v>1500757</v>
       </c>
       <c r="E388" s="2">
         <v>5024194890</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>1758</v>
+        <v>1772</v>
       </c>
       <c r="G388" s="2" t="s">
-        <v>1759</v>
+        <v>1773</v>
       </c>
       <c r="H388" s="2" t="s">
-        <v>1760</v>
+        <v>1774</v>
       </c>
       <c r="I388" s="2" t="s">
-        <v>1761</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="389" spans="1:9">
       <c r="A389" s="2">
         <v>388</v>
       </c>
       <c r="B389" s="2" t="s">
-        <v>1762</v>
+        <v>1776</v>
       </c>
       <c r="C389" s="2" t="s">
-        <v>1763</v>
+        <v>1777</v>
       </c>
       <c r="D389" s="2">
         <v>1500772</v>
       </c>
       <c r="E389" s="2">
         <v>5041021182</v>
       </c>
       <c r="F389" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G389" s="2" t="s">
-        <v>1764</v>
+        <v>1778</v>
       </c>
       <c r="H389" s="2" t="s">
-        <v>1765</v>
+        <v>1779</v>
       </c>
       <c r="I389" s="2" t="s">
-        <v>1766</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="390" spans="1:9">
       <c r="A390" s="2">
         <v>389</v>
       </c>
       <c r="B390" s="2" t="s">
-        <v>1767</v>
+        <v>1781</v>
       </c>
       <c r="C390" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D390" s="2">
         <v>1510128</v>
       </c>
       <c r="E390" s="2">
         <v>5101110425</v>
       </c>
       <c r="F390" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G390" s="2" t="s">
-        <v>1768</v>
+        <v>1782</v>
       </c>
       <c r="H390" s="2" t="s">
-        <v>1769</v>
+        <v>1783</v>
       </c>
       <c r="I390" s="2" t="s">
-        <v>1770</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="391" spans="1:9">
       <c r="A391" s="2">
         <v>390</v>
       </c>
       <c r="B391" s="2" t="s">
-        <v>1771</v>
+        <v>1785</v>
       </c>
       <c r="C391" s="2" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="D391" s="2">
         <v>1510129</v>
       </c>
       <c r="E391" s="2">
         <v>5100000331</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>1772</v>
+        <v>1786</v>
       </c>
       <c r="G391" s="2" t="s">
-        <v>1768</v>
+        <v>1782</v>
       </c>
       <c r="H391" s="2" t="s">
-        <v>1773</v>
+        <v>1787</v>
       </c>
       <c r="I391" s="2" t="s">
-        <v>1774</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="392" spans="1:9">
       <c r="A392" s="2">
         <v>391</v>
       </c>
       <c r="B392" s="2" t="s">
-        <v>1775</v>
+        <v>1789</v>
       </c>
       <c r="C392" s="2" t="s">
-        <v>1776</v>
+        <v>1790</v>
       </c>
       <c r="D392" s="2">
         <v>1510719</v>
       </c>
       <c r="E392" s="2">
         <v>5190075787</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G392" s="2" t="s">
-        <v>1777</v>
+        <v>1791</v>
       </c>
       <c r="H392" s="2" t="s">
-        <v>1778</v>
+        <v>1792</v>
       </c>
       <c r="I392" s="2" t="s">
-        <v>1779</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="393" spans="1:9">
       <c r="A393" s="2">
         <v>392</v>
       </c>
       <c r="B393" s="2" t="s">
-        <v>1780</v>
+        <v>1794</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>1776</v>
+        <v>1790</v>
       </c>
       <c r="D393" s="2">
         <v>1510720</v>
       </c>
       <c r="E393" s="2">
         <v>5190028145</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>1781</v>
+        <v>1795</v>
       </c>
       <c r="G393" s="2" t="s">
-        <v>1782</v>
+        <v>1796</v>
       </c>
       <c r="H393" s="2" t="s">
-        <v>1783</v>
+        <v>1797</v>
       </c>
       <c r="I393" s="2" t="s">
-        <v>1784</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="394" spans="1:9">
       <c r="A394" s="2">
         <v>393</v>
       </c>
       <c r="B394" s="2" t="s">
-        <v>1785</v>
+        <v>1799</v>
       </c>
       <c r="C394" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D394" s="2">
         <v>1520298</v>
       </c>
       <c r="E394" s="2">
         <v>5260471963</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>1786</v>
+        <v>1800</v>
       </c>
       <c r="G394" s="2" t="s">
-        <v>1787</v>
+        <v>1801</v>
       </c>
       <c r="H394" s="2" t="s">
-        <v>1788</v>
+        <v>1802</v>
       </c>
       <c r="I394" s="2" t="s">
-        <v>1789</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="395" spans="1:9">
       <c r="A395" s="2">
         <v>394</v>
       </c>
       <c r="B395" s="2" t="s">
-        <v>1790</v>
+        <v>1804</v>
       </c>
       <c r="C395" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D395" s="2">
         <v>1520300</v>
       </c>
       <c r="E395" s="2">
         <v>5249141792</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>1471</v>
+        <v>1805</v>
       </c>
       <c r="G395" s="2" t="s">
-        <v>1791</v>
+        <v>1806</v>
       </c>
       <c r="H395" s="2" t="s">
-        <v>1792</v>
+        <v>1807</v>
       </c>
       <c r="I395" s="2" t="s">
-        <v>1793</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="396" spans="1:9">
       <c r="A396" s="2">
         <v>395</v>
       </c>
       <c r="B396" s="2" t="s">
-        <v>1794</v>
+        <v>1809</v>
       </c>
       <c r="C396" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D396" s="2">
         <v>1520301</v>
       </c>
       <c r="E396" s="2">
         <v>5246042987</v>
       </c>
       <c r="F396" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G396" s="2" t="s">
-        <v>1795</v>
+        <v>1810</v>
       </c>
       <c r="H396" s="2" t="s">
-        <v>1796</v>
+        <v>1811</v>
       </c>
       <c r="I396" s="2" t="s">
-        <v>1797</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="397" spans="1:9">
       <c r="A397" s="2">
         <v>396</v>
       </c>
       <c r="B397" s="2" t="s">
-        <v>1798</v>
+        <v>1813</v>
       </c>
       <c r="C397" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D397" s="2">
         <v>1520302</v>
       </c>
       <c r="E397" s="2">
         <v>5248029283</v>
       </c>
       <c r="F397" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G397" s="2" t="s">
-        <v>1799</v>
+        <v>1814</v>
       </c>
       <c r="H397" s="2" t="s">
-        <v>1800</v>
+        <v>1815</v>
       </c>
       <c r="I397" s="2" t="s">
-        <v>1801</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="398" spans="1:9">
       <c r="A398" s="2">
         <v>397</v>
       </c>
       <c r="B398" s="2" t="s">
-        <v>1802</v>
+        <v>1817</v>
       </c>
       <c r="C398" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D398" s="2">
         <v>1520303</v>
       </c>
       <c r="E398" s="2">
         <v>5252030901</v>
       </c>
       <c r="F398" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G398" s="2" t="s">
-        <v>1803</v>
+        <v>1818</v>
       </c>
       <c r="H398" s="2" t="s">
-        <v>1804</v>
+        <v>1819</v>
       </c>
       <c r="I398" s="2" t="s">
-        <v>1805</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="399" spans="1:9">
       <c r="A399" s="2">
         <v>398</v>
       </c>
       <c r="B399" s="2" t="s">
-        <v>1806</v>
+        <v>1821</v>
       </c>
       <c r="C399" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D399" s="2">
         <v>1520304</v>
       </c>
       <c r="E399" s="2">
         <v>5234004514</v>
       </c>
       <c r="F399" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G399" s="2" t="s">
-        <v>1807</v>
+        <v>1822</v>
       </c>
       <c r="H399" s="2" t="s">
-        <v>1808</v>
+        <v>1823</v>
       </c>
       <c r="I399" s="2" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="400" spans="1:9">
       <c r="A400" s="2">
         <v>399</v>
       </c>
       <c r="B400" s="2" t="s">
-        <v>1810</v>
+        <v>1825</v>
       </c>
       <c r="C400" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D400" s="2">
         <v>1520305</v>
       </c>
       <c r="E400" s="2">
         <v>5247051423</v>
       </c>
       <c r="F400" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G400" s="2" t="s">
-        <v>1811</v>
+        <v>1826</v>
       </c>
       <c r="H400" s="2" t="s">
-        <v>1812</v>
+        <v>1827</v>
       </c>
       <c r="I400" s="2" t="s">
-        <v>1813</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="401" spans="1:9">
       <c r="A401" s="2">
         <v>400</v>
       </c>
       <c r="B401" s="2" t="s">
-        <v>1814</v>
+        <v>1829</v>
       </c>
       <c r="C401" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D401" s="2">
         <v>1520306</v>
       </c>
       <c r="E401" s="2">
         <v>5249099766</v>
       </c>
       <c r="F401" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G401" s="2" t="s">
-        <v>1815</v>
+        <v>1830</v>
       </c>
       <c r="H401" s="2" t="s">
-        <v>1816</v>
+        <v>1831</v>
       </c>
       <c r="I401" s="2" t="s">
-        <v>1817</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="402" spans="1:9">
       <c r="A402" s="2">
         <v>401</v>
       </c>
       <c r="B402" s="2" t="s">
-        <v>1818</v>
+        <v>1833</v>
       </c>
       <c r="C402" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D402" s="2">
         <v>1520307</v>
       </c>
       <c r="E402" s="2">
         <v>5261052926</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1819</v>
+        <v>1834</v>
       </c>
       <c r="G402" s="2" t="s">
-        <v>1820</v>
+        <v>1835</v>
       </c>
       <c r="H402" s="2" t="s">
-        <v>1821</v>
+        <v>1836</v>
       </c>
       <c r="I402" s="2" t="s">
-        <v>1822</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="403" spans="1:9">
       <c r="A403" s="2">
         <v>402</v>
       </c>
       <c r="B403" s="2" t="s">
-        <v>1823</v>
+        <v>1838</v>
       </c>
       <c r="C403" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D403" s="2">
         <v>1520308</v>
       </c>
       <c r="E403" s="2">
         <v>5260248556</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G403" s="2" t="s">
-        <v>1824</v>
+        <v>1839</v>
       </c>
       <c r="H403" s="2" t="s">
-        <v>1825</v>
+        <v>1840</v>
       </c>
       <c r="I403" s="2" t="s">
-        <v>1826</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="404" spans="1:9">
       <c r="A404" s="2">
         <v>403</v>
       </c>
       <c r="B404" s="2" t="s">
-        <v>1827</v>
+        <v>1842</v>
       </c>
       <c r="C404" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D404" s="2">
         <v>1520309</v>
       </c>
       <c r="E404" s="2">
         <v>5216017398</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>19</v>
+        <v>1843</v>
       </c>
       <c r="G404" s="2" t="s">
-        <v>1828</v>
+        <v>1844</v>
       </c>
       <c r="H404" s="2" t="s">
-        <v>1829</v>
+        <v>1845</v>
       </c>
       <c r="I404" s="2" t="s">
-        <v>1830</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="405" spans="1:9">
       <c r="A405" s="2">
         <v>404</v>
       </c>
       <c r="B405" s="2" t="s">
-        <v>1831</v>
+        <v>1847</v>
       </c>
       <c r="C405" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D405" s="2">
         <v>1520310</v>
       </c>
       <c r="E405" s="2">
         <v>5260447150</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G405" s="2" t="s">
-        <v>1832</v>
+        <v>1848</v>
       </c>
       <c r="H405" s="2" t="s">
-        <v>1833</v>
+        <v>1849</v>
       </c>
       <c r="I405" s="2" t="s">
-        <v>1834</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="406" spans="1:9">
       <c r="A406" s="2">
         <v>405</v>
       </c>
       <c r="B406" s="2" t="s">
-        <v>1835</v>
+        <v>1851</v>
       </c>
       <c r="C406" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D406" s="2">
         <v>1520311</v>
       </c>
       <c r="E406" s="2">
         <v>5245995024</v>
       </c>
       <c r="F406" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G406" s="2" t="s">
-        <v>1836</v>
+        <v>1852</v>
       </c>
       <c r="H406" s="2" t="s">
-        <v>1837</v>
+        <v>1853</v>
       </c>
       <c r="I406" s="2" t="s">
-        <v>1838</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="407" spans="1:9">
       <c r="A407" s="2">
         <v>406</v>
       </c>
       <c r="B407" s="2" t="s">
-        <v>1839</v>
+        <v>1855</v>
       </c>
       <c r="C407" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D407" s="2">
         <v>1520312</v>
       </c>
       <c r="E407" s="2">
         <v>5222995028</v>
       </c>
       <c r="F407" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G407" s="2" t="s">
-        <v>1840</v>
+        <v>1856</v>
       </c>
       <c r="H407" s="2" t="s">
-        <v>1841</v>
+        <v>1857</v>
       </c>
       <c r="I407" s="2" t="s">
-        <v>1842</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="408" spans="1:9">
       <c r="A408" s="2">
         <v>407</v>
       </c>
       <c r="B408" s="2" t="s">
-        <v>1843</v>
+        <v>1859</v>
       </c>
       <c r="C408" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D408" s="2">
         <v>1520313</v>
       </c>
       <c r="E408" s="2">
         <v>5249088098</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>38</v>
+        <v>1860</v>
       </c>
       <c r="G408" s="2" t="s">
-        <v>1844</v>
+        <v>1861</v>
       </c>
       <c r="H408" s="2" t="s">
-        <v>1845</v>
+        <v>1862</v>
       </c>
       <c r="I408" s="2" t="s">
-        <v>1846</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="409" spans="1:9">
       <c r="A409" s="2">
         <v>408</v>
       </c>
       <c r="B409" s="2" t="s">
-        <v>1847</v>
+        <v>1864</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D409" s="2">
         <v>1520314</v>
       </c>
       <c r="E409" s="2">
         <v>5235006031</v>
       </c>
       <c r="F409" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G409" s="2" t="s">
-        <v>1848</v>
+        <v>1865</v>
       </c>
       <c r="H409" s="2" t="s">
-        <v>1849</v>
+        <v>1866</v>
       </c>
       <c r="I409" s="2" t="s">
-        <v>1850</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="410" spans="1:9">
       <c r="A410" s="2">
         <v>409</v>
       </c>
       <c r="B410" s="2" t="s">
-        <v>1851</v>
+        <v>1868</v>
       </c>
       <c r="C410" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D410" s="2">
         <v>1520315</v>
       </c>
       <c r="E410" s="2">
         <v>5216995012</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="G410" s="2" t="s">
-        <v>1852</v>
+        <v>1869</v>
       </c>
       <c r="H410" s="2" t="s">
-        <v>1853</v>
+        <v>1870</v>
       </c>
       <c r="I410" s="2" t="s">
-        <v>1854</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="411" spans="1:9">
       <c r="A411" s="2">
         <v>410</v>
       </c>
       <c r="B411" s="2" t="s">
-        <v>1855</v>
+        <v>1872</v>
       </c>
       <c r="C411" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D411" s="2">
         <v>1520316</v>
       </c>
       <c r="E411" s="2">
         <v>5248040664</v>
       </c>
       <c r="F411" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G411" s="2" t="s">
-        <v>1856</v>
+        <v>1873</v>
       </c>
       <c r="H411" s="2" t="s">
-        <v>1857</v>
+        <v>1874</v>
       </c>
       <c r="I411" s="2" t="s">
-        <v>1858</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="412" spans="1:9">
       <c r="A412" s="2">
         <v>411</v>
       </c>
       <c r="B412" s="2" t="s">
-        <v>1859</v>
+        <v>1876</v>
       </c>
       <c r="C412" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D412" s="2">
         <v>1520317</v>
       </c>
       <c r="E412" s="2">
         <v>5231005661</v>
       </c>
       <c r="F412" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G412" s="2" t="s">
-        <v>1860</v>
+        <v>1877</v>
       </c>
       <c r="H412" s="2" t="s">
-        <v>1861</v>
+        <v>1878</v>
       </c>
       <c r="I412" s="2" t="s">
-        <v>1862</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="413" spans="1:9">
       <c r="A413" s="2">
         <v>412</v>
       </c>
       <c r="B413" s="2" t="s">
-        <v>1863</v>
+        <v>1880</v>
       </c>
       <c r="C413" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D413" s="2">
         <v>1520318</v>
       </c>
       <c r="E413" s="2">
         <v>5219382825</v>
       </c>
       <c r="F413" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G413" s="2" t="s">
-        <v>1864</v>
+        <v>1881</v>
       </c>
       <c r="H413" s="2" t="s">
-        <v>1865</v>
+        <v>1882</v>
       </c>
       <c r="I413" s="2" t="s">
-        <v>1866</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="414" spans="1:9">
       <c r="A414" s="2">
         <v>413</v>
       </c>
       <c r="B414" s="2" t="s">
-        <v>1867</v>
+        <v>1884</v>
       </c>
       <c r="C414" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D414" s="2">
         <v>1520319</v>
       </c>
       <c r="E414" s="2">
         <v>5239008706</v>
       </c>
       <c r="F414" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G414" s="2" t="s">
-        <v>1868</v>
+        <v>1885</v>
       </c>
       <c r="H414" s="2" t="s">
-        <v>1869</v>
+        <v>1886</v>
       </c>
       <c r="I414" s="2" t="s">
-        <v>1870</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="415" spans="1:9">
       <c r="A415" s="2">
         <v>414</v>
       </c>
       <c r="B415" s="2" t="s">
-        <v>1871</v>
+        <v>1888</v>
       </c>
       <c r="C415" s="2" t="s">
-        <v>1872</v>
+        <v>1889</v>
       </c>
       <c r="D415" s="2">
         <v>1520693</v>
       </c>
       <c r="E415" s="2">
         <v>5229008584</v>
       </c>
       <c r="F415" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G415" s="2" t="s">
-        <v>1873</v>
+        <v>1890</v>
       </c>
       <c r="H415" s="2" t="s">
-        <v>1874</v>
+        <v>1891</v>
       </c>
       <c r="I415" s="2" t="s">
-        <v>1875</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="416" spans="1:9">
       <c r="A416" s="2">
         <v>415</v>
       </c>
       <c r="B416" s="2" t="s">
-        <v>1876</v>
+        <v>1893</v>
       </c>
       <c r="C416" s="2" t="s">
-        <v>1872</v>
+        <v>1889</v>
       </c>
       <c r="D416" s="2">
         <v>1520694</v>
       </c>
       <c r="E416" s="2">
         <v>5210995009</v>
       </c>
       <c r="F416" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G416" s="2" t="s">
-        <v>1877</v>
+        <v>1894</v>
       </c>
       <c r="H416" s="2" t="s">
-        <v>1878</v>
+        <v>1895</v>
       </c>
       <c r="I416" s="2" t="s">
-        <v>1879</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="417" spans="1:9">
       <c r="A417" s="2">
         <v>416</v>
       </c>
       <c r="B417" s="2" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="C417" s="2" t="s">
-        <v>1872</v>
+        <v>1889</v>
       </c>
       <c r="D417" s="2">
         <v>1520696</v>
       </c>
       <c r="E417" s="2">
         <v>5218006377</v>
       </c>
       <c r="F417" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G417" s="2" t="s">
-        <v>1881</v>
+        <v>1898</v>
       </c>
       <c r="H417" s="2" t="s">
-        <v>1882</v>
+        <v>1899</v>
       </c>
       <c r="I417" s="2" t="s">
-        <v>1883</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="418" spans="1:9">
       <c r="A418" s="2">
         <v>417</v>
       </c>
       <c r="B418" s="2" t="s">
-        <v>1884</v>
+        <v>1901</v>
       </c>
       <c r="C418" s="2" t="s">
-        <v>1872</v>
+        <v>1889</v>
       </c>
       <c r="D418" s="2">
         <v>1520697</v>
       </c>
       <c r="E418" s="2">
         <v>5225995001</v>
       </c>
       <c r="F418" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G418" s="2" t="s">
-        <v>1885</v>
+        <v>1902</v>
       </c>
       <c r="H418" s="2" t="s">
-        <v>1886</v>
+        <v>1903</v>
       </c>
       <c r="I418" s="2" t="s">
-        <v>1887</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="419" spans="1:9">
       <c r="A419" s="2">
         <v>418</v>
       </c>
       <c r="B419" s="2" t="s">
-        <v>1888</v>
+        <v>1905</v>
       </c>
       <c r="C419" s="2" t="s">
-        <v>1872</v>
+        <v>1889</v>
       </c>
       <c r="D419" s="2">
         <v>1520698</v>
       </c>
       <c r="E419" s="2">
         <v>5207995009</v>
       </c>
       <c r="F419" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G419" s="2" t="s">
-        <v>1889</v>
+        <v>1906</v>
       </c>
       <c r="H419" s="2" t="s">
-        <v>1890</v>
+        <v>1907</v>
       </c>
       <c r="I419" s="2" t="s">
-        <v>1891</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="420" spans="1:9">
       <c r="A420" s="2">
         <v>419</v>
       </c>
       <c r="B420" s="2" t="s">
-        <v>1892</v>
+        <v>1909</v>
       </c>
       <c r="C420" s="2" t="s">
-        <v>1872</v>
+        <v>1889</v>
       </c>
       <c r="D420" s="2">
         <v>1520699</v>
       </c>
       <c r="E420" s="2">
         <v>5248029935</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>1893</v>
+        <v>1910</v>
       </c>
       <c r="G420" s="2" t="s">
-        <v>1894</v>
+        <v>1911</v>
       </c>
       <c r="H420" s="2" t="s">
-        <v>1800</v>
+        <v>1815</v>
       </c>
       <c r="I420" s="2" t="s">
-        <v>1895</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="421" spans="1:9">
       <c r="A421" s="2">
         <v>420</v>
       </c>
       <c r="B421" s="2" t="s">
-        <v>1105</v>
+        <v>1115</v>
       </c>
       <c r="C421" s="2" t="s">
-        <v>1872</v>
+        <v>1889</v>
       </c>
       <c r="D421" s="2">
         <v>1520700</v>
       </c>
       <c r="E421" s="2">
         <v>5254482501</v>
       </c>
       <c r="F421" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G421" s="2" t="s">
-        <v>1896</v>
+        <v>1913</v>
       </c>
       <c r="H421" s="2" t="s">
-        <v>1897</v>
+        <v>1914</v>
       </c>
       <c r="I421" s="2" t="s">
-        <v>1898</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="422" spans="1:9">
       <c r="A422" s="2">
         <v>421</v>
       </c>
       <c r="B422" s="2" t="s">
-        <v>1899</v>
+        <v>1916</v>
       </c>
       <c r="C422" s="2" t="s">
-        <v>1872</v>
+        <v>1889</v>
       </c>
       <c r="D422" s="2">
         <v>1520701</v>
       </c>
       <c r="E422" s="2">
         <v>5232995002</v>
       </c>
       <c r="F422" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G422" s="2" t="s">
-        <v>1900</v>
+        <v>1917</v>
       </c>
       <c r="H422" s="2" t="s">
-        <v>1901</v>
+        <v>1918</v>
       </c>
       <c r="I422" s="2" t="s">
-        <v>1902</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="423" spans="1:9">
       <c r="A423" s="2">
         <v>422</v>
       </c>
       <c r="B423" s="2" t="s">
-        <v>1903</v>
+        <v>1920</v>
       </c>
       <c r="C423" s="2" t="s">
-        <v>1872</v>
+        <v>1889</v>
       </c>
       <c r="D423" s="2">
         <v>1520702</v>
       </c>
       <c r="E423" s="2">
         <v>5205995010</v>
       </c>
       <c r="F423" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G423" s="2" t="s">
-        <v>1904</v>
+        <v>1921</v>
       </c>
       <c r="H423" s="2" t="s">
-        <v>1905</v>
+        <v>1922</v>
       </c>
       <c r="I423" s="2" t="s">
-        <v>1906</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="424" spans="1:9">
       <c r="A424" s="2">
         <v>423</v>
       </c>
       <c r="B424" s="2" t="s">
-        <v>1907</v>
+        <v>1924</v>
       </c>
       <c r="C424" s="2" t="s">
-        <v>1872</v>
+        <v>1889</v>
       </c>
       <c r="D424" s="2">
         <v>1520703</v>
       </c>
       <c r="E424" s="2">
         <v>5251995015</v>
       </c>
       <c r="F424" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G424" s="2" t="s">
-        <v>1908</v>
+        <v>1925</v>
       </c>
       <c r="H424" s="2" t="s">
-        <v>1909</v>
+        <v>1926</v>
       </c>
       <c r="I424" s="2" t="s">
-        <v>1910</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="425" spans="1:9">
       <c r="A425" s="2">
         <v>424</v>
       </c>
       <c r="B425" s="2" t="s">
-        <v>1911</v>
+        <v>1928</v>
       </c>
       <c r="C425" s="2" t="s">
-        <v>1872</v>
+        <v>1889</v>
       </c>
       <c r="D425" s="2">
         <v>1520704</v>
       </c>
       <c r="E425" s="2">
         <v>5252022040</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>38</v>
+        <v>1860</v>
       </c>
       <c r="G425" s="2" t="s">
-        <v>1912</v>
+        <v>1929</v>
       </c>
       <c r="H425" s="2" t="s">
-        <v>1913</v>
+        <v>1930</v>
       </c>
       <c r="I425" s="2" t="s">
-        <v>1914</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="426" spans="1:9">
       <c r="A426" s="2">
         <v>425</v>
       </c>
       <c r="B426" s="2" t="s">
-        <v>1915</v>
+        <v>1932</v>
       </c>
       <c r="C426" s="2" t="s">
-        <v>1872</v>
+        <v>1889</v>
       </c>
       <c r="D426" s="2">
         <v>1520705</v>
       </c>
       <c r="E426" s="2">
         <v>5201001123</v>
       </c>
       <c r="F426" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G426" s="2" t="s">
-        <v>1916</v>
+        <v>1933</v>
       </c>
       <c r="H426" s="2" t="s">
-        <v>1917</v>
+        <v>1934</v>
       </c>
       <c r="I426" s="2" t="s">
-        <v>1918</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="427" spans="1:9">
       <c r="A427" s="2">
         <v>426</v>
       </c>
       <c r="B427" s="2" t="s">
-        <v>1919</v>
+        <v>1936</v>
       </c>
       <c r="C427" s="2" t="s">
-        <v>1872</v>
+        <v>1889</v>
       </c>
       <c r="D427" s="2">
         <v>1520706</v>
       </c>
       <c r="E427" s="2">
         <v>5204001178</v>
       </c>
       <c r="F427" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G427" s="2" t="s">
-        <v>1920</v>
+        <v>1937</v>
       </c>
       <c r="H427" s="2" t="s">
-        <v>1921</v>
+        <v>1938</v>
       </c>
       <c r="I427" s="2" t="s">
-        <v>1922</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="428" spans="1:9">
       <c r="A428" s="2">
         <v>427</v>
       </c>
       <c r="B428" s="2" t="s">
-        <v>1923</v>
+        <v>1940</v>
       </c>
       <c r="C428" s="2" t="s">
-        <v>1872</v>
+        <v>1889</v>
       </c>
       <c r="D428" s="2">
         <v>1520707</v>
       </c>
       <c r="E428" s="2">
         <v>5214995000</v>
       </c>
       <c r="F428" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G428" s="2" t="s">
-        <v>1924</v>
+        <v>1941</v>
       </c>
       <c r="H428" s="2" t="s">
-        <v>1925</v>
+        <v>1942</v>
       </c>
       <c r="I428" s="2" t="s">
-        <v>1926</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="429" spans="1:9">
       <c r="A429" s="2">
         <v>428</v>
       </c>
       <c r="B429" s="2" t="s">
-        <v>1927</v>
+        <v>1944</v>
       </c>
       <c r="C429" s="2" t="s">
-        <v>1872</v>
+        <v>1889</v>
       </c>
       <c r="D429" s="2">
         <v>1520708</v>
       </c>
       <c r="E429" s="2">
         <v>5244031027</v>
       </c>
       <c r="F429" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G429" s="2" t="s">
-        <v>1928</v>
+        <v>1945</v>
       </c>
       <c r="H429" s="2" t="s">
-        <v>1929</v>
+        <v>1946</v>
       </c>
       <c r="I429" s="2" t="s">
-        <v>1930</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="430" spans="1:9">
       <c r="A430" s="2">
         <v>429</v>
       </c>
       <c r="B430" s="2" t="s">
-        <v>1931</v>
+        <v>1948</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>1932</v>
+        <v>1949</v>
       </c>
       <c r="D430" s="2">
         <v>1520775</v>
       </c>
       <c r="E430" s="2">
         <v>5213005813</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>241</v>
+        <v>1950</v>
       </c>
       <c r="G430" s="2" t="s">
-        <v>1933</v>
+        <v>1951</v>
       </c>
       <c r="H430" s="2" t="s">
-        <v>1934</v>
+        <v>1952</v>
       </c>
       <c r="I430" s="2" t="s">
-        <v>1935</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="431" spans="1:9">
       <c r="A431" s="2">
         <v>430</v>
       </c>
       <c r="B431" s="2" t="s">
-        <v>1936</v>
+        <v>1954</v>
       </c>
       <c r="C431" s="2" t="s">
-        <v>1937</v>
+        <v>1955</v>
       </c>
       <c r="D431" s="2">
         <v>1520815</v>
       </c>
       <c r="E431" s="2">
         <v>5215995034</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>241</v>
+        <v>1950</v>
       </c>
       <c r="G431" s="2" t="s">
-        <v>1938</v>
+        <v>1956</v>
       </c>
       <c r="H431" s="2" t="s">
-        <v>1939</v>
+        <v>1957</v>
       </c>
       <c r="I431" s="2" t="s">
-        <v>1940</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="432" spans="1:9">
       <c r="A432" s="2">
         <v>431</v>
       </c>
       <c r="B432" s="2" t="s">
-        <v>1941</v>
+        <v>1959</v>
       </c>
       <c r="C432" s="2" t="s">
-        <v>1937</v>
+        <v>1955</v>
       </c>
       <c r="D432" s="2">
         <v>1520816</v>
       </c>
       <c r="E432" s="2">
         <v>5228009137</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>241</v>
+        <v>1950</v>
       </c>
       <c r="G432" s="2" t="s">
-        <v>1942</v>
+        <v>1960</v>
       </c>
       <c r="H432" s="2" t="s">
-        <v>1943</v>
+        <v>1961</v>
       </c>
       <c r="I432" s="2" t="s">
-        <v>1944</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="433" spans="1:9">
       <c r="A433" s="2">
         <v>432</v>
       </c>
       <c r="B433" s="2" t="s">
-        <v>1945</v>
+        <v>1963</v>
       </c>
       <c r="C433" s="2" t="s">
-        <v>1946</v>
+        <v>1964</v>
       </c>
       <c r="D433" s="2">
         <v>1520818</v>
       </c>
       <c r="E433" s="2">
         <v>5223995013</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>241</v>
+        <v>1950</v>
       </c>
       <c r="G433" s="2" t="s">
-        <v>1947</v>
+        <v>1965</v>
       </c>
       <c r="H433" s="2" t="s">
-        <v>1948</v>
+        <v>1966</v>
       </c>
       <c r="I433" s="2" t="s">
-        <v>1949</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="434" spans="1:9">
       <c r="A434" s="2">
         <v>433</v>
       </c>
       <c r="B434" s="2" t="s">
-        <v>1950</v>
+        <v>1968</v>
       </c>
       <c r="C434" s="2" t="s">
-        <v>1951</v>
+        <v>1969</v>
       </c>
       <c r="D434" s="2">
         <v>1520821</v>
       </c>
       <c r="E434" s="2">
         <v>5203003398</v>
       </c>
       <c r="F434" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G434" s="2" t="s">
-        <v>1952</v>
+        <v>1970</v>
       </c>
       <c r="H434" s="2" t="s">
-        <v>1953</v>
+        <v>1971</v>
       </c>
       <c r="I434" s="2" t="s">
-        <v>1954</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="435" spans="1:9">
       <c r="A435" s="2">
         <v>434</v>
       </c>
       <c r="B435" s="2" t="s">
-        <v>1955</v>
+        <v>1973</v>
       </c>
       <c r="C435" s="2" t="s">
-        <v>1956</v>
+        <v>1974</v>
       </c>
       <c r="D435" s="2">
         <v>1520822</v>
       </c>
       <c r="E435" s="2">
         <v>5208003909</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>241</v>
+        <v>1950</v>
       </c>
       <c r="G435" s="2" t="s">
-        <v>1957</v>
+        <v>1975</v>
       </c>
       <c r="H435" s="2" t="s">
-        <v>1958</v>
+        <v>1976</v>
       </c>
       <c r="I435" s="2" t="s">
-        <v>1959</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="436" spans="1:9">
       <c r="A436" s="2">
         <v>435</v>
       </c>
       <c r="B436" s="2" t="s">
-        <v>1960</v>
+        <v>1978</v>
       </c>
       <c r="C436" s="2" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="D436" s="2">
         <v>1520824</v>
       </c>
       <c r="E436" s="2">
         <v>5221003376</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>241</v>
+        <v>1950</v>
       </c>
       <c r="G436" s="2" t="s">
-        <v>1961</v>
+        <v>1979</v>
       </c>
       <c r="H436" s="2" t="s">
-        <v>1962</v>
+        <v>1980</v>
       </c>
       <c r="I436" s="2" t="s">
-        <v>1963</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="437" spans="1:9">
       <c r="A437" s="2">
         <v>436</v>
       </c>
       <c r="B437" s="2" t="s">
-        <v>1964</v>
+        <v>1982</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>1965</v>
+        <v>1983</v>
       </c>
       <c r="D437" s="2">
         <v>1520833</v>
       </c>
       <c r="E437" s="2">
         <v>5260464243</v>
       </c>
       <c r="F437" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G437" s="2" t="s">
-        <v>1966</v>
+        <v>1984</v>
       </c>
       <c r="H437" s="2" t="s">
-        <v>1967</v>
+        <v>1985</v>
       </c>
       <c r="I437" s="2" t="s">
-        <v>1968</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="438" spans="1:9">
       <c r="A438" s="2">
         <v>437</v>
       </c>
       <c r="B438" s="2" t="s">
-        <v>1969</v>
+        <v>1987</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>1970</v>
+        <v>1988</v>
       </c>
       <c r="D438" s="2">
         <v>1520890</v>
       </c>
       <c r="E438" s="2">
         <v>5227001505</v>
       </c>
       <c r="F438" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G438" s="2" t="s">
-        <v>1971</v>
+        <v>1989</v>
       </c>
       <c r="H438" s="2" t="s">
-        <v>1972</v>
+        <v>1990</v>
       </c>
       <c r="I438" s="2" t="s">
-        <v>1973</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="439" spans="1:9">
       <c r="A439" s="2">
         <v>438</v>
       </c>
       <c r="B439" s="2" t="s">
-        <v>1974</v>
+        <v>1992</v>
       </c>
       <c r="C439" s="2" t="s">
-        <v>1970</v>
+        <v>1988</v>
       </c>
       <c r="D439" s="2">
         <v>1520891</v>
       </c>
       <c r="E439" s="2">
         <v>5206004897</v>
       </c>
       <c r="F439" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G439" s="2" t="s">
-        <v>1975</v>
+        <v>1993</v>
       </c>
       <c r="H439" s="2" t="s">
-        <v>1976</v>
+        <v>1994</v>
       </c>
       <c r="I439" s="2" t="s">
-        <v>1977</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="440" spans="1:9">
       <c r="A440" s="2">
         <v>439</v>
       </c>
       <c r="B440" s="2" t="s">
-        <v>1978</v>
+        <v>1996</v>
       </c>
       <c r="C440" s="2" t="s">
-        <v>1979</v>
+        <v>1997</v>
       </c>
       <c r="D440" s="2">
         <v>1520892</v>
       </c>
       <c r="E440" s="2">
         <v>5250995005</v>
       </c>
       <c r="F440" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G440" s="2" t="s">
-        <v>1980</v>
+        <v>1998</v>
       </c>
       <c r="H440" s="2" t="s">
-        <v>1981</v>
+        <v>1999</v>
       </c>
       <c r="I440" s="2" t="s">
-        <v>1982</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="441" spans="1:9">
       <c r="A441" s="2">
         <v>440</v>
       </c>
       <c r="B441" s="2" t="s">
-        <v>1983</v>
+        <v>2001</v>
       </c>
       <c r="C441" s="2" t="s">
-        <v>1594</v>
+        <v>1605</v>
       </c>
       <c r="D441" s="2">
         <v>1520917</v>
       </c>
       <c r="E441" s="2">
         <v>5260487226</v>
       </c>
       <c r="F441" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G441" s="2" t="s">
-        <v>1984</v>
+        <v>2002</v>
       </c>
       <c r="H441" s="2" t="s">
-        <v>1825</v>
+        <v>1840</v>
       </c>
       <c r="I441" s="2" t="s">
-        <v>1985</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="442" spans="1:9">
       <c r="A442" s="2">
         <v>441</v>
       </c>
       <c r="B442" s="2" t="s">
-        <v>1986</v>
+        <v>2004</v>
       </c>
       <c r="C442" s="2" t="s">
-        <v>1987</v>
+        <v>2005</v>
       </c>
       <c r="D442" s="2">
         <v>1520921</v>
       </c>
       <c r="E442" s="2">
         <v>5254496303</v>
       </c>
       <c r="F442" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G442" s="2" t="s">
-        <v>1988</v>
+        <v>2006</v>
       </c>
       <c r="H442" s="2" t="s">
-        <v>1989</v>
+        <v>2007</v>
       </c>
       <c r="I442" s="2" t="s">
-        <v>1990</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="443" spans="1:9">
       <c r="A443" s="2">
         <v>442</v>
       </c>
       <c r="B443" s="2" t="s">
-        <v>1991</v>
+        <v>2009</v>
       </c>
       <c r="C443" s="2" t="s">
-        <v>1992</v>
+        <v>2010</v>
       </c>
       <c r="D443" s="2">
         <v>1520973</v>
       </c>
       <c r="E443" s="2">
         <v>5248045944</v>
       </c>
       <c r="F443" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G443" s="2" t="s">
-        <v>1993</v>
+        <v>2011</v>
       </c>
       <c r="H443" s="2" t="s">
-        <v>1994</v>
+        <v>2012</v>
       </c>
       <c r="I443" s="2" t="s">
-        <v>1995</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="444" spans="1:9">
       <c r="A444" s="2">
         <v>443</v>
       </c>
       <c r="B444" s="2" t="s">
-        <v>1996</v>
+        <v>2014</v>
       </c>
       <c r="C444" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D444" s="2">
         <v>1530311</v>
       </c>
       <c r="E444" s="2">
         <v>5321059541</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>873</v>
+        <v>883</v>
       </c>
       <c r="G444" s="2" t="s">
-        <v>1997</v>
+        <v>2015</v>
       </c>
       <c r="H444" s="2" t="s">
-        <v>1998</v>
+        <v>2016</v>
       </c>
       <c r="I444" s="2" t="s">
-        <v>1999</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="445" spans="1:9">
       <c r="A445" s="2">
         <v>444</v>
       </c>
       <c r="B445" s="2" t="s">
-        <v>2000</v>
+        <v>2018</v>
       </c>
       <c r="C445" s="2" t="s">
-        <v>2001</v>
+        <v>2019</v>
       </c>
       <c r="D445" s="2">
         <v>1530749</v>
       </c>
       <c r="E445" s="2">
         <v>5321165998</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>350</v>
+        <v>867</v>
       </c>
       <c r="G445" s="2" t="s">
-        <v>2002</v>
+        <v>2020</v>
       </c>
       <c r="H445" s="2" t="s">
-        <v>2003</v>
+        <v>2021</v>
       </c>
       <c r="I445" s="2" t="s">
-        <v>2004</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="446" spans="1:9">
       <c r="A446" s="2">
         <v>445</v>
       </c>
       <c r="B446" s="2" t="s">
-        <v>2005</v>
+        <v>2023</v>
       </c>
       <c r="C446" s="2" t="s">
-        <v>2006</v>
+        <v>2024</v>
       </c>
       <c r="D446" s="2">
         <v>1530761</v>
       </c>
       <c r="E446" s="2">
         <v>5321200265</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G446" s="2" t="s">
-        <v>2007</v>
+        <v>2025</v>
       </c>
       <c r="H446" s="2" t="s">
-        <v>2008</v>
+        <v>2026</v>
       </c>
       <c r="I446" s="2" t="s">
-        <v>2009</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="447" spans="1:9">
       <c r="A447" s="2">
         <v>446</v>
       </c>
       <c r="B447" s="2" t="s">
-        <v>2010</v>
+        <v>2028</v>
       </c>
       <c r="C447" s="2" t="s">
-        <v>2006</v>
+        <v>2024</v>
       </c>
       <c r="D447" s="2">
         <v>1530762</v>
       </c>
       <c r="E447" s="2">
         <v>5321010842</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>2011</v>
+        <v>2029</v>
       </c>
       <c r="G447" s="2" t="s">
-        <v>2012</v>
+        <v>2030</v>
       </c>
       <c r="H447" s="2" t="s">
-        <v>2013</v>
+        <v>2031</v>
       </c>
       <c r="I447" s="2" t="s">
-        <v>2014</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="448" spans="1:9">
       <c r="A448" s="2">
         <v>447</v>
       </c>
       <c r="B448" s="2" t="s">
-        <v>2015</v>
+        <v>2033</v>
       </c>
       <c r="C448" s="2" t="s">
-        <v>2016</v>
+        <v>2034</v>
       </c>
       <c r="D448" s="2">
         <v>1530922</v>
       </c>
       <c r="E448" s="2">
         <v>5300006958</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G448" s="2" t="s">
-        <v>2017</v>
+        <v>2035</v>
       </c>
       <c r="H448" s="2" t="s">
-        <v>2018</v>
+        <v>2036</v>
       </c>
       <c r="I448" s="2" t="s">
-        <v>2019</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="449" spans="1:9">
       <c r="A449" s="2">
         <v>448</v>
       </c>
       <c r="B449" s="2" t="s">
-        <v>2020</v>
+        <v>2038</v>
       </c>
       <c r="C449" s="2" t="s">
-        <v>2021</v>
+        <v>2039</v>
       </c>
       <c r="D449" s="2">
         <v>1540312</v>
       </c>
       <c r="E449" s="2">
         <v>5406524477</v>
       </c>
       <c r="F449" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G449" s="2" t="s">
-        <v>2022</v>
+        <v>2040</v>
       </c>
       <c r="H449" s="2" t="s">
-        <v>2023</v>
+        <v>2041</v>
       </c>
       <c r="I449" s="2" t="s">
-        <v>2024</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="450" spans="1:9">
       <c r="A450" s="2">
         <v>449</v>
       </c>
       <c r="B450" s="2" t="s">
-        <v>2025</v>
+        <v>2043</v>
       </c>
       <c r="C450" s="2" t="s">
-        <v>2026</v>
+        <v>2044</v>
       </c>
       <c r="D450" s="2">
         <v>1540313</v>
       </c>
       <c r="E450" s="2">
         <v>5406570716</v>
       </c>
       <c r="F450" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G450" s="2" t="s">
-        <v>2027</v>
+        <v>2045</v>
       </c>
       <c r="H450" s="2" t="s">
-        <v>2023</v>
+        <v>2041</v>
       </c>
       <c r="I450" s="2" t="s">
-        <v>2028</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="451" spans="1:9">
       <c r="A451" s="2">
         <v>450</v>
       </c>
       <c r="B451" s="2" t="s">
-        <v>2029</v>
+        <v>2047</v>
       </c>
       <c r="C451" s="2" t="s">
-        <v>2030</v>
+        <v>2048</v>
       </c>
       <c r="D451" s="2">
         <v>1540756</v>
       </c>
       <c r="E451" s="2">
         <v>5405049148</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>2031</v>
+        <v>2049</v>
       </c>
       <c r="G451" s="2" t="s">
-        <v>2022</v>
+        <v>2040</v>
       </c>
       <c r="H451" s="2" t="s">
-        <v>2023</v>
+        <v>2041</v>
       </c>
       <c r="I451" s="2" t="s">
-        <v>2032</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="452" spans="1:9">
       <c r="A452" s="2">
         <v>451</v>
       </c>
       <c r="B452" s="2" t="s">
-        <v>2033</v>
+        <v>2051</v>
       </c>
       <c r="C452" s="2" t="s">
-        <v>2034</v>
+        <v>2052</v>
       </c>
       <c r="D452" s="2">
         <v>1540843</v>
       </c>
       <c r="E452" s="2">
         <v>5433141963</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>301</v>
+        <v>872</v>
       </c>
       <c r="G452" s="2" t="s">
-        <v>2035</v>
+        <v>2053</v>
       </c>
       <c r="H452" s="2" t="s">
-        <v>2036</v>
+        <v>2054</v>
       </c>
       <c r="I452" s="2" t="s">
-        <v>2037</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="453" spans="1:9">
       <c r="A453" s="2">
         <v>452</v>
       </c>
       <c r="B453" s="2" t="s">
-        <v>2038</v>
+        <v>2056</v>
       </c>
       <c r="C453" s="2" t="s">
-        <v>2034</v>
+        <v>2052</v>
       </c>
       <c r="D453" s="2">
         <v>1540844</v>
       </c>
       <c r="E453" s="2">
         <v>5406550220</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>2039</v>
+        <v>2057</v>
       </c>
       <c r="G453" s="2" t="s">
-        <v>2040</v>
+        <v>2058</v>
       </c>
       <c r="H453" s="2" t="s">
-        <v>2041</v>
+        <v>2059</v>
       </c>
       <c r="I453" s="2" t="s">
-        <v>2042</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="454" spans="1:9">
       <c r="A454" s="2">
         <v>453</v>
       </c>
       <c r="B454" s="2" t="s">
-        <v>2043</v>
+        <v>2061</v>
       </c>
       <c r="C454" s="2" t="s">
-        <v>2044</v>
+        <v>2062</v>
       </c>
       <c r="D454" s="2">
         <v>1541019</v>
       </c>
       <c r="E454" s="2">
         <v>5433158910</v>
       </c>
       <c r="F454" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G454" s="2" t="s">
-        <v>2045</v>
+        <v>2063</v>
       </c>
       <c r="H454" s="2" t="s">
-        <v>2046</v>
+        <v>2064</v>
       </c>
       <c r="I454" s="2" t="s">
-        <v>2047</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="455" spans="1:9">
       <c r="A455" s="2">
         <v>454</v>
       </c>
       <c r="B455" s="2" t="s">
-        <v>2048</v>
+        <v>2066</v>
       </c>
       <c r="C455" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D455" s="2">
         <v>1550314</v>
       </c>
       <c r="E455" s="2">
         <v>5503114518</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>2049</v>
+        <v>2067</v>
       </c>
       <c r="G455" s="2" t="s">
-        <v>2050</v>
+        <v>2068</v>
       </c>
       <c r="H455" s="2" t="s">
-        <v>2051</v>
+        <v>2069</v>
       </c>
       <c r="I455" s="2" t="s">
-        <v>2052</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="456" spans="1:9">
       <c r="A456" s="2">
         <v>455</v>
       </c>
       <c r="B456" s="2" t="s">
-        <v>2053</v>
+        <v>2071</v>
       </c>
       <c r="C456" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D456" s="2">
         <v>1550315</v>
       </c>
       <c r="E456" s="2">
         <v>5503134176</v>
       </c>
       <c r="F456" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G456" s="2" t="s">
-        <v>2054</v>
+        <v>2072</v>
       </c>
       <c r="H456" s="2" t="s">
-        <v>2055</v>
+        <v>2073</v>
       </c>
       <c r="I456" s="2" t="s">
-        <v>2056</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="457" spans="1:9">
       <c r="A457" s="2">
         <v>456</v>
       </c>
       <c r="B457" s="2" t="s">
-        <v>2057</v>
+        <v>2075</v>
       </c>
       <c r="C457" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D457" s="2">
         <v>1550316</v>
       </c>
       <c r="E457" s="2">
         <v>5504240138</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G457" s="2" t="s">
-        <v>2058</v>
+        <v>2076</v>
       </c>
       <c r="H457" s="2" t="s">
-        <v>2059</v>
+        <v>2077</v>
       </c>
       <c r="I457" s="2" t="s">
-        <v>2060</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="458" spans="1:9">
       <c r="A458" s="2">
         <v>457</v>
       </c>
       <c r="B458" s="2" t="s">
-        <v>2061</v>
+        <v>2079</v>
       </c>
       <c r="C458" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D458" s="2">
         <v>1550317</v>
       </c>
       <c r="E458" s="2">
         <v>5504223936</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G458" s="2" t="s">
-        <v>2062</v>
+        <v>2080</v>
       </c>
       <c r="H458" s="2" t="s">
-        <v>2063</v>
+        <v>2081</v>
       </c>
       <c r="I458" s="2" t="s">
-        <v>2064</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="459" spans="1:9">
       <c r="A459" s="2">
         <v>458</v>
       </c>
       <c r="B459" s="2" t="s">
-        <v>2065</v>
+        <v>2083</v>
       </c>
       <c r="C459" s="2" t="s">
-        <v>2066</v>
+        <v>2084</v>
       </c>
       <c r="D459" s="2">
         <v>1550863</v>
       </c>
       <c r="E459" s="2">
         <v>5505022076</v>
       </c>
       <c r="F459" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G459" s="2" t="s">
-        <v>2067</v>
+        <v>2085</v>
       </c>
       <c r="H459" s="2" t="s">
-        <v>2068</v>
+        <v>2086</v>
       </c>
       <c r="I459" s="2" t="s">
-        <v>2069</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="460" spans="1:9">
       <c r="A460" s="2">
         <v>459</v>
       </c>
       <c r="B460" s="2" t="s">
-        <v>2070</v>
+        <v>2088</v>
       </c>
       <c r="C460" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D460" s="2">
         <v>1560318</v>
       </c>
       <c r="E460" s="2">
         <v>5614028582</v>
       </c>
       <c r="F460" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G460" s="2" t="s">
-        <v>2071</v>
+        <v>2089</v>
       </c>
       <c r="H460" s="2" t="s">
-        <v>2072</v>
+        <v>2090</v>
       </c>
       <c r="I460" s="2" t="s">
-        <v>2073</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="461" spans="1:9">
       <c r="A461" s="2">
         <v>460</v>
       </c>
       <c r="B461" s="2" t="s">
-        <v>2074</v>
+        <v>2092</v>
       </c>
       <c r="C461" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D461" s="2">
         <v>1560319</v>
       </c>
       <c r="E461" s="2">
         <v>5607018209</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>132</v>
+        <v>670</v>
       </c>
       <c r="G461" s="2" t="s">
-        <v>2075</v>
+        <v>2093</v>
       </c>
       <c r="H461" s="2" t="s">
-        <v>2076</v>
+        <v>2094</v>
       </c>
       <c r="I461" s="2" t="s">
-        <v>2077</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="462" spans="1:9">
       <c r="A462" s="2">
         <v>461</v>
       </c>
       <c r="B462" s="2" t="s">
-        <v>2078</v>
+        <v>2096</v>
       </c>
       <c r="C462" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D462" s="2">
         <v>1560320</v>
       </c>
       <c r="E462" s="2">
         <v>5610046774</v>
       </c>
       <c r="F462" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G462" s="2" t="s">
-        <v>2079</v>
+        <v>2097</v>
       </c>
       <c r="H462" s="2" t="s">
-        <v>2080</v>
+        <v>2098</v>
       </c>
       <c r="I462" s="2" t="s">
-        <v>2081</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="463" spans="1:9">
       <c r="A463" s="2">
         <v>462</v>
       </c>
       <c r="B463" s="2" t="s">
-        <v>2082</v>
+        <v>2100</v>
       </c>
       <c r="C463" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D463" s="2">
         <v>1560321</v>
       </c>
       <c r="E463" s="2">
         <v>5609046635</v>
       </c>
       <c r="F463" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G463" s="2" t="s">
-        <v>2083</v>
+        <v>2101</v>
       </c>
       <c r="H463" s="2" t="s">
-        <v>2084</v>
+        <v>2102</v>
       </c>
       <c r="I463" s="2" t="s">
-        <v>2085</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="464" spans="1:9">
       <c r="A464" s="2">
         <v>463</v>
       </c>
       <c r="B464" s="2" t="s">
-        <v>2086</v>
+        <v>2104</v>
       </c>
       <c r="C464" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D464" s="2">
         <v>1560322</v>
       </c>
       <c r="E464" s="2">
         <v>5609050670</v>
       </c>
       <c r="F464" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G464" s="2" t="s">
-        <v>2087</v>
+        <v>2105</v>
       </c>
       <c r="H464" s="2" t="s">
-        <v>2088</v>
+        <v>2106</v>
       </c>
       <c r="I464" s="2" t="s">
-        <v>2089</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="465" spans="1:9">
       <c r="A465" s="2">
         <v>464</v>
       </c>
       <c r="B465" s="2" t="s">
-        <v>2090</v>
+        <v>2108</v>
       </c>
       <c r="C465" s="2" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D465" s="2">
         <v>1560774</v>
       </c>
       <c r="E465" s="2">
         <v>5609194640</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>2092</v>
+        <v>2110</v>
       </c>
       <c r="G465" s="2" t="s">
-        <v>2093</v>
+        <v>2111</v>
       </c>
       <c r="H465" s="2" t="s">
-        <v>2094</v>
+        <v>2112</v>
       </c>
       <c r="I465" s="2" t="s">
-        <v>2095</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="466" spans="1:9">
       <c r="A466" s="2">
         <v>465</v>
       </c>
       <c r="B466" s="2" t="s">
-        <v>2096</v>
+        <v>2114</v>
       </c>
       <c r="C466" s="2" t="s">
-        <v>2097</v>
+        <v>2115</v>
       </c>
       <c r="D466" s="2">
         <v>1560896</v>
       </c>
       <c r="E466" s="2">
         <v>5609198846</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G466" s="2" t="s">
-        <v>2098</v>
+        <v>2116</v>
       </c>
       <c r="H466" s="2" t="s">
-        <v>2094</v>
+        <v>2112</v>
       </c>
       <c r="I466" s="2" t="s">
-        <v>2099</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="467" spans="1:9">
       <c r="A467" s="2">
         <v>466</v>
       </c>
       <c r="B467" s="2" t="s">
-        <v>2100</v>
+        <v>2118</v>
       </c>
       <c r="C467" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D467" s="2">
         <v>1570325</v>
       </c>
       <c r="E467" s="2">
         <v>5753990170</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>980</v>
+        <v>990</v>
       </c>
       <c r="G467" s="2" t="s">
-        <v>2101</v>
+        <v>2119</v>
       </c>
       <c r="H467" s="2" t="s">
-        <v>2102</v>
+        <v>2120</v>
       </c>
       <c r="I467" s="2" t="s">
-        <v>2103</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="468" spans="1:9">
       <c r="A468" s="2">
         <v>467</v>
       </c>
       <c r="B468" s="2" t="s">
-        <v>2104</v>
+        <v>2122</v>
       </c>
       <c r="C468" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D468" s="2">
         <v>1570326</v>
       </c>
       <c r="E468" s="2">
         <v>5753990187</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>1011</v>
+        <v>1021</v>
       </c>
       <c r="G468" s="2" t="s">
-        <v>2105</v>
+        <v>2123</v>
       </c>
       <c r="H468" s="2" t="s">
-        <v>2106</v>
+        <v>2124</v>
       </c>
       <c r="I468" s="2" t="s">
-        <v>2107</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="469" spans="1:9">
       <c r="A469" s="2">
         <v>468</v>
       </c>
       <c r="B469" s="2" t="s">
-        <v>2108</v>
+        <v>2126</v>
       </c>
       <c r="C469" s="2" t="s">
-        <v>2109</v>
+        <v>2127</v>
       </c>
       <c r="D469" s="2">
         <v>1570934</v>
       </c>
       <c r="E469" s="2">
         <v>5753076456</v>
       </c>
       <c r="F469" s="2" t="s">
         <v>119</v>
       </c>
       <c r="G469" s="2" t="s">
-        <v>2110</v>
+        <v>2128</v>
       </c>
       <c r="H469" s="2" t="s">
-        <v>2111</v>
+        <v>2129</v>
       </c>
       <c r="I469" s="2" t="s">
-        <v>2112</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="470" spans="1:9">
       <c r="A470" s="2">
         <v>469</v>
       </c>
       <c r="B470" s="2" t="s">
-        <v>2113</v>
+        <v>2131</v>
       </c>
       <c r="C470" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D470" s="2">
         <v>1580327</v>
       </c>
       <c r="E470" s="2">
         <v>5835073174</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G470" s="2" t="s">
-        <v>2114</v>
+        <v>2132</v>
       </c>
       <c r="H470" s="2" t="s">
-        <v>2115</v>
+        <v>2133</v>
       </c>
       <c r="I470" s="2" t="s">
-        <v>2116</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="471" spans="1:9">
       <c r="A471" s="2">
         <v>470</v>
       </c>
       <c r="B471" s="2" t="s">
-        <v>2117</v>
+        <v>2135</v>
       </c>
       <c r="C471" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D471" s="2">
         <v>1580328</v>
       </c>
       <c r="E471" s="2">
         <v>5836636863</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>2118</v>
+        <v>2136</v>
       </c>
       <c r="G471" s="2" t="s">
-        <v>2119</v>
+        <v>2137</v>
       </c>
       <c r="H471" s="2" t="s">
-        <v>2120</v>
+        <v>2138</v>
       </c>
       <c r="I471" s="2" t="s">
-        <v>2121</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="472" spans="1:9">
       <c r="A472" s="2">
         <v>471</v>
       </c>
       <c r="B472" s="2" t="s">
-        <v>2122</v>
+        <v>2140</v>
       </c>
       <c r="C472" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D472" s="2">
         <v>1580329</v>
       </c>
       <c r="E472" s="2">
         <v>5834052735</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>2123</v>
+        <v>2141</v>
       </c>
       <c r="G472" s="2" t="s">
-        <v>2124</v>
+        <v>2142</v>
       </c>
       <c r="H472" s="2" t="s">
-        <v>2125</v>
+        <v>2143</v>
       </c>
       <c r="I472" s="2" t="s">
-        <v>2126</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="473" spans="1:9">
       <c r="A473" s="2">
         <v>472</v>
       </c>
       <c r="B473" s="2" t="s">
-        <v>2127</v>
+        <v>2145</v>
       </c>
       <c r="C473" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D473" s="2">
         <v>1580330</v>
       </c>
       <c r="E473" s="2">
         <v>5836681979</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="G473" s="2" t="s">
-        <v>2114</v>
+        <v>2132</v>
       </c>
       <c r="H473" s="2" t="s">
-        <v>2128</v>
+        <v>2146</v>
       </c>
       <c r="I473" s="2" t="s">
-        <v>2129</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="474" spans="1:9">
       <c r="A474" s="2">
         <v>473</v>
       </c>
       <c r="B474" s="2" t="s">
-        <v>2130</v>
+        <v>2148</v>
       </c>
       <c r="C474" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D474" s="2">
         <v>1580331</v>
       </c>
       <c r="E474" s="2">
         <v>5835072413</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>1819</v>
+        <v>1834</v>
       </c>
       <c r="G474" s="2" t="s">
-        <v>2131</v>
+        <v>2149</v>
       </c>
       <c r="H474" s="2" t="s">
-        <v>2132</v>
+        <v>2150</v>
       </c>
       <c r="I474" s="2" t="s">
-        <v>2133</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="475" spans="1:9">
       <c r="A475" s="2">
         <v>474</v>
       </c>
       <c r="B475" s="2" t="s">
-        <v>2134</v>
+        <v>2152</v>
       </c>
       <c r="C475" s="2" t="s">
-        <v>2135</v>
+        <v>2153</v>
       </c>
       <c r="D475" s="2">
         <v>1580905</v>
       </c>
       <c r="E475" s="2">
         <v>5836689199</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>2136</v>
+        <v>2154</v>
       </c>
       <c r="G475" s="2" t="s">
-        <v>2137</v>
+        <v>2155</v>
       </c>
       <c r="H475" s="2" t="s">
-        <v>2138</v>
+        <v>2156</v>
       </c>
       <c r="I475" s="2" t="s">
-        <v>2139</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="476" spans="1:9">
       <c r="A476" s="2">
         <v>475</v>
       </c>
       <c r="B476" s="2" t="s">
-        <v>2140</v>
+        <v>2158</v>
       </c>
       <c r="C476" s="2" t="s">
-        <v>2141</v>
+        <v>2159</v>
       </c>
       <c r="D476" s="2">
         <v>1580906</v>
       </c>
       <c r="E476" s="2">
         <v>5805013925</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>154</v>
+        <v>575</v>
       </c>
       <c r="G476" s="2" t="s">
-        <v>2142</v>
+        <v>2160</v>
       </c>
       <c r="H476" s="2" t="s">
-        <v>2143</v>
+        <v>2161</v>
       </c>
       <c r="I476" s="2" t="s">
-        <v>2144</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="477" spans="1:9">
       <c r="A477" s="2">
         <v>476</v>
       </c>
       <c r="B477" s="2" t="s">
-        <v>2145</v>
+        <v>2163</v>
       </c>
       <c r="C477" s="2" t="s">
-        <v>2146</v>
+        <v>2164</v>
       </c>
       <c r="D477" s="2">
         <v>1580955</v>
       </c>
       <c r="E477" s="2">
         <v>5837070066</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>2147</v>
+        <v>2165</v>
       </c>
       <c r="G477" s="2" t="s">
-        <v>2148</v>
+        <v>2166</v>
       </c>
       <c r="H477" s="2" t="s">
-        <v>2149</v>
+        <v>2167</v>
       </c>
       <c r="I477" s="2" t="s">
-        <v>2150</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="478" spans="1:9">
       <c r="A478" s="2">
         <v>477</v>
       </c>
       <c r="B478" s="2" t="s">
-        <v>2151</v>
+        <v>2169</v>
       </c>
       <c r="C478" s="2" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="D478" s="2">
         <v>1581038</v>
       </c>
       <c r="E478" s="2">
         <v>5838070735</v>
       </c>
       <c r="F478" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G478" s="2" t="s">
-        <v>2152</v>
+        <v>2170</v>
       </c>
       <c r="H478" s="2" t="s">
-        <v>2153</v>
+        <v>2171</v>
       </c>
       <c r="I478" s="2" t="s">
-        <v>2154</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="479" spans="1:9">
       <c r="A479" s="2">
         <v>478</v>
       </c>
       <c r="B479" s="2" t="s">
-        <v>2155</v>
+        <v>2173</v>
       </c>
       <c r="C479" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D479" s="2">
         <v>1590332</v>
       </c>
       <c r="E479" s="2">
         <v>5902220892</v>
       </c>
       <c r="F479" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G479" s="2" t="s">
-        <v>2156</v>
+        <v>2174</v>
       </c>
       <c r="H479" s="2" t="s">
-        <v>2157</v>
+        <v>2175</v>
       </c>
       <c r="I479" s="2" t="s">
-        <v>2158</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="480" spans="1:9">
       <c r="A480" s="2">
         <v>479</v>
       </c>
       <c r="B480" s="2" t="s">
-        <v>2159</v>
+        <v>2177</v>
       </c>
       <c r="C480" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D480" s="2">
         <v>1590333</v>
       </c>
       <c r="E480" s="2">
         <v>5902198365</v>
       </c>
       <c r="F480" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G480" s="2" t="s">
-        <v>2160</v>
+        <v>2178</v>
       </c>
       <c r="H480" s="2" t="s">
-        <v>2157</v>
+        <v>2175</v>
       </c>
       <c r="I480" s="2" t="s">
-        <v>2161</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="481" spans="1:9">
       <c r="A481" s="2">
         <v>480</v>
       </c>
       <c r="B481" s="2" t="s">
-        <v>2162</v>
+        <v>2180</v>
       </c>
       <c r="C481" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D481" s="2">
         <v>1590334</v>
       </c>
       <c r="E481" s="2">
         <v>5902989906</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>2163</v>
+        <v>2181</v>
       </c>
       <c r="G481" s="2" t="s">
-        <v>2164</v>
+        <v>2182</v>
       </c>
       <c r="H481" s="2" t="s">
-        <v>2165</v>
+        <v>2183</v>
       </c>
       <c r="I481" s="2" t="s">
-        <v>2166</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="482" spans="1:9">
       <c r="A482" s="2">
         <v>481</v>
       </c>
       <c r="B482" s="2" t="s">
-        <v>2167</v>
+        <v>2185</v>
       </c>
       <c r="C482" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D482" s="2">
         <v>1590335</v>
       </c>
       <c r="E482" s="2">
         <v>5948021770</v>
       </c>
       <c r="F482" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G482" s="2" t="s">
-        <v>2168</v>
+        <v>2186</v>
       </c>
       <c r="H482" s="2" t="s">
-        <v>2169</v>
+        <v>2187</v>
       </c>
       <c r="I482" s="2" t="s">
-        <v>2170</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="483" spans="1:9">
       <c r="A483" s="2">
         <v>482</v>
       </c>
       <c r="B483" s="2" t="s">
-        <v>2171</v>
+        <v>2189</v>
       </c>
       <c r="C483" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D483" s="2">
         <v>1590336</v>
       </c>
       <c r="E483" s="2">
         <v>5902998570</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>2172</v>
+        <v>2190</v>
       </c>
       <c r="G483" s="2" t="s">
-        <v>2173</v>
+        <v>2191</v>
       </c>
       <c r="H483" s="2" t="s">
-        <v>2174</v>
+        <v>2192</v>
       </c>
       <c r="I483" s="2" t="s">
-        <v>2175</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="484" spans="1:9">
       <c r="A484" s="2">
         <v>483</v>
       </c>
       <c r="B484" s="2" t="s">
-        <v>2176</v>
+        <v>2194</v>
       </c>
       <c r="C484" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D484" s="2">
         <v>1590337</v>
       </c>
       <c r="E484" s="2">
         <v>5904302861</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G484" s="2" t="s">
-        <v>2177</v>
+        <v>2195</v>
       </c>
       <c r="H484" s="2" t="s">
-        <v>2178</v>
+        <v>2196</v>
       </c>
       <c r="I484" s="2" t="s">
-        <v>2179</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="485" spans="1:9">
       <c r="A485" s="2">
         <v>484</v>
       </c>
       <c r="B485" s="2" t="s">
-        <v>2180</v>
+        <v>2198</v>
       </c>
       <c r="C485" s="2" t="s">
-        <v>2181</v>
+        <v>2199</v>
       </c>
       <c r="D485" s="2">
         <v>1590783</v>
       </c>
       <c r="E485" s="2">
         <v>5911061134</v>
       </c>
       <c r="F485" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G485" s="2" t="s">
-        <v>2182</v>
+        <v>2200</v>
       </c>
       <c r="H485" s="2" t="s">
-        <v>2183</v>
+        <v>2201</v>
       </c>
       <c r="I485" s="2" t="s">
-        <v>2184</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="486" spans="1:9">
       <c r="A486" s="2">
         <v>485</v>
       </c>
       <c r="B486" s="2" t="s">
-        <v>2185</v>
+        <v>2203</v>
       </c>
       <c r="C486" s="2" t="s">
-        <v>2181</v>
+        <v>2199</v>
       </c>
       <c r="D486" s="2">
         <v>1590785</v>
       </c>
       <c r="E486" s="2">
         <v>5918840683</v>
       </c>
       <c r="F486" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G486" s="2" t="s">
-        <v>2186</v>
+        <v>2204</v>
       </c>
       <c r="H486" s="2" t="s">
-        <v>2187</v>
+        <v>2205</v>
       </c>
       <c r="I486" s="2" t="s">
-        <v>2188</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="487" spans="1:9">
       <c r="A487" s="2">
         <v>486</v>
       </c>
       <c r="B487" s="2" t="s">
-        <v>2189</v>
+        <v>2207</v>
       </c>
       <c r="C487" s="2" t="s">
-        <v>2181</v>
+        <v>2199</v>
       </c>
       <c r="D487" s="2">
         <v>1590786</v>
       </c>
       <c r="E487" s="2">
         <v>5951006860</v>
       </c>
       <c r="F487" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G487" s="2" t="s">
-        <v>2190</v>
+        <v>2208</v>
       </c>
       <c r="H487" s="2" t="s">
-        <v>2191</v>
+        <v>2209</v>
       </c>
       <c r="I487" s="2" t="s">
-        <v>2192</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="488" spans="1:9">
       <c r="A488" s="2">
         <v>487</v>
       </c>
       <c r="B488" s="2" t="s">
-        <v>2193</v>
+        <v>2211</v>
       </c>
       <c r="C488" s="2" t="s">
-        <v>2181</v>
+        <v>2199</v>
       </c>
       <c r="D488" s="2">
         <v>1590787</v>
       </c>
       <c r="E488" s="2">
         <v>5921029500</v>
       </c>
       <c r="F488" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G488" s="2" t="s">
-        <v>2194</v>
+        <v>2212</v>
       </c>
       <c r="H488" s="2" t="s">
-        <v>2195</v>
+        <v>2213</v>
       </c>
       <c r="I488" s="2" t="s">
-        <v>2196</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="489" spans="1:9">
       <c r="A489" s="2">
         <v>488</v>
       </c>
       <c r="B489" s="2" t="s">
-        <v>2197</v>
+        <v>2215</v>
       </c>
       <c r="C489" s="2" t="s">
-        <v>2181</v>
+        <v>2199</v>
       </c>
       <c r="D489" s="2">
         <v>1590788</v>
       </c>
       <c r="E489" s="2">
         <v>5921027372</v>
       </c>
       <c r="F489" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G489" s="2" t="s">
-        <v>2198</v>
+        <v>2216</v>
       </c>
       <c r="H489" s="2" t="s">
-        <v>2199</v>
+        <v>2217</v>
       </c>
       <c r="I489" s="2" t="s">
-        <v>2200</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="490" spans="1:9">
       <c r="A490" s="2">
         <v>489</v>
       </c>
       <c r="B490" s="2" t="s">
-        <v>2201</v>
+        <v>2219</v>
       </c>
       <c r="C490" s="2" t="s">
-        <v>2181</v>
+        <v>2199</v>
       </c>
       <c r="D490" s="2">
         <v>1590789</v>
       </c>
       <c r="E490" s="2">
         <v>5981998594</v>
       </c>
       <c r="F490" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G490" s="2" t="s">
-        <v>2202</v>
+        <v>2220</v>
       </c>
       <c r="H490" s="2" t="s">
-        <v>2203</v>
+        <v>2221</v>
       </c>
       <c r="I490" s="2" t="s">
-        <v>2204</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="491" spans="1:9">
       <c r="A491" s="2">
         <v>490</v>
       </c>
       <c r="B491" s="2" t="s">
-        <v>2205</v>
+        <v>2223</v>
       </c>
       <c r="C491" s="2" t="s">
-        <v>2181</v>
+        <v>2199</v>
       </c>
       <c r="D491" s="2">
         <v>1590790</v>
       </c>
       <c r="E491" s="2">
         <v>5917591064</v>
       </c>
       <c r="F491" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G491" s="2" t="s">
-        <v>2206</v>
+        <v>2224</v>
       </c>
       <c r="H491" s="2" t="s">
-        <v>2207</v>
+        <v>2225</v>
       </c>
       <c r="I491" s="2" t="s">
-        <v>2208</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="492" spans="1:9">
       <c r="A492" s="2">
         <v>491</v>
       </c>
       <c r="B492" s="2" t="s">
-        <v>2209</v>
+        <v>2227</v>
       </c>
       <c r="C492" s="2" t="s">
-        <v>2181</v>
+        <v>2199</v>
       </c>
       <c r="D492" s="2">
         <v>1590791</v>
       </c>
       <c r="E492" s="2">
         <v>5903067301</v>
       </c>
       <c r="F492" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G492" s="2" t="s">
-        <v>2210</v>
+        <v>2228</v>
       </c>
       <c r="H492" s="2" t="s">
-        <v>2211</v>
+        <v>2229</v>
       </c>
       <c r="I492" s="2" t="s">
-        <v>2212</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="493" spans="1:9">
       <c r="A493" s="2">
         <v>492</v>
       </c>
       <c r="B493" s="2" t="s">
-        <v>2213</v>
+        <v>2231</v>
       </c>
       <c r="C493" s="2" t="s">
-        <v>2181</v>
+        <v>2199</v>
       </c>
       <c r="D493" s="2">
         <v>1590792</v>
       </c>
       <c r="E493" s="2">
         <v>5907024588</v>
       </c>
       <c r="F493" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G493" s="2" t="s">
-        <v>2214</v>
+        <v>2232</v>
       </c>
       <c r="H493" s="2" t="s">
-        <v>2215</v>
+        <v>2233</v>
       </c>
       <c r="I493" s="2" t="s">
-        <v>2216</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="494" spans="1:9">
       <c r="A494" s="2">
         <v>493</v>
       </c>
       <c r="B494" s="2" t="s">
-        <v>2217</v>
+        <v>2235</v>
       </c>
       <c r="C494" s="2" t="s">
-        <v>2181</v>
+        <v>2199</v>
       </c>
       <c r="D494" s="2">
         <v>1590794</v>
       </c>
       <c r="E494" s="2">
         <v>5947014089</v>
       </c>
       <c r="F494" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G494" s="2" t="s">
-        <v>2218</v>
+        <v>2236</v>
       </c>
       <c r="H494" s="2" t="s">
-        <v>2219</v>
+        <v>2237</v>
       </c>
       <c r="I494" s="2" t="s">
-        <v>2220</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="495" spans="1:9">
       <c r="A495" s="2">
         <v>494</v>
       </c>
       <c r="B495" s="2" t="s">
-        <v>2221</v>
+        <v>2239</v>
       </c>
       <c r="C495" s="2" t="s">
-        <v>2181</v>
+        <v>2199</v>
       </c>
       <c r="D495" s="2">
         <v>1590795</v>
       </c>
       <c r="E495" s="2">
         <v>5981998587</v>
       </c>
       <c r="F495" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G495" s="2" t="s">
-        <v>2222</v>
+        <v>2240</v>
       </c>
       <c r="H495" s="2" t="s">
-        <v>2223</v>
+        <v>2241</v>
       </c>
       <c r="I495" s="2" t="s">
-        <v>2224</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="496" spans="1:9">
       <c r="A496" s="2">
         <v>495</v>
       </c>
       <c r="B496" s="2" t="s">
-        <v>2225</v>
+        <v>2243</v>
       </c>
       <c r="C496" s="2" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="D496" s="2">
         <v>1590813</v>
       </c>
       <c r="E496" s="2">
         <v>5939006550</v>
       </c>
       <c r="F496" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G496" s="2" t="s">
-        <v>2226</v>
+        <v>2244</v>
       </c>
       <c r="H496" s="2" t="s">
-        <v>2227</v>
+        <v>2245</v>
       </c>
       <c r="I496" s="2" t="s">
-        <v>2228</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="497" spans="1:9">
       <c r="A497" s="2">
         <v>496</v>
       </c>
       <c r="B497" s="2" t="s">
-        <v>2229</v>
+        <v>2247</v>
       </c>
       <c r="C497" s="2" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="D497" s="2">
         <v>1590814</v>
       </c>
       <c r="E497" s="2">
         <v>5981003288</v>
       </c>
       <c r="F497" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G497" s="2" t="s">
-        <v>2230</v>
+        <v>2248</v>
       </c>
       <c r="H497" s="2" t="s">
-        <v>2231</v>
+        <v>2249</v>
       </c>
       <c r="I497" s="2" t="s">
-        <v>2232</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="498" spans="1:9">
       <c r="A498" s="2">
         <v>497</v>
       </c>
       <c r="B498" s="2" t="s">
-        <v>2233</v>
+        <v>2251</v>
       </c>
       <c r="C498" s="2" t="s">
-        <v>2234</v>
+        <v>2252</v>
       </c>
       <c r="D498" s="2">
         <v>1590828</v>
       </c>
       <c r="E498" s="2">
         <v>5957819438</v>
       </c>
       <c r="F498" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G498" s="2" t="s">
-        <v>2235</v>
+        <v>2253</v>
       </c>
       <c r="H498" s="2" t="s">
-        <v>2236</v>
+        <v>2254</v>
       </c>
       <c r="I498" s="2" t="s">
-        <v>2237</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="499" spans="1:9">
       <c r="A499" s="2">
         <v>498</v>
       </c>
       <c r="B499" s="2" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="C499" s="2" t="s">
-        <v>2239</v>
+        <v>2257</v>
       </c>
       <c r="D499" s="2">
         <v>1590885</v>
       </c>
       <c r="E499" s="2">
         <v>5981002936</v>
       </c>
       <c r="F499" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G499" s="2" t="s">
-        <v>2240</v>
+        <v>2258</v>
       </c>
       <c r="H499" s="2" t="s">
-        <v>2241</v>
+        <v>2259</v>
       </c>
       <c r="I499" s="2" t="s">
-        <v>2242</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="500" spans="1:9">
       <c r="A500" s="2">
         <v>499</v>
       </c>
       <c r="B500" s="2" t="s">
-        <v>2243</v>
+        <v>2261</v>
       </c>
       <c r="C500" s="2" t="s">
-        <v>2239</v>
+        <v>2257</v>
       </c>
       <c r="D500" s="2">
         <v>1590886</v>
       </c>
       <c r="E500" s="2">
         <v>5921020521</v>
       </c>
       <c r="F500" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G500" s="2" t="s">
-        <v>2244</v>
+        <v>2262</v>
       </c>
       <c r="H500" s="2" t="s">
-        <v>2245</v>
+        <v>2263</v>
       </c>
       <c r="I500" s="2" t="s">
-        <v>2246</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="501" spans="1:9">
       <c r="A501" s="2">
         <v>500</v>
       </c>
       <c r="B501" s="2" t="s">
-        <v>2247</v>
+        <v>2265</v>
       </c>
       <c r="C501" s="2" t="s">
-        <v>2239</v>
+        <v>2257</v>
       </c>
       <c r="D501" s="2">
         <v>1590887</v>
       </c>
       <c r="E501" s="2">
         <v>5957402034</v>
       </c>
       <c r="F501" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G501" s="2" t="s">
-        <v>2248</v>
+        <v>2266</v>
       </c>
       <c r="H501" s="2" t="s">
-        <v>2249</v>
+        <v>2267</v>
       </c>
       <c r="I501" s="2" t="s">
-        <v>2250</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="502" spans="1:9">
       <c r="A502" s="2">
         <v>501</v>
       </c>
       <c r="B502" s="2" t="s">
-        <v>2251</v>
+        <v>2269</v>
       </c>
       <c r="C502" s="2" t="s">
-        <v>2252</v>
+        <v>2270</v>
       </c>
       <c r="D502" s="2">
         <v>1590894</v>
       </c>
       <c r="E502" s="2">
         <v>5902225932</v>
       </c>
       <c r="F502" s="2" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="G502" s="2" t="s">
-        <v>2253</v>
+        <v>2271</v>
       </c>
       <c r="H502" s="2" t="s">
-        <v>2254</v>
+        <v>2272</v>
       </c>
       <c r="I502" s="2" t="s">
-        <v>2255</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="503" spans="1:9">
       <c r="A503" s="2">
         <v>502</v>
       </c>
       <c r="B503" s="2" t="s">
-        <v>2256</v>
+        <v>2274</v>
       </c>
       <c r="C503" s="2" t="s">
-        <v>2257</v>
+        <v>2275</v>
       </c>
       <c r="D503" s="2">
         <v>1590898</v>
       </c>
       <c r="E503" s="2">
         <v>5920023400</v>
       </c>
       <c r="F503" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G503" s="2" t="s">
-        <v>2258</v>
+        <v>2276</v>
       </c>
       <c r="H503" s="2" t="s">
-        <v>2259</v>
+        <v>2277</v>
       </c>
       <c r="I503" s="2" t="s">
-        <v>2260</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="504" spans="1:9">
       <c r="A504" s="2">
         <v>503</v>
       </c>
       <c r="B504" s="2" t="s">
-        <v>2261</v>
+        <v>2279</v>
       </c>
       <c r="C504" s="2" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="D504" s="2">
         <v>1590945</v>
       </c>
       <c r="E504" s="2">
         <v>5918219980</v>
       </c>
       <c r="F504" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G504" s="2" t="s">
-        <v>2262</v>
+        <v>2280</v>
       </c>
       <c r="H504" s="2" t="s">
-        <v>2263</v>
+        <v>2281</v>
       </c>
       <c r="I504" s="2" t="s">
-        <v>2264</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="505" spans="1:9">
       <c r="A505" s="2">
         <v>504</v>
       </c>
       <c r="B505" s="2" t="s">
-        <v>2265</v>
+        <v>2283</v>
       </c>
       <c r="C505" s="2" t="s">
-        <v>2266</v>
+        <v>2284</v>
       </c>
       <c r="D505" s="2">
         <v>1590989</v>
       </c>
       <c r="E505" s="2">
         <v>5906164046</v>
       </c>
       <c r="F505" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G505" s="2" t="s">
-        <v>2267</v>
+        <v>2285</v>
       </c>
       <c r="H505" s="2" t="s">
-        <v>2268</v>
+        <v>2286</v>
       </c>
       <c r="I505" s="2" t="s">
-        <v>2269</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="506" spans="1:9">
       <c r="A506" s="2">
         <v>505</v>
       </c>
       <c r="B506" s="2" t="s">
-        <v>2270</v>
+        <v>2288</v>
       </c>
       <c r="C506" s="2" t="s">
-        <v>2271</v>
+        <v>2289</v>
       </c>
       <c r="D506" s="2">
         <v>1591000</v>
       </c>
       <c r="E506" s="2">
         <v>5981003418</v>
       </c>
       <c r="F506" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G506" s="2" t="s">
-        <v>2272</v>
+        <v>2290</v>
       </c>
       <c r="H506" s="2" t="s">
-        <v>2273</v>
+        <v>2291</v>
       </c>
       <c r="I506" s="2" t="s">
-        <v>2274</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="507" spans="1:9">
       <c r="A507" s="2">
         <v>506</v>
       </c>
       <c r="B507" s="2" t="s">
-        <v>2275</v>
+        <v>2293</v>
       </c>
       <c r="C507" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D507" s="2">
         <v>1600338</v>
       </c>
       <c r="E507" s="2">
         <v>6027123709</v>
       </c>
       <c r="F507" s="2" t="s">
-        <v>2276</v>
+        <v>2294</v>
       </c>
       <c r="G507" s="2" t="s">
-        <v>2277</v>
+        <v>2295</v>
       </c>
       <c r="H507" s="2" t="s">
-        <v>2278</v>
+        <v>2296</v>
       </c>
       <c r="I507" s="2" t="s">
-        <v>2279</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="508" spans="1:9">
       <c r="A508" s="2">
         <v>507</v>
       </c>
       <c r="B508" s="2" t="s">
-        <v>2280</v>
+        <v>2298</v>
       </c>
       <c r="C508" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D508" s="2">
         <v>1600339</v>
       </c>
       <c r="E508" s="2">
         <v>6027129771</v>
       </c>
       <c r="F508" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G508" s="2" t="s">
-        <v>2281</v>
+        <v>2299</v>
       </c>
       <c r="H508" s="2" t="s">
-        <v>2282</v>
+        <v>2300</v>
       </c>
       <c r="I508" s="2" t="s">
-        <v>2283</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="509" spans="1:9">
       <c r="A509" s="2">
         <v>508</v>
       </c>
       <c r="B509" s="2" t="s">
-        <v>2284</v>
+        <v>2302</v>
       </c>
       <c r="C509" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D509" s="2">
         <v>1600341</v>
       </c>
       <c r="E509" s="2">
         <v>6015007144</v>
       </c>
       <c r="F509" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G509" s="2" t="s">
-        <v>2285</v>
+        <v>2303</v>
       </c>
       <c r="H509" s="2" t="s">
-        <v>2286</v>
+        <v>2304</v>
       </c>
       <c r="I509" s="2" t="s">
-        <v>2287</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="510" spans="1:9">
       <c r="A510" s="2">
         <v>509</v>
       </c>
       <c r="B510" s="2" t="s">
-        <v>2288</v>
+        <v>2306</v>
       </c>
       <c r="C510" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D510" s="2">
         <v>1600342</v>
       </c>
       <c r="E510" s="2">
         <v>6004004085</v>
       </c>
       <c r="F510" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G510" s="2" t="s">
-        <v>2289</v>
+        <v>2307</v>
       </c>
       <c r="H510" s="2" t="s">
-        <v>2290</v>
+        <v>2308</v>
       </c>
       <c r="I510" s="2" t="s">
-        <v>2291</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="511" spans="1:9">
       <c r="A511" s="2">
         <v>510</v>
       </c>
       <c r="B511" s="2" t="s">
-        <v>2292</v>
+        <v>2310</v>
       </c>
       <c r="C511" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D511" s="2">
         <v>1600345</v>
       </c>
       <c r="E511" s="2">
         <v>6025035359</v>
       </c>
       <c r="F511" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G511" s="2" t="s">
-        <v>2293</v>
+        <v>2311</v>
       </c>
       <c r="H511" s="2" t="s">
-        <v>2294</v>
+        <v>2312</v>
       </c>
       <c r="I511" s="2" t="s">
-        <v>2295</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="512" spans="1:9">
       <c r="A512" s="2">
         <v>511</v>
       </c>
       <c r="B512" s="2" t="s">
-        <v>2296</v>
+        <v>2314</v>
       </c>
       <c r="C512" s="2" t="s">
-        <v>2297</v>
+        <v>2315</v>
       </c>
       <c r="D512" s="2">
         <v>1600347</v>
       </c>
       <c r="E512" s="2">
         <v>6027180150</v>
       </c>
       <c r="F512" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G512" s="2" t="s">
-        <v>2298</v>
+        <v>2316</v>
       </c>
       <c r="H512" s="2" t="s">
-        <v>2299</v>
+        <v>2317</v>
       </c>
       <c r="I512" s="2" t="s">
-        <v>2300</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="513" spans="1:9">
       <c r="A513" s="2">
         <v>512</v>
       </c>
       <c r="B513" s="2" t="s">
-        <v>2301</v>
+        <v>2319</v>
       </c>
       <c r="C513" s="2" t="s">
-        <v>2302</v>
+        <v>2320</v>
       </c>
       <c r="D513" s="2">
         <v>1600893</v>
       </c>
       <c r="E513" s="2">
         <v>6027207324</v>
       </c>
       <c r="F513" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G513" s="2" t="s">
-        <v>2277</v>
+        <v>2295</v>
       </c>
       <c r="H513" s="2" t="s">
-        <v>2303</v>
+        <v>2321</v>
       </c>
       <c r="I513" s="2" t="s">
-        <v>2304</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="514" spans="1:9">
       <c r="A514" s="2">
         <v>513</v>
       </c>
       <c r="B514" s="2" t="s">
-        <v>2305</v>
+        <v>2323</v>
       </c>
       <c r="C514" s="2" t="s">
-        <v>1698</v>
+        <v>1709</v>
       </c>
       <c r="D514" s="2">
         <v>1600936</v>
       </c>
       <c r="E514" s="2">
         <v>6025027710</v>
       </c>
       <c r="F514" s="2" t="s">
-        <v>2306</v>
+        <v>2324</v>
       </c>
       <c r="G514" s="2" t="s">
-        <v>2307</v>
+        <v>2325</v>
       </c>
       <c r="H514" s="2" t="s">
-        <v>2308</v>
+        <v>2326</v>
       </c>
       <c r="I514" s="2" t="s">
-        <v>2309</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="515" spans="1:9">
       <c r="A515" s="2">
         <v>514</v>
       </c>
       <c r="B515" s="2" t="s">
-        <v>2310</v>
+        <v>2328</v>
       </c>
       <c r="C515" s="2" t="s">
-        <v>2311</v>
+        <v>2329</v>
       </c>
       <c r="D515" s="2">
         <v>1601025</v>
       </c>
       <c r="E515" s="2">
         <v>6027205310</v>
       </c>
       <c r="F515" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G515" s="2" t="s">
-        <v>2312</v>
+        <v>2330</v>
       </c>
       <c r="H515" s="2" t="s">
-        <v>2313</v>
+        <v>2331</v>
       </c>
       <c r="I515" s="2" t="s">
-        <v>2314</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="516" spans="1:9">
       <c r="A516" s="2">
         <v>515</v>
       </c>
       <c r="B516" s="2" t="s">
-        <v>2315</v>
+        <v>2333</v>
       </c>
       <c r="C516" s="2" t="s">
-        <v>867</v>
+        <v>877</v>
       </c>
       <c r="D516" s="2">
         <v>1601035</v>
       </c>
       <c r="E516" s="2">
         <v>6025024237</v>
       </c>
       <c r="F516" s="2" t="s">
-        <v>787</v>
+        <v>795</v>
       </c>
       <c r="G516" s="2" t="s">
-        <v>2316</v>
+        <v>2334</v>
       </c>
       <c r="H516" s="2" t="s">
-        <v>2317</v>
+        <v>2335</v>
       </c>
       <c r="I516" s="2" t="s">
-        <v>2318</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="517" spans="1:9">
       <c r="A517" s="2">
         <v>516</v>
       </c>
       <c r="B517" s="2" t="s">
-        <v>2319</v>
+        <v>2337</v>
       </c>
       <c r="C517" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D517" s="2">
         <v>1610341</v>
       </c>
       <c r="E517" s="2">
         <v>6163098963</v>
       </c>
       <c r="F517" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G517" s="2" t="s">
-        <v>2320</v>
+        <v>2338</v>
       </c>
       <c r="H517" s="2" t="s">
-        <v>2321</v>
+        <v>2339</v>
       </c>
       <c r="I517" s="2" t="s">
-        <v>2322</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="518" spans="1:9">
       <c r="A518" s="2">
         <v>517</v>
       </c>
       <c r="B518" s="2" t="s">
-        <v>2323</v>
+        <v>2341</v>
       </c>
       <c r="C518" s="2" t="s">
-        <v>2324</v>
+        <v>2342</v>
       </c>
       <c r="D518" s="2">
         <v>1610808</v>
       </c>
       <c r="E518" s="2">
         <v>6163207186</v>
       </c>
       <c r="F518" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G518" s="2" t="s">
-        <v>2325</v>
+        <v>2343</v>
       </c>
       <c r="H518" s="2" t="s">
-        <v>2326</v>
+        <v>2344</v>
       </c>
       <c r="I518" s="2" t="s">
-        <v>2327</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="519" spans="1:9">
       <c r="A519" s="2">
         <v>518</v>
       </c>
       <c r="B519" s="2" t="s">
-        <v>2328</v>
+        <v>2346</v>
       </c>
       <c r="C519" s="2" t="s">
-        <v>2329</v>
+        <v>2347</v>
       </c>
       <c r="D519" s="2">
         <v>1610831</v>
       </c>
       <c r="E519" s="2">
         <v>6164109350</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>2330</v>
+        <v>2348</v>
       </c>
       <c r="G519" s="2" t="s">
-        <v>2331</v>
+        <v>2349</v>
       </c>
       <c r="H519" s="2" t="s">
-        <v>2332</v>
+        <v>2350</v>
       </c>
       <c r="I519" s="2" t="s">
-        <v>2333</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="520" spans="1:9">
       <c r="A520" s="2">
         <v>519</v>
       </c>
       <c r="B520" s="2" t="s">
-        <v>2334</v>
+        <v>2352</v>
       </c>
       <c r="C520" s="2" t="s">
-        <v>2335</v>
+        <v>2353</v>
       </c>
       <c r="D520" s="2">
         <v>1610869</v>
       </c>
       <c r="E520" s="2">
         <v>6155026757</v>
       </c>
       <c r="F520" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G520" s="2" t="s">
-        <v>2336</v>
+        <v>2354</v>
       </c>
       <c r="H520" s="2" t="s">
-        <v>2337</v>
+        <v>2355</v>
       </c>
       <c r="I520" s="2" t="s">
-        <v>2338</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="521" spans="1:9">
       <c r="A521" s="2">
         <v>520</v>
       </c>
       <c r="B521" s="2" t="s">
-        <v>2339</v>
+        <v>2357</v>
       </c>
       <c r="C521" s="2" t="s">
-        <v>2335</v>
+        <v>2353</v>
       </c>
       <c r="D521" s="2">
         <v>1610870</v>
       </c>
       <c r="E521" s="2">
         <v>6164074612</v>
       </c>
       <c r="F521" s="2" t="s">
-        <v>132</v>
+        <v>670</v>
       </c>
       <c r="G521" s="2" t="s">
-        <v>2340</v>
+        <v>2358</v>
       </c>
       <c r="H521" s="2" t="s">
-        <v>2341</v>
+        <v>2359</v>
       </c>
       <c r="I521" s="2" t="s">
-        <v>2342</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="522" spans="1:9">
       <c r="A522" s="2">
         <v>521</v>
       </c>
       <c r="B522" s="2" t="s">
-        <v>2343</v>
+        <v>2361</v>
       </c>
       <c r="C522" s="2" t="s">
-        <v>2335</v>
+        <v>2353</v>
       </c>
       <c r="D522" s="2">
         <v>1610871</v>
       </c>
       <c r="E522" s="2">
         <v>6163113192</v>
       </c>
       <c r="F522" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G522" s="2" t="s">
-        <v>2344</v>
+        <v>2362</v>
       </c>
       <c r="H522" s="2" t="s">
-        <v>2345</v>
+        <v>2363</v>
       </c>
       <c r="I522" s="2" t="s">
-        <v>2346</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="523" spans="1:9">
       <c r="A523" s="2">
         <v>522</v>
       </c>
       <c r="B523" s="2" t="s">
-        <v>2347</v>
+        <v>2365</v>
       </c>
       <c r="C523" s="2" t="s">
-        <v>2335</v>
+        <v>2353</v>
       </c>
       <c r="D523" s="2">
         <v>1610872</v>
       </c>
       <c r="E523" s="2">
         <v>6163214634</v>
       </c>
-      <c r="F523" s="2"/>
+      <c r="F523" s="2" t="s">
+        <v>2366</v>
+      </c>
       <c r="G523" s="2" t="s">
-        <v>2348</v>
+        <v>2367</v>
       </c>
       <c r="H523" s="2" t="s">
-        <v>2349</v>
+        <v>2368</v>
       </c>
       <c r="I523" s="2" t="s">
-        <v>2350</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="524" spans="1:9">
       <c r="A524" s="2">
         <v>523</v>
       </c>
       <c r="B524" s="2" t="s">
-        <v>2351</v>
+        <v>2370</v>
       </c>
       <c r="C524" s="2" t="s">
-        <v>2335</v>
+        <v>2353</v>
       </c>
       <c r="D524" s="2">
         <v>1610873</v>
       </c>
       <c r="E524" s="2">
         <v>6145005116</v>
       </c>
       <c r="F524" s="2" t="s">
-        <v>132</v>
+        <v>670</v>
       </c>
       <c r="G524" s="2" t="s">
-        <v>2352</v>
+        <v>2371</v>
       </c>
       <c r="H524" s="2" t="s">
-        <v>2353</v>
+        <v>2372</v>
       </c>
       <c r="I524" s="2" t="s">
-        <v>2354</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="525" spans="1:9">
       <c r="A525" s="2">
         <v>524</v>
       </c>
       <c r="B525" s="2" t="s">
-        <v>2355</v>
+        <v>2374</v>
       </c>
       <c r="C525" s="2" t="s">
-        <v>2335</v>
+        <v>2353</v>
       </c>
       <c r="D525" s="2">
         <v>1610874</v>
       </c>
       <c r="E525" s="2">
         <v>6154035727</v>
       </c>
       <c r="F525" s="2" t="s">
-        <v>132</v>
+        <v>670</v>
       </c>
       <c r="G525" s="2" t="s">
-        <v>2356</v>
+        <v>2375</v>
       </c>
       <c r="H525" s="2" t="s">
-        <v>2357</v>
+        <v>2376</v>
       </c>
       <c r="I525" s="2" t="s">
-        <v>2358</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="526" spans="1:9">
       <c r="A526" s="2">
         <v>525</v>
       </c>
       <c r="B526" s="2" t="s">
-        <v>2359</v>
+        <v>2378</v>
       </c>
       <c r="C526" s="2" t="s">
-        <v>2335</v>
+        <v>2353</v>
       </c>
       <c r="D526" s="2">
         <v>1610875</v>
       </c>
       <c r="E526" s="2">
         <v>6151009581</v>
       </c>
       <c r="F526" s="2" t="s">
-        <v>132</v>
+        <v>670</v>
       </c>
       <c r="G526" s="2" t="s">
-        <v>2360</v>
+        <v>2379</v>
       </c>
       <c r="H526" s="2" t="s">
-        <v>2361</v>
+        <v>2380</v>
       </c>
       <c r="I526" s="2" t="s">
-        <v>2362</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="527" spans="1:9">
       <c r="A527" s="2">
         <v>526</v>
       </c>
       <c r="B527" s="2" t="s">
-        <v>2363</v>
+        <v>2382</v>
       </c>
       <c r="C527" s="2" t="s">
-        <v>2335</v>
+        <v>2353</v>
       </c>
       <c r="D527" s="2">
         <v>1610876</v>
       </c>
       <c r="E527" s="2">
         <v>6165216877</v>
       </c>
       <c r="F527" s="2" t="s">
-        <v>241</v>
+        <v>2383</v>
       </c>
       <c r="G527" s="2" t="s">
-        <v>2364</v>
+        <v>2384</v>
       </c>
       <c r="H527" s="2" t="s">
-        <v>2365</v>
+        <v>2385</v>
       </c>
       <c r="I527" s="2" t="s">
-        <v>2366</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="528" spans="1:9">
       <c r="A528" s="2">
         <v>527</v>
       </c>
       <c r="B528" s="2" t="s">
-        <v>2367</v>
+        <v>2387</v>
       </c>
       <c r="C528" s="2" t="s">
-        <v>2335</v>
+        <v>2353</v>
       </c>
       <c r="D528" s="2">
         <v>1610877</v>
       </c>
       <c r="E528" s="2">
         <v>6146004348</v>
       </c>
       <c r="F528" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G528" s="2" t="s">
-        <v>2368</v>
+        <v>2388</v>
       </c>
       <c r="H528" s="2" t="s">
-        <v>2369</v>
+        <v>2389</v>
       </c>
       <c r="I528" s="2" t="s">
-        <v>2370</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="529" spans="1:9">
       <c r="A529" s="2">
         <v>528</v>
       </c>
       <c r="B529" s="2" t="s">
-        <v>2371</v>
+        <v>2391</v>
       </c>
       <c r="C529" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D529" s="2">
         <v>1620343</v>
       </c>
       <c r="E529" s="2">
         <v>6209003727</v>
       </c>
       <c r="F529" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G529" s="2" t="s">
-        <v>2372</v>
+        <v>2392</v>
       </c>
       <c r="H529" s="2" t="s">
-        <v>2373</v>
+        <v>2393</v>
       </c>
       <c r="I529" s="2" t="s">
-        <v>2374</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="530" spans="1:9">
       <c r="A530" s="2">
         <v>529</v>
       </c>
       <c r="B530" s="2" t="s">
-        <v>2375</v>
+        <v>2395</v>
       </c>
       <c r="C530" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D530" s="2">
         <v>1620344</v>
       </c>
       <c r="E530" s="2">
         <v>6201990013</v>
       </c>
       <c r="F530" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G530" s="2" t="s">
-        <v>2376</v>
+        <v>2396</v>
       </c>
       <c r="H530" s="2" t="s">
-        <v>2377</v>
+        <v>2397</v>
       </c>
       <c r="I530" s="2" t="s">
-        <v>2378</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="531" spans="1:9">
       <c r="A531" s="2">
         <v>530</v>
       </c>
       <c r="B531" s="2" t="s">
-        <v>2379</v>
+        <v>2399</v>
       </c>
       <c r="C531" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D531" s="2">
         <v>1620345</v>
       </c>
       <c r="E531" s="2">
         <v>6202990016</v>
       </c>
       <c r="F531" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G531" s="2" t="s">
-        <v>2380</v>
+        <v>2400</v>
       </c>
       <c r="H531" s="2" t="s">
-        <v>2381</v>
+        <v>2401</v>
       </c>
       <c r="I531" s="2" t="s">
-        <v>2382</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="532" spans="1:9">
       <c r="A532" s="2">
         <v>531</v>
       </c>
       <c r="B532" s="2" t="s">
-        <v>2383</v>
+        <v>2403</v>
       </c>
       <c r="C532" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D532" s="2">
         <v>1620347</v>
       </c>
       <c r="E532" s="2">
         <v>6226010805</v>
       </c>
       <c r="F532" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G532" s="2" t="s">
-        <v>2384</v>
+        <v>2404</v>
       </c>
       <c r="H532" s="2" t="s">
-        <v>2385</v>
+        <v>2405</v>
       </c>
       <c r="I532" s="2" t="s">
-        <v>2386</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="533" spans="1:9">
       <c r="A533" s="2">
         <v>532</v>
       </c>
       <c r="B533" s="2" t="s">
-        <v>2387</v>
+        <v>2407</v>
       </c>
       <c r="C533" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D533" s="2">
         <v>1620348</v>
       </c>
       <c r="E533" s="2">
         <v>6205990014</v>
       </c>
       <c r="F533" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G533" s="2" t="s">
-        <v>2388</v>
+        <v>2408</v>
       </c>
       <c r="H533" s="2" t="s">
-        <v>2389</v>
+        <v>2409</v>
       </c>
       <c r="I533" s="2" t="s">
-        <v>2390</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="534" spans="1:9">
       <c r="A534" s="2">
         <v>533</v>
       </c>
       <c r="B534" s="2" t="s">
-        <v>2391</v>
+        <v>2411</v>
       </c>
       <c r="C534" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D534" s="2">
         <v>1620350</v>
       </c>
       <c r="E534" s="2">
         <v>6207004002</v>
       </c>
       <c r="F534" s="2" t="s">
-        <v>2392</v>
+        <v>2412</v>
       </c>
       <c r="G534" s="2" t="s">
-        <v>2393</v>
+        <v>2413</v>
       </c>
       <c r="H534" s="2" t="s">
-        <v>2394</v>
+        <v>2414</v>
       </c>
       <c r="I534" s="2" t="s">
-        <v>2395</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="535" spans="1:9">
       <c r="A535" s="2">
         <v>534</v>
       </c>
       <c r="B535" s="2" t="s">
-        <v>2396</v>
+        <v>2416</v>
       </c>
       <c r="C535" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D535" s="2">
         <v>1620351</v>
       </c>
       <c r="E535" s="2">
         <v>6208010961</v>
       </c>
       <c r="F535" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G535" s="2" t="s">
-        <v>2397</v>
+        <v>2417</v>
       </c>
       <c r="H535" s="2" t="s">
-        <v>2398</v>
+        <v>2418</v>
       </c>
       <c r="I535" s="2" t="s">
-        <v>2399</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="536" spans="1:9">
       <c r="A536" s="2">
         <v>535</v>
       </c>
       <c r="B536" s="2" t="s">
-        <v>2400</v>
+        <v>2420</v>
       </c>
       <c r="C536" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D536" s="2">
         <v>1620352</v>
       </c>
       <c r="E536" s="2">
         <v>6210002816</v>
       </c>
       <c r="F536" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G536" s="2" t="s">
-        <v>2401</v>
+        <v>2421</v>
       </c>
       <c r="H536" s="2" t="s">
-        <v>2402</v>
+        <v>2422</v>
       </c>
       <c r="I536" s="2" t="s">
-        <v>2403</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="537" spans="1:9">
       <c r="A537" s="2">
         <v>536</v>
       </c>
       <c r="B537" s="2" t="s">
-        <v>2404</v>
+        <v>2424</v>
       </c>
       <c r="C537" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D537" s="2">
         <v>1620353</v>
       </c>
       <c r="E537" s="2">
         <v>6211990012</v>
       </c>
       <c r="F537" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G537" s="2" t="s">
-        <v>2405</v>
+        <v>2425</v>
       </c>
       <c r="H537" s="2" t="s">
-        <v>2406</v>
+        <v>2426</v>
       </c>
       <c r="I537" s="2" t="s">
-        <v>2407</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="538" spans="1:9">
       <c r="A538" s="2">
         <v>537</v>
       </c>
       <c r="B538" s="2" t="s">
-        <v>2408</v>
+        <v>2428</v>
       </c>
       <c r="C538" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D538" s="2">
         <v>1620354</v>
       </c>
       <c r="E538" s="2">
         <v>6213009841</v>
       </c>
       <c r="F538" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G538" s="2" t="s">
-        <v>2409</v>
+        <v>2429</v>
       </c>
       <c r="H538" s="2" t="s">
-        <v>2410</v>
+        <v>2430</v>
       </c>
       <c r="I538" s="2" t="s">
-        <v>2411</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="539" spans="1:9">
       <c r="A539" s="2">
         <v>538</v>
       </c>
       <c r="B539" s="2" t="s">
-        <v>2412</v>
+        <v>2432</v>
       </c>
       <c r="C539" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D539" s="2">
         <v>1620355</v>
       </c>
       <c r="E539" s="2">
         <v>6214006917</v>
       </c>
       <c r="F539" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G539" s="2" t="s">
-        <v>2413</v>
+        <v>2433</v>
       </c>
       <c r="H539" s="2" t="s">
-        <v>2414</v>
+        <v>2434</v>
       </c>
       <c r="I539" s="2" t="s">
-        <v>2415</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="540" spans="1:9">
       <c r="A540" s="2">
         <v>539</v>
       </c>
       <c r="B540" s="2" t="s">
-        <v>2416</v>
+        <v>2436</v>
       </c>
       <c r="C540" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D540" s="2">
         <v>1620356</v>
       </c>
       <c r="E540" s="2">
         <v>6215024852</v>
       </c>
       <c r="F540" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G540" s="2" t="s">
-        <v>2417</v>
+        <v>2437</v>
       </c>
       <c r="H540" s="2" t="s">
-        <v>2418</v>
+        <v>2438</v>
       </c>
       <c r="I540" s="2" t="s">
-        <v>2419</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="541" spans="1:9">
       <c r="A541" s="2">
         <v>540</v>
       </c>
       <c r="B541" s="2" t="s">
-        <v>2420</v>
+        <v>2440</v>
       </c>
       <c r="C541" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D541" s="2">
         <v>1620357</v>
       </c>
       <c r="E541" s="2">
         <v>6216098991</v>
       </c>
       <c r="F541" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G541" s="2" t="s">
-        <v>2421</v>
+        <v>2441</v>
       </c>
       <c r="H541" s="2" t="s">
-        <v>2422</v>
+        <v>2442</v>
       </c>
       <c r="I541" s="2" t="s">
-        <v>2423</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="542" spans="1:9">
       <c r="A542" s="2">
         <v>541</v>
       </c>
       <c r="B542" s="2" t="s">
-        <v>2424</v>
+        <v>2444</v>
       </c>
       <c r="C542" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D542" s="2">
         <v>1620360</v>
       </c>
       <c r="E542" s="2">
         <v>6220008655</v>
       </c>
       <c r="F542" s="2" t="s">
-        <v>2392</v>
+        <v>2412</v>
       </c>
       <c r="G542" s="2" t="s">
-        <v>2425</v>
+        <v>2445</v>
       </c>
       <c r="H542" s="2" t="s">
-        <v>2426</v>
+        <v>2446</v>
       </c>
       <c r="I542" s="2" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="543" spans="1:9">
       <c r="A543" s="2">
         <v>542</v>
       </c>
       <c r="B543" s="2" t="s">
-        <v>2428</v>
+        <v>2448</v>
       </c>
       <c r="C543" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D543" s="2">
         <v>1620362</v>
       </c>
       <c r="E543" s="2">
         <v>6222115839</v>
       </c>
       <c r="F543" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G543" s="2" t="s">
-        <v>2429</v>
+        <v>2449</v>
       </c>
       <c r="H543" s="2" t="s">
-        <v>2430</v>
+        <v>2450</v>
       </c>
       <c r="I543" s="2" t="s">
-        <v>2431</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="544" spans="1:9">
       <c r="A544" s="2">
         <v>543</v>
       </c>
       <c r="B544" s="2" t="s">
-        <v>2432</v>
+        <v>2452</v>
       </c>
       <c r="C544" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D544" s="2">
         <v>1620364</v>
       </c>
       <c r="E544" s="2">
         <v>6224006120</v>
       </c>
       <c r="F544" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G544" s="2" t="s">
-        <v>2433</v>
+        <v>2453</v>
       </c>
       <c r="H544" s="2" t="s">
-        <v>2434</v>
+        <v>2454</v>
       </c>
       <c r="I544" s="2" t="s">
-        <v>2435</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="545" spans="1:9">
       <c r="A545" s="2">
         <v>544</v>
       </c>
       <c r="B545" s="2" t="s">
-        <v>2436</v>
+        <v>2456</v>
       </c>
       <c r="C545" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D545" s="2">
         <v>1620365</v>
       </c>
       <c r="E545" s="2">
         <v>6225009557</v>
       </c>
       <c r="F545" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G545" s="2" t="s">
-        <v>2437</v>
+        <v>2457</v>
       </c>
       <c r="H545" s="2" t="s">
-        <v>2438</v>
+        <v>2458</v>
       </c>
       <c r="I545" s="2" t="s">
-        <v>2439</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="546" spans="1:9">
       <c r="A546" s="2">
         <v>545</v>
       </c>
       <c r="B546" s="2" t="s">
-        <v>2440</v>
+        <v>2460</v>
       </c>
       <c r="C546" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D546" s="2">
         <v>1620366</v>
       </c>
       <c r="E546" s="2">
         <v>6226010611</v>
       </c>
       <c r="F546" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G546" s="2" t="s">
-        <v>2441</v>
+        <v>2461</v>
       </c>
       <c r="H546" s="2" t="s">
-        <v>2442</v>
+        <v>2462</v>
       </c>
       <c r="I546" s="2" t="s">
-        <v>2443</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="547" spans="1:9">
       <c r="A547" s="2">
         <v>546</v>
       </c>
       <c r="B547" s="2" t="s">
-        <v>2444</v>
+        <v>2464</v>
       </c>
       <c r="C547" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D547" s="2">
         <v>1620367</v>
       </c>
       <c r="E547" s="2">
         <v>6232008339</v>
       </c>
       <c r="F547" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G547" s="2" t="s">
-        <v>2445</v>
+        <v>2465</v>
       </c>
       <c r="H547" s="2" t="s">
-        <v>2446</v>
+        <v>2466</v>
       </c>
       <c r="I547" s="2" t="s">
-        <v>2447</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="548" spans="1:9">
       <c r="A548" s="2">
         <v>547</v>
       </c>
       <c r="B548" s="2" t="s">
-        <v>2448</v>
+        <v>2468</v>
       </c>
       <c r="C548" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D548" s="2">
         <v>1620368</v>
       </c>
       <c r="E548" s="2">
         <v>6233005972</v>
       </c>
       <c r="F548" s="2" t="s">
-        <v>2449</v>
+        <v>2469</v>
       </c>
       <c r="G548" s="2" t="s">
-        <v>2450</v>
+        <v>2470</v>
       </c>
       <c r="H548" s="2" t="s">
-        <v>2451</v>
+        <v>2471</v>
       </c>
       <c r="I548" s="2" t="s">
-        <v>2452</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="549" spans="1:9">
       <c r="A549" s="2">
         <v>548</v>
       </c>
       <c r="B549" s="2" t="s">
-        <v>2453</v>
+        <v>2473</v>
       </c>
       <c r="C549" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D549" s="2">
         <v>1620369</v>
       </c>
       <c r="E549" s="2">
         <v>6212990015</v>
       </c>
       <c r="F549" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G549" s="2" t="s">
-        <v>2454</v>
+        <v>2474</v>
       </c>
       <c r="H549" s="2" t="s">
-        <v>2455</v>
+        <v>2475</v>
       </c>
       <c r="I549" s="2" t="s">
-        <v>2456</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="550" spans="1:9">
       <c r="A550" s="2">
         <v>549</v>
       </c>
       <c r="B550" s="2" t="s">
-        <v>2457</v>
+        <v>2477</v>
       </c>
       <c r="C550" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D550" s="2">
         <v>1620370</v>
       </c>
       <c r="E550" s="2">
         <v>6228033318</v>
       </c>
       <c r="F550" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G550" s="2" t="s">
-        <v>2458</v>
+        <v>2478</v>
       </c>
       <c r="H550" s="2" t="s">
-        <v>2459</v>
+        <v>2479</v>
       </c>
       <c r="I550" s="2" t="s">
-        <v>2460</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="551" spans="1:9">
       <c r="A551" s="2">
         <v>550</v>
       </c>
       <c r="B551" s="2" t="s">
-        <v>2461</v>
+        <v>2481</v>
       </c>
       <c r="C551" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D551" s="2">
         <v>1620371</v>
       </c>
       <c r="E551" s="2">
         <v>6234174170</v>
       </c>
       <c r="F551" s="2" t="s">
-        <v>2462</v>
+        <v>2482</v>
       </c>
       <c r="G551" s="2" t="s">
-        <v>2463</v>
+        <v>2483</v>
       </c>
       <c r="H551" s="2" t="s">
-        <v>2464</v>
+        <v>2484</v>
       </c>
       <c r="I551" s="2" t="s">
-        <v>2465</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="552" spans="1:9">
       <c r="A552" s="2">
         <v>551</v>
       </c>
       <c r="B552" s="2" t="s">
-        <v>2466</v>
+        <v>2486</v>
       </c>
       <c r="C552" s="2" t="s">
-        <v>2467</v>
+        <v>2487</v>
       </c>
       <c r="D552" s="2">
         <v>1620771</v>
       </c>
       <c r="E552" s="2">
         <v>6234188542</v>
       </c>
       <c r="F552" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G552" s="2" t="s">
-        <v>2463</v>
+        <v>2483</v>
       </c>
       <c r="H552" s="2" t="s">
-        <v>2468</v>
+        <v>2488</v>
       </c>
       <c r="I552" s="2" t="s">
-        <v>2469</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="553" spans="1:9">
       <c r="A553" s="2">
         <v>552</v>
       </c>
       <c r="B553" s="2" t="s">
-        <v>2470</v>
+        <v>2490</v>
       </c>
       <c r="C553" s="2" t="s">
-        <v>2471</v>
+        <v>2491</v>
       </c>
       <c r="D553" s="2">
         <v>1620776</v>
       </c>
       <c r="E553" s="2">
         <v>6234189810</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="G553" s="2" t="s">
-        <v>2463</v>
+        <v>2483</v>
       </c>
       <c r="H553" s="2" t="s">
-        <v>2472</v>
+        <v>2492</v>
       </c>
       <c r="I553" s="2" t="s">
-        <v>2473</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="554" spans="1:9">
       <c r="A554" s="2">
         <v>553</v>
       </c>
       <c r="B554" s="2" t="s">
-        <v>2474</v>
+        <v>2494</v>
       </c>
       <c r="C554" s="2" t="s">
-        <v>903</v>
+        <v>913</v>
       </c>
       <c r="D554" s="2">
         <v>1620864</v>
       </c>
       <c r="E554" s="2">
         <v>6234198043</v>
       </c>
       <c r="F554" s="2" t="s">
-        <v>350</v>
+        <v>867</v>
       </c>
       <c r="G554" s="2" t="s">
-        <v>2475</v>
+        <v>2495</v>
       </c>
       <c r="H554" s="2" t="s">
-        <v>2476</v>
+        <v>2496</v>
       </c>
       <c r="I554" s="2" t="s">
-        <v>2477</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="555" spans="1:9">
       <c r="A555" s="2">
         <v>554</v>
       </c>
       <c r="B555" s="2" t="s">
-        <v>2478</v>
+        <v>2498</v>
       </c>
       <c r="C555" s="2" t="s">
-        <v>2479</v>
+        <v>2499</v>
       </c>
       <c r="D555" s="2">
         <v>1620954</v>
       </c>
       <c r="E555" s="2">
         <v>6225011309</v>
       </c>
       <c r="F555" s="2" t="s">
-        <v>154</v>
+        <v>575</v>
       </c>
       <c r="G555" s="2" t="s">
-        <v>2480</v>
+        <v>2500</v>
       </c>
       <c r="H555" s="2" t="s">
-        <v>2481</v>
+        <v>2501</v>
       </c>
       <c r="I555" s="2" t="s">
-        <v>2482</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="556" spans="1:9">
       <c r="A556" s="2">
         <v>555</v>
       </c>
       <c r="B556" s="2" t="s">
-        <v>2483</v>
+        <v>2503</v>
       </c>
       <c r="C556" s="2" t="s">
-        <v>2484</v>
+        <v>2504</v>
       </c>
       <c r="D556" s="2">
         <v>1621039</v>
       </c>
       <c r="E556" s="2">
         <v>6234116361</v>
       </c>
       <c r="F556" s="2" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="G556" s="2" t="s">
-        <v>2485</v>
+        <v>2505</v>
       </c>
       <c r="H556" s="2" t="s">
-        <v>2486</v>
+        <v>2506</v>
       </c>
       <c r="I556" s="2" t="s">
-        <v>2487</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="557" spans="1:9">
       <c r="A557" s="2">
         <v>556</v>
       </c>
       <c r="B557" s="2" t="s">
-        <v>2488</v>
+        <v>2508</v>
       </c>
       <c r="C557" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D557" s="2">
         <v>1630343</v>
       </c>
       <c r="E557" s="2">
         <v>6315007931</v>
       </c>
       <c r="F557" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G557" s="2" t="s">
-        <v>2489</v>
+        <v>2509</v>
       </c>
       <c r="H557" s="2" t="s">
-        <v>2490</v>
+        <v>2510</v>
       </c>
       <c r="I557" s="2" t="s">
-        <v>2491</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="558" spans="1:9">
       <c r="A558" s="2">
         <v>557</v>
       </c>
       <c r="B558" s="2" t="s">
-        <v>2492</v>
+        <v>2512</v>
       </c>
       <c r="C558" s="2" t="s">
-        <v>2493</v>
+        <v>2513</v>
       </c>
       <c r="D558" s="2">
         <v>1630754</v>
       </c>
       <c r="E558" s="2">
         <v>6315990105</v>
       </c>
       <c r="F558" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G558" s="2" t="s">
-        <v>2494</v>
+        <v>2514</v>
       </c>
       <c r="H558" s="2" t="s">
-        <v>2495</v>
+        <v>2515</v>
       </c>
       <c r="I558" s="2" t="s">
-        <v>2496</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="559" spans="1:9">
       <c r="A559" s="2">
         <v>558</v>
       </c>
       <c r="B559" s="2" t="s">
-        <v>2497</v>
+        <v>2517</v>
       </c>
       <c r="C559" s="2" t="s">
-        <v>2498</v>
+        <v>2518</v>
       </c>
       <c r="D559" s="2">
         <v>1630769</v>
       </c>
       <c r="E559" s="2">
         <v>6324015110</v>
       </c>
       <c r="F559" s="2" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="G559" s="2" t="s">
-        <v>2499</v>
+        <v>2519</v>
       </c>
       <c r="H559" s="2" t="s">
-        <v>2500</v>
+        <v>2520</v>
       </c>
       <c r="I559" s="2" t="s">
-        <v>2501</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="560" spans="1:9">
       <c r="A560" s="2">
         <v>559</v>
       </c>
       <c r="B560" s="2" t="s">
-        <v>2502</v>
+        <v>2522</v>
       </c>
       <c r="C560" s="2" t="s">
-        <v>2498</v>
+        <v>2518</v>
       </c>
       <c r="D560" s="2">
         <v>1630770</v>
       </c>
       <c r="E560" s="2">
         <v>6321234869</v>
       </c>
       <c r="F560" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G560" s="2" t="s">
-        <v>2503</v>
+        <v>2523</v>
       </c>
       <c r="H560" s="2" t="s">
-        <v>2504</v>
+        <v>2524</v>
       </c>
       <c r="I560" s="2" t="s">
-        <v>2505</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="561" spans="1:9">
       <c r="A561" s="2">
         <v>560</v>
       </c>
       <c r="B561" s="2" t="s">
-        <v>2506</v>
+        <v>2526</v>
       </c>
       <c r="C561" s="2" t="s">
-        <v>1305</v>
+        <v>1315</v>
       </c>
       <c r="D561" s="2">
         <v>1630778</v>
       </c>
       <c r="E561" s="2">
         <v>6316077949</v>
       </c>
       <c r="F561" s="2" t="s">
-        <v>2507</v>
+        <v>2527</v>
       </c>
       <c r="G561" s="2" t="s">
-        <v>2508</v>
+        <v>2528</v>
       </c>
       <c r="H561" s="2" t="s">
-        <v>2509</v>
+        <v>2529</v>
       </c>
       <c r="I561" s="2" t="s">
-        <v>2510</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="562" spans="1:9">
       <c r="A562" s="2">
         <v>561</v>
       </c>
       <c r="B562" s="2" t="s">
-        <v>2511</v>
+        <v>2531</v>
       </c>
       <c r="C562" s="2" t="s">
-        <v>2512</v>
+        <v>2532</v>
       </c>
       <c r="D562" s="2">
         <v>1631023</v>
       </c>
       <c r="E562" s="2">
         <v>6314043905</v>
       </c>
       <c r="F562" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G562" s="2" t="s">
-        <v>2513</v>
+        <v>2533</v>
       </c>
       <c r="H562" s="2" t="s">
-        <v>2514</v>
+        <v>2534</v>
       </c>
       <c r="I562" s="2" t="s">
-        <v>2515</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="563" spans="1:9">
       <c r="A563" s="2">
         <v>562</v>
       </c>
       <c r="B563" s="2" t="s">
-        <v>2516</v>
+        <v>2536</v>
       </c>
       <c r="C563" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D563" s="2">
         <v>1640344</v>
       </c>
       <c r="E563" s="2">
         <v>6450939546</v>
       </c>
       <c r="F563" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G563" s="2" t="s">
-        <v>2517</v>
+        <v>2537</v>
       </c>
       <c r="H563" s="2" t="s">
-        <v>2518</v>
+        <v>2538</v>
       </c>
       <c r="I563" s="2" t="s">
-        <v>2519</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="564" spans="1:9">
       <c r="A564" s="2">
         <v>563</v>
       </c>
       <c r="B564" s="2" t="s">
-        <v>2520</v>
+        <v>2540</v>
       </c>
       <c r="C564" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D564" s="2">
         <v>1640345</v>
       </c>
       <c r="E564" s="2">
         <v>6455067088</v>
       </c>
       <c r="F564" s="2" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="G564" s="2" t="s">
-        <v>2521</v>
+        <v>2541</v>
       </c>
       <c r="H564" s="2" t="s">
-        <v>2522</v>
+        <v>2542</v>
       </c>
       <c r="I564" s="2" t="s">
-        <v>2523</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="565" spans="1:9">
       <c r="A565" s="2">
         <v>564</v>
       </c>
       <c r="B565" s="2" t="s">
-        <v>2524</v>
+        <v>2544</v>
       </c>
       <c r="C565" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D565" s="2">
         <v>1640346</v>
       </c>
       <c r="E565" s="2">
         <v>6455046176</v>
       </c>
       <c r="F565" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G565" s="2" t="s">
-        <v>2525</v>
+        <v>2545</v>
       </c>
       <c r="H565" s="2" t="s">
-        <v>2526</v>
+        <v>2546</v>
       </c>
       <c r="I565" s="2" t="s">
-        <v>2527</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="566" spans="1:9">
       <c r="A566" s="2">
         <v>565</v>
       </c>
       <c r="B566" s="2" t="s">
-        <v>2528</v>
+        <v>2548</v>
       </c>
       <c r="C566" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D566" s="2">
         <v>1640347</v>
       </c>
       <c r="E566" s="2">
         <v>6452146944</v>
       </c>
       <c r="F566" s="2" t="s">
-        <v>1088</v>
+        <v>1098</v>
       </c>
       <c r="G566" s="2" t="s">
-        <v>2529</v>
+        <v>2549</v>
       </c>
       <c r="H566" s="2" t="s">
-        <v>2530</v>
+        <v>2550</v>
       </c>
       <c r="I566" s="2" t="s">
-        <v>2531</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="567" spans="1:9">
       <c r="A567" s="2">
         <v>566</v>
       </c>
       <c r="B567" s="2" t="s">
-        <v>2532</v>
+        <v>2552</v>
       </c>
       <c r="C567" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D567" s="2">
         <v>1640348</v>
       </c>
       <c r="E567" s="2">
         <v>6439072556</v>
       </c>
       <c r="F567" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G567" s="2" t="s">
-        <v>2533</v>
+        <v>2553</v>
       </c>
       <c r="H567" s="2" t="s">
-        <v>2534</v>
+        <v>2554</v>
       </c>
       <c r="I567" s="2" t="s">
-        <v>2535</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="568" spans="1:9">
       <c r="A568" s="2">
         <v>567</v>
       </c>
       <c r="B568" s="2" t="s">
-        <v>2536</v>
+        <v>2556</v>
       </c>
       <c r="C568" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D568" s="2">
         <v>1640349</v>
       </c>
       <c r="E568" s="2">
         <v>6449069009</v>
       </c>
       <c r="F568" s="2" t="s">
-        <v>2537</v>
+        <v>2557</v>
       </c>
       <c r="G568" s="2" t="s">
-        <v>2538</v>
+        <v>2558</v>
       </c>
       <c r="H568" s="2" t="s">
-        <v>2539</v>
+        <v>2559</v>
       </c>
       <c r="I568" s="2" t="s">
-        <v>2540</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="569" spans="1:9">
       <c r="A569" s="2">
         <v>568</v>
       </c>
       <c r="B569" s="2" t="s">
-        <v>2541</v>
+        <v>2561</v>
       </c>
       <c r="C569" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D569" s="2">
         <v>1640350</v>
       </c>
       <c r="E569" s="2">
         <v>6450922729</v>
       </c>
       <c r="F569" s="2" t="s">
-        <v>2542</v>
+        <v>2562</v>
       </c>
       <c r="G569" s="2" t="s">
-        <v>2543</v>
+        <v>2563</v>
       </c>
       <c r="H569" s="2" t="s">
-        <v>2544</v>
+        <v>2564</v>
       </c>
       <c r="I569" s="2" t="s">
-        <v>2545</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="570" spans="1:9">
       <c r="A570" s="2">
         <v>569</v>
       </c>
       <c r="B570" s="2" t="s">
-        <v>2546</v>
+        <v>2566</v>
       </c>
       <c r="C570" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D570" s="2">
         <v>1640351</v>
       </c>
       <c r="E570" s="2">
         <v>6455067955</v>
       </c>
       <c r="F570" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G570" s="2" t="s">
-        <v>2547</v>
+        <v>2567</v>
       </c>
       <c r="H570" s="2" t="s">
-        <v>2548</v>
+        <v>2568</v>
       </c>
       <c r="I570" s="2" t="s">
-        <v>2549</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="571" spans="1:9">
       <c r="A571" s="2">
         <v>570</v>
       </c>
       <c r="B571" s="2" t="s">
-        <v>2550</v>
+        <v>2570</v>
       </c>
       <c r="C571" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D571" s="2">
         <v>1650352</v>
       </c>
       <c r="E571" s="2">
         <v>6501287362</v>
       </c>
       <c r="F571" s="2" t="s">
-        <v>1893</v>
+        <v>1910</v>
       </c>
       <c r="G571" s="2" t="s">
-        <v>2551</v>
+        <v>2571</v>
       </c>
       <c r="H571" s="2" t="s">
-        <v>2552</v>
+        <v>2572</v>
       </c>
       <c r="I571" s="2" t="s">
-        <v>2553</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="572" spans="1:9">
       <c r="A572" s="2">
         <v>571</v>
       </c>
       <c r="B572" s="2" t="s">
-        <v>2554</v>
+        <v>2574</v>
       </c>
       <c r="C572" s="2" t="s">
-        <v>2555</v>
+        <v>2575</v>
       </c>
       <c r="D572" s="2">
         <v>1651001</v>
       </c>
       <c r="E572" s="2">
         <v>6500013464</v>
       </c>
       <c r="F572" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G572" s="2" t="s">
-        <v>2556</v>
+        <v>2576</v>
       </c>
       <c r="H572" s="2" t="s">
-        <v>2557</v>
+        <v>2577</v>
       </c>
       <c r="I572" s="2" t="s">
-        <v>2558</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="573" spans="1:9">
       <c r="A573" s="2">
         <v>572</v>
       </c>
       <c r="B573" s="2" t="s">
-        <v>2559</v>
+        <v>2579</v>
       </c>
       <c r="C573" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D573" s="2">
         <v>1660353</v>
       </c>
       <c r="E573" s="2">
         <v>6671118019</v>
       </c>
       <c r="F573" s="2" t="s">
-        <v>2560</v>
+        <v>2580</v>
       </c>
       <c r="G573" s="2" t="s">
-        <v>2561</v>
+        <v>2581</v>
       </c>
       <c r="H573" s="2" t="s">
-        <v>2562</v>
+        <v>2582</v>
       </c>
       <c r="I573" s="2" t="s">
-        <v>2563</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="574" spans="1:9">
       <c r="A574" s="2">
         <v>573</v>
       </c>
       <c r="B574" s="2" t="s">
-        <v>2564</v>
+        <v>2584</v>
       </c>
       <c r="C574" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D574" s="2">
         <v>1660354</v>
       </c>
       <c r="E574" s="2">
         <v>6617006331</v>
       </c>
       <c r="F574" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G574" s="2" t="s">
-        <v>2565</v>
+        <v>2585</v>
       </c>
       <c r="H574" s="2" t="s">
-        <v>2566</v>
+        <v>2586</v>
       </c>
       <c r="I574" s="2" t="s">
-        <v>2567</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="575" spans="1:9">
       <c r="A575" s="2">
         <v>574</v>
       </c>
       <c r="B575" s="2" t="s">
-        <v>2568</v>
+        <v>2588</v>
       </c>
       <c r="C575" s="2" t="s">
         <v>124</v>
       </c>
       <c r="D575" s="2">
         <v>1660879</v>
       </c>
       <c r="E575" s="2">
         <v>6617023383</v>
       </c>
       <c r="F575" s="2" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="G575" s="2" t="s">
-        <v>2569</v>
+        <v>2589</v>
       </c>
       <c r="H575" s="2" t="s">
-        <v>2570</v>
+        <v>2590</v>
       </c>
       <c r="I575" s="2" t="s">
-        <v>2571</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="576" spans="1:9">
       <c r="A576" s="2">
         <v>575</v>
       </c>
       <c r="B576" s="2" t="s">
-        <v>2572</v>
+        <v>2592</v>
       </c>
       <c r="C576" s="2" t="s">
         <v>124</v>
       </c>
       <c r="D576" s="2">
         <v>1660880</v>
       </c>
       <c r="E576" s="2">
         <v>6685178931</v>
       </c>
       <c r="F576" s="2" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="G576" s="2" t="s">
-        <v>2573</v>
+        <v>2593</v>
       </c>
       <c r="H576" s="2" t="s">
-        <v>2570</v>
+        <v>2590</v>
       </c>
       <c r="I576" s="2" t="s">
-        <v>2574</v>
+        <v>2594</v>
       </c>
     </row>
     <row r="577" spans="1:9">
       <c r="A577" s="2">
         <v>576</v>
       </c>
       <c r="B577" s="2" t="s">
-        <v>2575</v>
+        <v>2595</v>
       </c>
       <c r="C577" s="2" t="s">
-        <v>2576</v>
+        <v>2596</v>
       </c>
       <c r="D577" s="2">
         <v>1660925</v>
       </c>
       <c r="E577" s="2">
         <v>6685150164</v>
       </c>
       <c r="F577" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G577" s="2" t="s">
-        <v>2577</v>
+        <v>2597</v>
       </c>
       <c r="H577" s="2" t="s">
-        <v>2578</v>
+        <v>2598</v>
       </c>
       <c r="I577" s="2" t="s">
-        <v>2579</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="578" spans="1:9">
       <c r="A578" s="2">
         <v>577</v>
       </c>
       <c r="B578" s="2" t="s">
-        <v>2580</v>
+        <v>2600</v>
       </c>
       <c r="C578" s="2" t="s">
-        <v>2576</v>
+        <v>2596</v>
       </c>
       <c r="D578" s="2">
         <v>1660926</v>
       </c>
       <c r="E578" s="2">
         <v>6671313852</v>
       </c>
       <c r="F578" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G578" s="2" t="s">
-        <v>2581</v>
+        <v>2601</v>
       </c>
       <c r="H578" s="2" t="s">
-        <v>2582</v>
+        <v>2602</v>
       </c>
       <c r="I578" s="2" t="s">
-        <v>2583</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="579" spans="1:9">
       <c r="A579" s="2">
         <v>578</v>
       </c>
       <c r="B579" s="2" t="s">
-        <v>2584</v>
+        <v>2604</v>
       </c>
       <c r="C579" s="2" t="s">
-        <v>2585</v>
+        <v>2605</v>
       </c>
       <c r="D579" s="2">
         <v>1660958</v>
       </c>
       <c r="E579" s="2">
         <v>6617012913</v>
       </c>
       <c r="F579" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G579" s="2" t="s">
-        <v>2586</v>
+        <v>2606</v>
       </c>
       <c r="H579" s="2" t="s">
-        <v>2587</v>
+        <v>2607</v>
       </c>
       <c r="I579" s="2" t="s">
-        <v>2588</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="580" spans="1:9">
       <c r="A580" s="2">
         <v>579</v>
       </c>
       <c r="B580" s="2" t="s">
-        <v>2589</v>
+        <v>2609</v>
       </c>
       <c r="C580" s="2" t="s">
-        <v>2590</v>
+        <v>2610</v>
       </c>
       <c r="D580" s="2">
         <v>1660959</v>
       </c>
       <c r="E580" s="2">
         <v>6607007061</v>
       </c>
       <c r="F580" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G580" s="2" t="s">
-        <v>2591</v>
+        <v>2611</v>
       </c>
       <c r="H580" s="2" t="s">
-        <v>2592</v>
+        <v>2612</v>
       </c>
       <c r="I580" s="2" t="s">
-        <v>2593</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="581" spans="1:9">
       <c r="A581" s="2">
         <v>580</v>
       </c>
       <c r="B581" s="2" t="s">
-        <v>2594</v>
+        <v>2614</v>
       </c>
       <c r="C581" s="2" t="s">
-        <v>2595</v>
+        <v>2615</v>
       </c>
       <c r="D581" s="2">
         <v>1660960</v>
       </c>
       <c r="E581" s="2">
         <v>6647004902</v>
       </c>
       <c r="F581" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G581" s="2" t="s">
-        <v>2596</v>
+        <v>2616</v>
       </c>
       <c r="H581" s="2" t="s">
-        <v>2597</v>
+        <v>2617</v>
       </c>
       <c r="I581" s="2" t="s">
-        <v>2598</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="582" spans="1:9">
       <c r="A582" s="2">
         <v>581</v>
       </c>
       <c r="B582" s="2" t="s">
-        <v>2599</v>
+        <v>2619</v>
       </c>
       <c r="C582" s="2" t="s">
-        <v>2595</v>
+        <v>2615</v>
       </c>
       <c r="D582" s="2">
         <v>1660961</v>
       </c>
       <c r="E582" s="2">
         <v>6633027106</v>
       </c>
       <c r="F582" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G582" s="2" t="s">
-        <v>2600</v>
+        <v>2620</v>
       </c>
       <c r="H582" s="2" t="s">
-        <v>2601</v>
+        <v>2621</v>
       </c>
       <c r="I582" s="2" t="s">
-        <v>2602</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="583" spans="1:9">
       <c r="A583" s="2">
         <v>582</v>
       </c>
       <c r="B583" s="2" t="s">
-        <v>2603</v>
+        <v>2623</v>
       </c>
       <c r="C583" s="2" t="s">
-        <v>2604</v>
+        <v>2624</v>
       </c>
       <c r="D583" s="2">
         <v>1660964</v>
       </c>
       <c r="E583" s="2">
         <v>6603008113</v>
       </c>
       <c r="F583" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G583" s="2" t="s">
-        <v>2605</v>
+        <v>2625</v>
       </c>
       <c r="H583" s="2" t="s">
-        <v>2606</v>
+        <v>2626</v>
       </c>
       <c r="I583" s="2" t="s">
-        <v>2607</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="584" spans="1:9">
       <c r="A584" s="2">
         <v>583</v>
       </c>
       <c r="B584" s="2" t="s">
-        <v>2608</v>
+        <v>2628</v>
       </c>
       <c r="C584" s="2" t="s">
-        <v>2609</v>
+        <v>2629</v>
       </c>
       <c r="D584" s="2">
         <v>1660965</v>
       </c>
       <c r="E584" s="2">
         <v>6686996023</v>
       </c>
       <c r="F584" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G584" s="2" t="s">
-        <v>2610</v>
+        <v>2630</v>
       </c>
       <c r="H584" s="2" t="s">
-        <v>2611</v>
+        <v>2631</v>
       </c>
       <c r="I584" s="2" t="s">
-        <v>2612</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="585" spans="1:9">
       <c r="A585" s="2">
         <v>584</v>
       </c>
       <c r="B585" s="2" t="s">
-        <v>2613</v>
+        <v>2633</v>
       </c>
       <c r="C585" s="2" t="s">
-        <v>2614</v>
+        <v>2634</v>
       </c>
       <c r="D585" s="2">
         <v>1660966</v>
       </c>
       <c r="E585" s="2">
         <v>6621009744</v>
       </c>
       <c r="F585" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G585" s="2" t="s">
-        <v>2615</v>
+        <v>2635</v>
       </c>
       <c r="H585" s="2" t="s">
-        <v>2616</v>
+        <v>2636</v>
       </c>
       <c r="I585" s="2" t="s">
-        <v>2617</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="586" spans="1:9">
       <c r="A586" s="2">
         <v>585</v>
       </c>
       <c r="B586" s="2" t="s">
-        <v>2618</v>
+        <v>2638</v>
       </c>
       <c r="C586" s="2" t="s">
-        <v>2614</v>
+        <v>2634</v>
       </c>
       <c r="D586" s="2">
         <v>1660967</v>
       </c>
       <c r="E586" s="2">
         <v>6620013554</v>
       </c>
       <c r="F586" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G586" s="2" t="s">
-        <v>2619</v>
+        <v>2639</v>
       </c>
       <c r="H586" s="2" t="s">
-        <v>2620</v>
+        <v>2640</v>
       </c>
       <c r="I586" s="2" t="s">
-        <v>2621</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="587" spans="1:9">
       <c r="A587" s="2">
         <v>586</v>
       </c>
       <c r="B587" s="2" t="s">
-        <v>2622</v>
+        <v>2642</v>
       </c>
       <c r="C587" s="2" t="s">
-        <v>2623</v>
+        <v>2643</v>
       </c>
       <c r="D587" s="2">
         <v>1660968</v>
       </c>
       <c r="E587" s="2">
         <v>6676005273</v>
       </c>
       <c r="F587" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G587" s="2" t="s">
-        <v>2624</v>
+        <v>2644</v>
       </c>
       <c r="H587" s="2" t="s">
-        <v>2625</v>
+        <v>2645</v>
       </c>
       <c r="I587" s="2" t="s">
-        <v>2626</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="588" spans="1:9">
       <c r="A588" s="2">
         <v>587</v>
       </c>
       <c r="B588" s="2" t="s">
-        <v>2627</v>
+        <v>2647</v>
       </c>
       <c r="C588" s="2" t="s">
-        <v>2623</v>
+        <v>2643</v>
       </c>
       <c r="D588" s="2">
         <v>1660969</v>
       </c>
       <c r="E588" s="2">
         <v>6604015924</v>
       </c>
       <c r="F588" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G588" s="2" t="s">
-        <v>2628</v>
+        <v>2648</v>
       </c>
       <c r="H588" s="2" t="s">
-        <v>2629</v>
+        <v>2649</v>
       </c>
       <c r="I588" s="2" t="s">
-        <v>2630</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="589" spans="1:9">
       <c r="A589" s="2">
         <v>588</v>
       </c>
       <c r="B589" s="2" t="s">
-        <v>2631</v>
+        <v>2651</v>
       </c>
       <c r="C589" s="2" t="s">
-        <v>2632</v>
+        <v>2652</v>
       </c>
       <c r="D589" s="2">
         <v>1660970</v>
       </c>
       <c r="E589" s="2">
         <v>6683998544</v>
       </c>
       <c r="F589" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G589" s="2" t="s">
-        <v>2633</v>
+        <v>2653</v>
       </c>
       <c r="H589" s="2" t="s">
-        <v>2634</v>
+        <v>2654</v>
       </c>
       <c r="I589" s="2" t="s">
-        <v>2635</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="590" spans="1:9">
       <c r="A590" s="2">
         <v>589</v>
       </c>
       <c r="B590" s="2" t="s">
-        <v>2636</v>
+        <v>2656</v>
       </c>
       <c r="C590" s="2" t="s">
-        <v>2632</v>
+        <v>2652</v>
       </c>
       <c r="D590" s="2">
         <v>1660971</v>
       </c>
       <c r="E590" s="2">
         <v>6628001913</v>
       </c>
       <c r="F590" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G590" s="2" t="s">
-        <v>2637</v>
+        <v>2657</v>
       </c>
       <c r="H590" s="2" t="s">
-        <v>2638</v>
+        <v>2658</v>
       </c>
       <c r="I590" s="2" t="s">
-        <v>2639</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="591" spans="1:9">
       <c r="A591" s="2">
         <v>590</v>
       </c>
       <c r="B591" s="2" t="s">
-        <v>2640</v>
+        <v>2660</v>
       </c>
       <c r="C591" s="2" t="s">
-        <v>2641</v>
+        <v>2661</v>
       </c>
       <c r="D591" s="2">
         <v>1660975</v>
       </c>
       <c r="E591" s="2">
         <v>6627014250</v>
       </c>
       <c r="F591" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G591" s="2" t="s">
-        <v>2642</v>
+        <v>2662</v>
       </c>
       <c r="H591" s="2" t="s">
-        <v>2643</v>
+        <v>2663</v>
       </c>
       <c r="I591" s="2" t="s">
-        <v>2644</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="592" spans="1:9">
       <c r="A592" s="2">
         <v>591</v>
       </c>
       <c r="B592" s="2" t="s">
-        <v>2645</v>
+        <v>2665</v>
       </c>
       <c r="C592" s="2" t="s">
-        <v>2641</v>
+        <v>2661</v>
       </c>
       <c r="D592" s="2">
         <v>1660976</v>
       </c>
       <c r="E592" s="2">
         <v>6640003508</v>
       </c>
       <c r="F592" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G592" s="2" t="s">
-        <v>2646</v>
+        <v>2666</v>
       </c>
       <c r="H592" s="2" t="s">
-        <v>2647</v>
+        <v>2667</v>
       </c>
       <c r="I592" s="2" t="s">
-        <v>2648</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="593" spans="1:9">
       <c r="A593" s="2">
         <v>592</v>
       </c>
       <c r="B593" s="2" t="s">
-        <v>2649</v>
+        <v>2669</v>
       </c>
       <c r="C593" s="2" t="s">
-        <v>2650</v>
+        <v>2670</v>
       </c>
       <c r="D593" s="2">
         <v>1660977</v>
       </c>
       <c r="E593" s="2">
         <v>6614006277</v>
       </c>
       <c r="F593" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G593" s="2" t="s">
-        <v>2651</v>
+        <v>2671</v>
       </c>
       <c r="H593" s="2" t="s">
-        <v>2652</v>
+        <v>2672</v>
       </c>
       <c r="I593" s="2" t="s">
-        <v>2653</v>
+        <v>2673</v>
       </c>
     </row>
     <row r="594" spans="1:9">
       <c r="A594" s="2">
         <v>593</v>
       </c>
       <c r="B594" s="2" t="s">
-        <v>2654</v>
+        <v>2674</v>
       </c>
       <c r="C594" s="2" t="s">
-        <v>2650</v>
+        <v>2670</v>
       </c>
       <c r="D594" s="2">
         <v>1660978</v>
       </c>
       <c r="E594" s="2">
         <v>6612005905</v>
       </c>
       <c r="F594" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G594" s="2" t="s">
-        <v>2655</v>
+        <v>2675</v>
       </c>
       <c r="H594" s="2" t="s">
-        <v>2656</v>
+        <v>2676</v>
       </c>
       <c r="I594" s="2" t="s">
-        <v>2657</v>
+        <v>2677</v>
       </c>
     </row>
     <row r="595" spans="1:9">
       <c r="A595" s="2">
         <v>594</v>
       </c>
       <c r="B595" s="2" t="s">
-        <v>2658</v>
+        <v>2678</v>
       </c>
       <c r="C595" s="2" t="s">
-        <v>2659</v>
+        <v>2679</v>
       </c>
       <c r="D595" s="2">
         <v>1660979</v>
       </c>
       <c r="E595" s="2">
         <v>6683998520</v>
       </c>
       <c r="F595" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G595" s="2" t="s">
-        <v>2660</v>
+        <v>2680</v>
       </c>
       <c r="H595" s="2" t="s">
-        <v>2661</v>
+        <v>2681</v>
       </c>
       <c r="I595" s="2" t="s">
-        <v>2662</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="596" spans="1:9">
       <c r="A596" s="2">
         <v>595</v>
       </c>
       <c r="B596" s="2" t="s">
-        <v>2663</v>
+        <v>2683</v>
       </c>
       <c r="C596" s="2" t="s">
-        <v>2659</v>
+        <v>2679</v>
       </c>
       <c r="D596" s="2">
         <v>1660980</v>
       </c>
       <c r="E596" s="2">
         <v>6676005770</v>
       </c>
       <c r="F596" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G596" s="2" t="s">
-        <v>2664</v>
+        <v>2684</v>
       </c>
       <c r="H596" s="2" t="s">
-        <v>2665</v>
+        <v>2685</v>
       </c>
       <c r="I596" s="2" t="s">
-        <v>2666</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="597" spans="1:9">
       <c r="A597" s="2">
         <v>596</v>
       </c>
       <c r="B597" s="2" t="s">
-        <v>2667</v>
+        <v>2687</v>
       </c>
       <c r="C597" s="2" t="s">
-        <v>2668</v>
+        <v>2688</v>
       </c>
       <c r="D597" s="2">
         <v>1660981</v>
       </c>
       <c r="E597" s="2">
         <v>6619999558</v>
       </c>
       <c r="F597" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G597" s="2" t="s">
-        <v>2669</v>
+        <v>2689</v>
       </c>
       <c r="H597" s="2" t="s">
-        <v>2670</v>
+        <v>2690</v>
       </c>
       <c r="I597" s="2" t="s">
-        <v>2671</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="598" spans="1:9">
       <c r="A598" s="2">
         <v>597</v>
       </c>
       <c r="B598" s="2" t="s">
-        <v>2672</v>
+        <v>2692</v>
       </c>
       <c r="C598" s="2" t="s">
-        <v>2673</v>
+        <v>2693</v>
       </c>
       <c r="D598" s="2">
         <v>1660985</v>
       </c>
       <c r="E598" s="2">
         <v>6668021088</v>
       </c>
       <c r="F598" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G598" s="2" t="s">
-        <v>2674</v>
+        <v>2694</v>
       </c>
       <c r="H598" s="2" t="s">
-        <v>2675</v>
+        <v>2695</v>
       </c>
       <c r="I598" s="2" t="s">
-        <v>2676</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="599" spans="1:9">
       <c r="A599" s="2">
         <v>598</v>
       </c>
       <c r="B599" s="2" t="s">
-        <v>2677</v>
+        <v>2697</v>
       </c>
       <c r="C599" s="2" t="s">
-        <v>2673</v>
+        <v>2693</v>
       </c>
       <c r="D599" s="2">
         <v>1660986</v>
       </c>
       <c r="E599" s="2">
         <v>6601004762</v>
       </c>
       <c r="F599" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G599" s="2" t="s">
-        <v>2678</v>
+        <v>2698</v>
       </c>
       <c r="H599" s="2" t="s">
-        <v>2679</v>
+        <v>2699</v>
       </c>
       <c r="I599" s="2" t="s">
-        <v>2680</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="600" spans="1:9">
       <c r="A600" s="2">
         <v>599</v>
       </c>
       <c r="B600" s="2" t="s">
-        <v>2681</v>
+        <v>2701</v>
       </c>
       <c r="C600" s="2" t="s">
-        <v>2673</v>
+        <v>2693</v>
       </c>
       <c r="D600" s="2">
         <v>1660987</v>
       </c>
       <c r="E600" s="2">
         <v>6630012912</v>
       </c>
       <c r="F600" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G600" s="2" t="s">
-        <v>2682</v>
+        <v>2702</v>
       </c>
       <c r="H600" s="2" t="s">
-        <v>2683</v>
+        <v>2703</v>
       </c>
       <c r="I600" s="2" t="s">
-        <v>2684</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="601" spans="1:9">
       <c r="A601" s="2">
         <v>600</v>
       </c>
       <c r="B601" s="2" t="s">
-        <v>2685</v>
+        <v>2705</v>
       </c>
       <c r="C601" s="2" t="s">
-        <v>2673</v>
+        <v>2693</v>
       </c>
       <c r="D601" s="2">
         <v>1660988</v>
       </c>
       <c r="E601" s="2">
         <v>6619025562</v>
       </c>
       <c r="F601" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G601" s="2" t="s">
-        <v>2686</v>
+        <v>2706</v>
       </c>
       <c r="H601" s="2" t="s">
-        <v>2687</v>
+        <v>2707</v>
       </c>
       <c r="I601" s="2" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="602" spans="1:9">
       <c r="A602" s="2">
         <v>601</v>
       </c>
       <c r="B602" s="2" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C602" s="2" t="s">
-        <v>2690</v>
+        <v>2710</v>
       </c>
       <c r="D602" s="2">
         <v>1660991</v>
       </c>
       <c r="E602" s="2">
         <v>6602006716</v>
       </c>
       <c r="F602" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G602" s="2" t="s">
-        <v>2691</v>
+        <v>2711</v>
       </c>
       <c r="H602" s="2" t="s">
-        <v>2692</v>
+        <v>2712</v>
       </c>
       <c r="I602" s="2" t="s">
-        <v>2693</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="603" spans="1:9">
       <c r="A603" s="2">
         <v>602</v>
       </c>
       <c r="B603" s="2" t="s">
-        <v>2694</v>
+        <v>2714</v>
       </c>
       <c r="C603" s="2" t="s">
-        <v>2695</v>
+        <v>2715</v>
       </c>
       <c r="D603" s="2">
         <v>1661003</v>
       </c>
       <c r="E603" s="2">
         <v>6611008685</v>
       </c>
       <c r="F603" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G603" s="2" t="s">
-        <v>2696</v>
+        <v>2716</v>
       </c>
       <c r="H603" s="2" t="s">
-        <v>2697</v>
+        <v>2717</v>
       </c>
       <c r="I603" s="2" t="s">
-        <v>2698</v>
+        <v>2718</v>
       </c>
     </row>
     <row r="604" spans="1:9">
       <c r="A604" s="2">
         <v>603</v>
       </c>
       <c r="B604" s="2" t="s">
-        <v>2699</v>
+        <v>2719</v>
       </c>
       <c r="C604" s="2" t="s">
-        <v>2700</v>
+        <v>2720</v>
       </c>
       <c r="D604" s="2">
         <v>1661021</v>
       </c>
       <c r="E604" s="2">
         <v>6620015752</v>
       </c>
       <c r="F604" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G604" s="2" t="s">
-        <v>2701</v>
+        <v>2721</v>
       </c>
       <c r="H604" s="2" t="s">
-        <v>2702</v>
+        <v>2722</v>
       </c>
       <c r="I604" s="2" t="s">
-        <v>2703</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="605" spans="1:9">
       <c r="A605" s="2">
         <v>604</v>
       </c>
       <c r="B605" s="2" t="s">
-        <v>2704</v>
+        <v>2724</v>
       </c>
       <c r="C605" s="2" t="s">
-        <v>2311</v>
+        <v>2329</v>
       </c>
       <c r="D605" s="2">
         <v>1661024</v>
       </c>
       <c r="E605" s="2">
         <v>6639019380</v>
       </c>
       <c r="F605" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G605" s="2" t="s">
-        <v>2705</v>
+        <v>2725</v>
       </c>
       <c r="H605" s="2" t="s">
-        <v>2706</v>
+        <v>2726</v>
       </c>
       <c r="I605" s="2" t="s">
-        <v>2707</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="606" spans="1:9">
       <c r="A606" s="2">
         <v>605</v>
       </c>
       <c r="B606" s="2" t="s">
-        <v>2708</v>
+        <v>2728</v>
       </c>
       <c r="C606" s="2" t="s">
-        <v>2709</v>
+        <v>2729</v>
       </c>
       <c r="D606" s="2">
         <v>1661025</v>
       </c>
       <c r="E606" s="2">
         <v>6615008301</v>
       </c>
       <c r="F606" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G606" s="2" t="s">
-        <v>2710</v>
+        <v>2730</v>
       </c>
       <c r="H606" s="2" t="s">
-        <v>2711</v>
+        <v>2731</v>
       </c>
       <c r="I606" s="2" t="s">
-        <v>2712</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="607" spans="1:9">
       <c r="A607" s="2">
         <v>606</v>
       </c>
       <c r="B607" s="2" t="s">
-        <v>2713</v>
+        <v>2733</v>
       </c>
       <c r="C607" s="2" t="s">
-        <v>2709</v>
+        <v>2729</v>
       </c>
       <c r="D607" s="2">
         <v>1661026</v>
       </c>
       <c r="E607" s="2">
         <v>6684024390</v>
       </c>
       <c r="F607" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G607" s="2" t="s">
-        <v>2714</v>
+        <v>2734</v>
       </c>
       <c r="H607" s="2" t="s">
-        <v>2715</v>
+        <v>2735</v>
       </c>
       <c r="I607" s="2" t="s">
-        <v>2716</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="608" spans="1:9">
       <c r="A608" s="2">
         <v>607</v>
       </c>
       <c r="B608" s="2" t="s">
-        <v>2717</v>
+        <v>2737</v>
       </c>
       <c r="C608" s="2" t="s">
-        <v>2709</v>
+        <v>2729</v>
       </c>
       <c r="D608" s="2">
         <v>1661027</v>
       </c>
       <c r="E608" s="2">
         <v>6606011805</v>
       </c>
       <c r="F608" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G608" s="2" t="s">
-        <v>2718</v>
+        <v>2738</v>
       </c>
       <c r="H608" s="2" t="s">
-        <v>2719</v>
+        <v>2739</v>
       </c>
       <c r="I608" s="2" t="s">
-        <v>2720</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="609" spans="1:9">
       <c r="A609" s="2">
         <v>608</v>
       </c>
       <c r="B609" s="2" t="s">
-        <v>2721</v>
+        <v>2741</v>
       </c>
       <c r="C609" s="2" t="s">
-        <v>2709</v>
+        <v>2729</v>
       </c>
       <c r="D609" s="2">
         <v>1661028</v>
       </c>
       <c r="E609" s="2">
         <v>6682998502</v>
       </c>
       <c r="F609" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G609" s="2" t="s">
-        <v>2722</v>
+        <v>2742</v>
       </c>
       <c r="H609" s="2" t="s">
-        <v>2723</v>
+        <v>2743</v>
       </c>
       <c r="I609" s="2" t="s">
-        <v>2724</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="610" spans="1:9">
       <c r="A610" s="2">
         <v>609</v>
       </c>
       <c r="B610" s="2" t="s">
-        <v>2725</v>
+        <v>2745</v>
       </c>
       <c r="C610" s="2" t="s">
-        <v>2709</v>
+        <v>2729</v>
       </c>
       <c r="D610" s="2">
         <v>1661029</v>
       </c>
       <c r="E610" s="2">
         <v>6631006767</v>
       </c>
       <c r="F610" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G610" s="2" t="s">
-        <v>2726</v>
+        <v>2746</v>
       </c>
       <c r="H610" s="2" t="s">
-        <v>2727</v>
+        <v>2747</v>
       </c>
       <c r="I610" s="2" t="s">
-        <v>2728</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="611" spans="1:9">
       <c r="A611" s="2">
         <v>610</v>
       </c>
       <c r="B611" s="2" t="s">
+        <v>2749</v>
+      </c>
+      <c r="C611" s="2" t="s">
         <v>2729</v>
-      </c>
-[...1 lines deleted...]
-        <v>2709</v>
       </c>
       <c r="D611" s="2">
         <v>1661030</v>
       </c>
       <c r="E611" s="2">
         <v>6634005994</v>
       </c>
       <c r="F611" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G611" s="2" t="s">
-        <v>2730</v>
+        <v>2750</v>
       </c>
       <c r="H611" s="2" t="s">
-        <v>2731</v>
+        <v>2751</v>
       </c>
       <c r="I611" s="2" t="s">
-        <v>2732</v>
+        <v>2752</v>
       </c>
     </row>
     <row r="612" spans="1:9">
       <c r="A612" s="2">
         <v>611</v>
       </c>
       <c r="B612" s="2" t="s">
-        <v>2733</v>
+        <v>2753</v>
       </c>
       <c r="C612" s="2" t="s">
-        <v>2709</v>
+        <v>2729</v>
       </c>
       <c r="D612" s="2">
         <v>1661031</v>
       </c>
       <c r="E612" s="2">
         <v>6681006804</v>
       </c>
       <c r="F612" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G612" s="2" t="s">
-        <v>2734</v>
+        <v>2754</v>
       </c>
       <c r="H612" s="2" t="s">
-        <v>2735</v>
+        <v>2755</v>
       </c>
       <c r="I612" s="2" t="s">
-        <v>2736</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="613" spans="1:9">
       <c r="A613" s="2">
         <v>612</v>
       </c>
       <c r="B613" s="2" t="s">
-        <v>2737</v>
+        <v>2757</v>
       </c>
       <c r="C613" s="2" t="s">
-        <v>1703</v>
+        <v>1714</v>
       </c>
       <c r="D613" s="2">
         <v>1661032</v>
       </c>
       <c r="E613" s="2">
         <v>6632013407</v>
       </c>
       <c r="F613" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G613" s="2" t="s">
-        <v>2738</v>
+        <v>2758</v>
       </c>
       <c r="H613" s="2" t="s">
-        <v>2739</v>
+        <v>2759</v>
       </c>
       <c r="I613" s="2" t="s">
-        <v>2740</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="614" spans="1:9">
       <c r="A614" s="2">
         <v>613</v>
       </c>
       <c r="B614" s="2" t="s">
-        <v>2741</v>
+        <v>2761</v>
       </c>
       <c r="C614" s="2" t="s">
-        <v>867</v>
+        <v>877</v>
       </c>
       <c r="D614" s="2">
         <v>1661036</v>
       </c>
       <c r="E614" s="2">
         <v>6633025363</v>
       </c>
       <c r="F614" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G614" s="2" t="s">
-        <v>2742</v>
+        <v>2762</v>
       </c>
       <c r="H614" s="2" t="s">
-        <v>2743</v>
+        <v>2763</v>
       </c>
       <c r="I614" s="2" t="s">
-        <v>2744</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="615" spans="1:9">
       <c r="A615" s="2">
         <v>614</v>
       </c>
       <c r="B615" s="2" t="s">
-        <v>2745</v>
+        <v>2765</v>
       </c>
       <c r="C615" s="2" t="s">
-        <v>867</v>
+        <v>877</v>
       </c>
       <c r="D615" s="2">
         <v>1661037</v>
       </c>
       <c r="E615" s="2">
         <v>6633024994</v>
       </c>
       <c r="F615" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G615" s="2" t="s">
-        <v>2746</v>
+        <v>2766</v>
       </c>
       <c r="H615" s="2" t="s">
-        <v>2747</v>
+        <v>2767</v>
       </c>
       <c r="I615" s="2"/>
     </row>
     <row r="616" spans="1:9">
       <c r="A616" s="2">
         <v>615</v>
       </c>
       <c r="B616" s="2" t="s">
-        <v>2748</v>
+        <v>2768</v>
       </c>
       <c r="C616" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D616" s="2">
         <v>1670355</v>
       </c>
       <c r="E616" s="2">
         <v>6732136794</v>
       </c>
       <c r="F616" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G616" s="2" t="s">
-        <v>2749</v>
+        <v>2769</v>
       </c>
       <c r="H616" s="2" t="s">
-        <v>2750</v>
+        <v>2770</v>
       </c>
       <c r="I616" s="2" t="s">
-        <v>2751</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="617" spans="1:9">
       <c r="A617" s="2">
         <v>616</v>
       </c>
       <c r="B617" s="2" t="s">
-        <v>2752</v>
+        <v>2772</v>
       </c>
       <c r="C617" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D617" s="2">
         <v>1670356</v>
       </c>
       <c r="E617" s="2">
         <v>6732143784</v>
       </c>
       <c r="F617" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G617" s="2" t="s">
-        <v>2753</v>
+        <v>2773</v>
       </c>
       <c r="H617" s="2" t="s">
-        <v>2754</v>
+        <v>2774</v>
       </c>
       <c r="I617" s="2" t="s">
-        <v>2755</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="618" spans="1:9">
       <c r="A618" s="2">
         <v>617</v>
       </c>
       <c r="B618" s="2" t="s">
-        <v>2756</v>
+        <v>2776</v>
       </c>
       <c r="C618" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D618" s="2">
         <v>1670358</v>
       </c>
       <c r="E618" s="2">
         <v>6731027048</v>
       </c>
       <c r="F618" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G618" s="2" t="s">
-        <v>2757</v>
+        <v>2777</v>
       </c>
       <c r="H618" s="2" t="s">
-        <v>2758</v>
+        <v>2778</v>
       </c>
       <c r="I618" s="2" t="s">
-        <v>2759</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="619" spans="1:9">
       <c r="A619" s="2">
         <v>618</v>
       </c>
       <c r="B619" s="2" t="s">
-        <v>2760</v>
+        <v>2780</v>
       </c>
       <c r="C619" s="2" t="s">
-        <v>2761</v>
+        <v>2781</v>
       </c>
       <c r="D619" s="2">
         <v>1670937</v>
       </c>
       <c r="E619" s="2">
         <v>6732042360</v>
       </c>
       <c r="F619" s="2" t="s">
-        <v>1531</v>
+        <v>1542</v>
       </c>
       <c r="G619" s="2" t="s">
-        <v>2762</v>
+        <v>2782</v>
       </c>
       <c r="H619" s="2" t="s">
-        <v>2763</v>
+        <v>2783</v>
       </c>
       <c r="I619" s="2" t="s">
-        <v>2764</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="620" spans="1:9">
       <c r="A620" s="2">
         <v>619</v>
       </c>
       <c r="B620" s="2" t="s">
-        <v>2765</v>
+        <v>2785</v>
       </c>
       <c r="C620" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D620" s="2">
         <v>1680360</v>
       </c>
       <c r="E620" s="2">
         <v>6829119721</v>
       </c>
       <c r="F620" s="2" t="s">
-        <v>2766</v>
+        <v>2786</v>
       </c>
       <c r="G620" s="2" t="s">
-        <v>2767</v>
+        <v>2787</v>
       </c>
       <c r="H620" s="2" t="s">
-        <v>2768</v>
+        <v>2788</v>
       </c>
       <c r="I620" s="2" t="s">
-        <v>2769</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="621" spans="1:9">
       <c r="A621" s="2">
         <v>620</v>
       </c>
       <c r="B621" s="2" t="s">
-        <v>2770</v>
+        <v>2790</v>
       </c>
       <c r="C621" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D621" s="2">
         <v>1680361</v>
       </c>
       <c r="E621" s="2">
         <v>6829127793</v>
       </c>
       <c r="F621" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G621" s="2" t="s">
-        <v>2771</v>
+        <v>2791</v>
       </c>
       <c r="H621" s="2" t="s">
-        <v>2772</v>
+        <v>2792</v>
       </c>
       <c r="I621" s="2" t="s">
-        <v>2773</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="622" spans="1:9">
       <c r="A622" s="2">
         <v>621</v>
       </c>
       <c r="B622" s="2" t="s">
-        <v>2774</v>
+        <v>2794</v>
       </c>
       <c r="C622" s="2" t="s">
-        <v>2252</v>
+        <v>2270</v>
       </c>
       <c r="D622" s="2">
         <v>1680895</v>
       </c>
       <c r="E622" s="2">
         <v>6829151813</v>
       </c>
       <c r="F622" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G622" s="2" t="s">
-        <v>2771</v>
+        <v>2791</v>
       </c>
       <c r="H622" s="2" t="s">
-        <v>2772</v>
+        <v>2792</v>
       </c>
       <c r="I622" s="2" t="s">
-        <v>2775</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="623" spans="1:9">
       <c r="A623" s="2">
         <v>622</v>
       </c>
       <c r="B623" s="2" t="s">
-        <v>2776</v>
+        <v>2796</v>
       </c>
       <c r="C623" s="2" t="s">
-        <v>2484</v>
+        <v>2504</v>
       </c>
       <c r="D623" s="2">
         <v>1681040</v>
       </c>
       <c r="E623" s="2">
         <v>6829138259</v>
       </c>
       <c r="F623" s="2" t="s">
-        <v>2777</v>
+        <v>2797</v>
       </c>
       <c r="G623" s="2" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="H623" s="2" t="s">
-        <v>2779</v>
+        <v>2799</v>
       </c>
       <c r="I623" s="2" t="s">
-        <v>2780</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="624" spans="1:9">
       <c r="A624" s="2">
         <v>623</v>
       </c>
       <c r="B624" s="2" t="s">
-        <v>2781</v>
+        <v>2801</v>
       </c>
       <c r="C624" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D624" s="2">
         <v>1690362</v>
       </c>
       <c r="E624" s="2">
         <v>6952000911</v>
       </c>
       <c r="F624" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G624" s="2" t="s">
-        <v>2782</v>
+        <v>2802</v>
       </c>
       <c r="H624" s="2" t="s">
-        <v>2783</v>
+        <v>2803</v>
       </c>
       <c r="I624" s="2" t="s">
-        <v>2784</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="625" spans="1:9">
       <c r="A625" s="2">
         <v>624</v>
       </c>
       <c r="B625" s="2" t="s">
-        <v>2785</v>
+        <v>2805</v>
       </c>
       <c r="C625" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D625" s="2">
         <v>1690363</v>
       </c>
       <c r="E625" s="2">
         <v>6950120970</v>
       </c>
       <c r="F625" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G625" s="2" t="s">
-        <v>2786</v>
+        <v>2806</v>
       </c>
       <c r="H625" s="2" t="s">
-        <v>2787</v>
+        <v>2807</v>
       </c>
       <c r="I625" s="2" t="s">
-        <v>2788</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="626" spans="1:9">
       <c r="A626" s="2">
         <v>625</v>
       </c>
       <c r="B626" s="2" t="s">
-        <v>2789</v>
+        <v>2809</v>
       </c>
       <c r="C626" s="2" t="s">
-        <v>2790</v>
+        <v>2810</v>
       </c>
       <c r="D626" s="2">
         <v>1690364</v>
       </c>
       <c r="E626" s="2">
         <v>6952001111</v>
       </c>
       <c r="F626" s="2" t="s">
-        <v>2791</v>
+        <v>2811</v>
       </c>
       <c r="G626" s="2" t="s">
-        <v>2782</v>
+        <v>2802</v>
       </c>
       <c r="H626" s="2" t="s">
-        <v>2792</v>
+        <v>2812</v>
       </c>
       <c r="I626" s="2" t="s">
-        <v>2793</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="627" spans="1:9">
       <c r="A627" s="2">
         <v>626</v>
       </c>
       <c r="B627" s="2" t="s">
-        <v>2794</v>
+        <v>2814</v>
       </c>
       <c r="C627" s="2" t="s">
-        <v>2795</v>
+        <v>2815</v>
       </c>
       <c r="D627" s="2">
         <v>1690678</v>
       </c>
       <c r="E627" s="2">
         <v>6950007189</v>
       </c>
       <c r="F627" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G627" s="2" t="s">
-        <v>2796</v>
+        <v>2816</v>
       </c>
       <c r="H627" s="2" t="s">
-        <v>2797</v>
+        <v>2817</v>
       </c>
       <c r="I627" s="2" t="s">
-        <v>2798</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="628" spans="1:9">
       <c r="A628" s="2">
         <v>627</v>
       </c>
       <c r="B628" s="2" t="s">
-        <v>2799</v>
+        <v>2819</v>
       </c>
       <c r="C628" s="2" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="D628" s="2">
         <v>1690849</v>
       </c>
       <c r="E628" s="2">
         <v>6901030330</v>
       </c>
       <c r="F628" s="2" t="s">
-        <v>154</v>
+        <v>2820</v>
       </c>
       <c r="G628" s="2" t="s">
-        <v>2800</v>
+        <v>2821</v>
       </c>
       <c r="H628" s="2" t="s">
-        <v>2801</v>
+        <v>2822</v>
       </c>
       <c r="I628" s="2" t="s">
-        <v>2802</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="629" spans="1:9">
       <c r="A629" s="2">
         <v>628</v>
       </c>
       <c r="B629" s="2" t="s">
-        <v>2803</v>
+        <v>2824</v>
       </c>
       <c r="C629" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D629" s="2">
         <v>1700364</v>
       </c>
       <c r="E629" s="2">
         <v>7017227933</v>
       </c>
       <c r="F629" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G629" s="2" t="s">
-        <v>2804</v>
+        <v>2825</v>
       </c>
       <c r="H629" s="2" t="s">
-        <v>2805</v>
+        <v>2826</v>
       </c>
       <c r="I629" s="2" t="s">
-        <v>2806</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="630" spans="1:9">
       <c r="A630" s="2">
         <v>629</v>
       </c>
       <c r="B630" s="2" t="s">
-        <v>2807</v>
+        <v>2828</v>
       </c>
       <c r="C630" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D630" s="2">
         <v>1700365</v>
       </c>
       <c r="E630" s="2">
         <v>7022016110</v>
       </c>
       <c r="F630" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G630" s="2" t="s">
-        <v>2808</v>
+        <v>2829</v>
       </c>
       <c r="H630" s="2" t="s">
-        <v>2809</v>
+        <v>2830</v>
       </c>
       <c r="I630" s="2" t="s">
-        <v>2810</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="631" spans="1:9">
       <c r="A631" s="2">
         <v>630</v>
       </c>
       <c r="B631" s="2" t="s">
-        <v>2811</v>
+        <v>2832</v>
       </c>
       <c r="C631" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D631" s="2">
         <v>1700366</v>
       </c>
       <c r="E631" s="2">
         <v>7024999200</v>
       </c>
       <c r="F631" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G631" s="2" t="s">
-        <v>2812</v>
+        <v>2833</v>
       </c>
       <c r="H631" s="2" t="s">
-        <v>2813</v>
+        <v>2834</v>
       </c>
       <c r="I631" s="2" t="s">
-        <v>2814</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="632" spans="1:9">
       <c r="A632" s="2">
         <v>631</v>
       </c>
       <c r="B632" s="2" t="s">
-        <v>2815</v>
+        <v>2836</v>
       </c>
       <c r="C632" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D632" s="2">
         <v>1700367</v>
       </c>
       <c r="E632" s="2">
         <v>7017999672</v>
       </c>
       <c r="F632" s="2" t="s">
-        <v>2816</v>
+        <v>2837</v>
       </c>
       <c r="G632" s="2" t="s">
-        <v>2817</v>
+        <v>2838</v>
       </c>
       <c r="H632" s="2" t="s">
-        <v>2818</v>
+        <v>2839</v>
       </c>
       <c r="I632" s="2" t="s">
-        <v>2819</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="633" spans="1:9">
       <c r="A633" s="2">
         <v>632</v>
       </c>
       <c r="B633" s="2" t="s">
-        <v>2820</v>
+        <v>2841</v>
       </c>
       <c r="C633" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D633" s="2">
         <v>1700368</v>
       </c>
       <c r="E633" s="2">
         <v>7017048370</v>
       </c>
       <c r="F633" s="2" t="s">
-        <v>2821</v>
+        <v>2842</v>
       </c>
       <c r="G633" s="2" t="s">
-        <v>2822</v>
+        <v>2843</v>
       </c>
       <c r="H633" s="2" t="s">
-        <v>2823</v>
+        <v>2844</v>
       </c>
       <c r="I633" s="2" t="s">
-        <v>2824</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="634" spans="1:9">
       <c r="A634" s="2">
         <v>633</v>
       </c>
       <c r="B634" s="2" t="s">
-        <v>2825</v>
+        <v>2846</v>
       </c>
       <c r="C634" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D634" s="2">
         <v>1700370</v>
       </c>
       <c r="E634" s="2">
         <v>7017297970</v>
       </c>
       <c r="F634" s="2" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="G634" s="2" t="s">
-        <v>2826</v>
+        <v>2847</v>
       </c>
       <c r="H634" s="2" t="s">
-        <v>2827</v>
+        <v>2848</v>
       </c>
       <c r="I634" s="2" t="s">
-        <v>2828</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="635" spans="1:9">
       <c r="A635" s="2">
         <v>634</v>
       </c>
       <c r="B635" s="2" t="s">
-        <v>2829</v>
+        <v>2850</v>
       </c>
       <c r="C635" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D635" s="2">
         <v>1700371</v>
       </c>
       <c r="E635" s="2">
         <v>7017376678</v>
       </c>
       <c r="F635" s="2" t="s">
         <v>154</v>
       </c>
       <c r="G635" s="2" t="s">
-        <v>2830</v>
+        <v>2851</v>
       </c>
       <c r="H635" s="2" t="s">
-        <v>2831</v>
+        <v>2852</v>
       </c>
       <c r="I635" s="2" t="s">
-        <v>2832</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="636" spans="1:9">
       <c r="A636" s="2">
         <v>635</v>
       </c>
       <c r="B636" s="2" t="s">
-        <v>2833</v>
+        <v>2854</v>
       </c>
       <c r="C636" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D636" s="2">
         <v>1700372</v>
       </c>
       <c r="E636" s="2">
         <v>7022016134</v>
       </c>
       <c r="F636" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G636" s="2" t="s">
-        <v>2834</v>
+        <v>2855</v>
       </c>
       <c r="H636" s="2" t="s">
-        <v>2835</v>
+        <v>2856</v>
       </c>
       <c r="I636" s="2" t="s">
-        <v>2836</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="637" spans="1:9">
       <c r="A637" s="2">
         <v>636</v>
       </c>
       <c r="B637" s="2" t="s">
-        <v>2837</v>
+        <v>2858</v>
       </c>
       <c r="C637" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D637" s="2">
         <v>1700373</v>
       </c>
       <c r="E637" s="2">
         <v>7003003323</v>
       </c>
       <c r="F637" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G637" s="2" t="s">
-        <v>2838</v>
+        <v>2859</v>
       </c>
       <c r="H637" s="2" t="s">
-        <v>2839</v>
+        <v>2860</v>
       </c>
       <c r="I637" s="2" t="s">
-        <v>2840</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="638" spans="1:9">
       <c r="A638" s="2">
         <v>637</v>
       </c>
       <c r="B638" s="2" t="s">
-        <v>2841</v>
+        <v>2862</v>
       </c>
       <c r="C638" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D638" s="2">
         <v>1700374</v>
       </c>
       <c r="E638" s="2">
         <v>7004998015</v>
       </c>
       <c r="F638" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G638" s="2" t="s">
-        <v>2842</v>
+        <v>2863</v>
       </c>
       <c r="H638" s="2" t="s">
-        <v>2843</v>
+        <v>2864</v>
       </c>
       <c r="I638" s="2" t="s">
-        <v>2844</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="639" spans="1:9">
       <c r="A639" s="2">
         <v>638</v>
       </c>
       <c r="B639" s="2" t="s">
-        <v>2845</v>
+        <v>2866</v>
       </c>
       <c r="C639" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D639" s="2">
         <v>1700375</v>
       </c>
       <c r="E639" s="2">
         <v>7024022461</v>
       </c>
       <c r="F639" s="2" t="s">
-        <v>2392</v>
+        <v>2412</v>
       </c>
       <c r="G639" s="2" t="s">
-        <v>2846</v>
+        <v>2867</v>
       </c>
       <c r="H639" s="2" t="s">
-        <v>2847</v>
+        <v>2868</v>
       </c>
       <c r="I639" s="2" t="s">
-        <v>2814</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="640" spans="1:9">
       <c r="A640" s="2">
         <v>639</v>
       </c>
       <c r="B640" s="2" t="s">
-        <v>2848</v>
+        <v>2869</v>
       </c>
       <c r="C640" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D640" s="2">
         <v>1700376</v>
       </c>
       <c r="E640" s="2">
         <v>7005005492</v>
       </c>
       <c r="F640" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G640" s="2" t="s">
-        <v>2849</v>
+        <v>2870</v>
       </c>
       <c r="H640" s="2" t="s">
-        <v>2850</v>
+        <v>2871</v>
       </c>
       <c r="I640" s="2" t="s">
-        <v>2851</v>
+        <v>2872</v>
       </c>
     </row>
     <row r="641" spans="1:9">
       <c r="A641" s="2">
         <v>640</v>
       </c>
       <c r="B641" s="2" t="s">
-        <v>2852</v>
+        <v>2873</v>
       </c>
       <c r="C641" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D641" s="2">
         <v>1700377</v>
       </c>
       <c r="E641" s="2">
         <v>7006007573</v>
       </c>
       <c r="F641" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G641" s="2" t="s">
-        <v>2853</v>
+        <v>2874</v>
       </c>
       <c r="H641" s="2" t="s">
-        <v>2854</v>
+        <v>2875</v>
       </c>
       <c r="I641" s="2" t="s">
-        <v>2855</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="642" spans="1:9">
       <c r="A642" s="2">
         <v>641</v>
       </c>
       <c r="B642" s="2" t="s">
-        <v>2856</v>
+        <v>2877</v>
       </c>
       <c r="C642" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D642" s="2">
         <v>1700378</v>
       </c>
       <c r="E642" s="2">
         <v>7007007431</v>
       </c>
       <c r="F642" s="2" t="s">
-        <v>2392</v>
+        <v>2412</v>
       </c>
       <c r="G642" s="2" t="s">
-        <v>2857</v>
+        <v>2878</v>
       </c>
       <c r="H642" s="2" t="s">
-        <v>2858</v>
+        <v>2879</v>
       </c>
       <c r="I642" s="2" t="s">
-        <v>2859</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="643" spans="1:9">
       <c r="A643" s="2">
         <v>642</v>
       </c>
       <c r="B643" s="2" t="s">
-        <v>2860</v>
+        <v>2881</v>
       </c>
       <c r="C643" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D643" s="2">
         <v>1700379</v>
       </c>
       <c r="E643" s="2">
         <v>7011005042</v>
       </c>
       <c r="F643" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G643" s="2" t="s">
-        <v>2861</v>
+        <v>2882</v>
       </c>
       <c r="H643" s="2" t="s">
-        <v>2862</v>
+        <v>2883</v>
       </c>
       <c r="I643" s="2" t="s">
-        <v>2863</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="644" spans="1:9">
       <c r="A644" s="2">
         <v>643</v>
       </c>
       <c r="B644" s="2" t="s">
-        <v>2833</v>
+        <v>2854</v>
       </c>
       <c r="C644" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D644" s="2">
         <v>1700382</v>
       </c>
       <c r="E644" s="2">
         <v>7015002564</v>
       </c>
       <c r="F644" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G644" s="2" t="s">
-        <v>2864</v>
+        <v>2885</v>
       </c>
       <c r="H644" s="2" t="s">
-        <v>2865</v>
+        <v>2886</v>
       </c>
       <c r="I644" s="2" t="s">
-        <v>2866</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="645" spans="1:9">
       <c r="A645" s="2">
         <v>644</v>
       </c>
       <c r="B645" s="2" t="s">
-        <v>2867</v>
+        <v>2888</v>
       </c>
       <c r="C645" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D645" s="2">
         <v>1700383</v>
       </c>
       <c r="E645" s="2">
         <v>7002010871</v>
       </c>
       <c r="F645" s="2" t="s">
-        <v>2392</v>
+        <v>2412</v>
       </c>
       <c r="G645" s="2" t="s">
-        <v>2868</v>
+        <v>2889</v>
       </c>
       <c r="H645" s="2" t="s">
-        <v>2869</v>
+        <v>2890</v>
       </c>
       <c r="I645" s="2" t="s">
-        <v>2870</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="646" spans="1:9">
       <c r="A646" s="2">
         <v>645</v>
       </c>
       <c r="B646" s="2" t="s">
-        <v>2871</v>
+        <v>2892</v>
       </c>
       <c r="C646" s="2" t="s">
-        <v>1410</v>
+        <v>1420</v>
       </c>
       <c r="D646" s="2">
         <v>1700387</v>
       </c>
       <c r="E646" s="2">
         <v>7022019939</v>
       </c>
       <c r="F646" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G646" s="2" t="s">
-        <v>2872</v>
+        <v>2893</v>
       </c>
       <c r="H646" s="2" t="s">
-        <v>2873</v>
+        <v>2894</v>
       </c>
       <c r="I646" s="2" t="s">
-        <v>2874</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="647" spans="1:9">
       <c r="A647" s="2">
         <v>646</v>
       </c>
       <c r="B647" s="2" t="s">
-        <v>2875</v>
+        <v>2896</v>
       </c>
       <c r="C647" s="2" t="s">
-        <v>2876</v>
+        <v>2897</v>
       </c>
       <c r="D647" s="2">
         <v>1700773</v>
       </c>
       <c r="E647" s="2">
         <v>7017128812</v>
       </c>
       <c r="F647" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G647" s="2" t="s">
-        <v>2877</v>
+        <v>2898</v>
       </c>
       <c r="H647" s="2" t="s">
-        <v>2878</v>
+        <v>2899</v>
       </c>
       <c r="I647" s="2" t="s">
-        <v>2879</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="648" spans="1:9">
       <c r="A648" s="2">
         <v>647</v>
       </c>
       <c r="B648" s="2" t="s">
-        <v>2880</v>
+        <v>2901</v>
       </c>
       <c r="C648" s="2" t="s">
-        <v>2881</v>
+        <v>2902</v>
       </c>
       <c r="D648" s="2">
         <v>1700803</v>
       </c>
       <c r="E648" s="2">
         <v>7012005207</v>
       </c>
       <c r="F648" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G648" s="2" t="s">
-        <v>2882</v>
+        <v>2903</v>
       </c>
       <c r="H648" s="2" t="s">
-        <v>2883</v>
+        <v>2904</v>
       </c>
       <c r="I648" s="2" t="s">
-        <v>2884</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="649" spans="1:9">
       <c r="A649" s="2">
         <v>648</v>
       </c>
       <c r="B649" s="2" t="s">
-        <v>2885</v>
+        <v>2906</v>
       </c>
       <c r="C649" s="2" t="s">
-        <v>2881</v>
+        <v>2902</v>
       </c>
       <c r="D649" s="2">
         <v>1700804</v>
       </c>
       <c r="E649" s="2">
         <v>7008007480</v>
       </c>
       <c r="F649" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G649" s="2" t="s">
-        <v>2886</v>
+        <v>2907</v>
       </c>
       <c r="H649" s="2" t="s">
-        <v>2887</v>
+        <v>2908</v>
       </c>
       <c r="I649" s="2" t="s">
-        <v>2888</v>
+        <v>2909</v>
       </c>
     </row>
     <row r="650" spans="1:9">
       <c r="A650" s="2">
         <v>649</v>
       </c>
       <c r="B650" s="2" t="s">
-        <v>2889</v>
+        <v>2910</v>
       </c>
       <c r="C650" s="2" t="s">
-        <v>2890</v>
+        <v>2911</v>
       </c>
       <c r="D650" s="2">
         <v>1700919</v>
       </c>
       <c r="E650" s="2">
         <v>7017996632</v>
       </c>
       <c r="F650" s="2" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="G650" s="2" t="s">
-        <v>2891</v>
+        <v>2912</v>
       </c>
       <c r="H650" s="2" t="s">
-        <v>2892</v>
+        <v>2913</v>
       </c>
       <c r="I650" s="2" t="s">
-        <v>2893</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="651" spans="1:9">
       <c r="A651" s="2">
         <v>650</v>
       </c>
       <c r="B651" s="2" t="s">
-        <v>2894</v>
+        <v>2915</v>
       </c>
       <c r="C651" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D651" s="2">
         <v>1710001</v>
       </c>
       <c r="E651" s="2">
         <v>7106015641</v>
       </c>
       <c r="F651" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G651" s="2" t="s">
-        <v>2895</v>
+        <v>2916</v>
       </c>
       <c r="H651" s="2" t="s">
-        <v>2896</v>
+        <v>2917</v>
       </c>
       <c r="I651" s="2" t="s">
-        <v>2897</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="652" spans="1:9">
       <c r="A652" s="2">
         <v>651</v>
       </c>
       <c r="B652" s="2" t="s">
-        <v>2898</v>
+        <v>2919</v>
       </c>
       <c r="C652" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D652" s="2">
         <v>1710002</v>
       </c>
       <c r="E652" s="2">
         <v>7104520110</v>
       </c>
       <c r="F652" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G652" s="2" t="s">
-        <v>2899</v>
+        <v>2920</v>
       </c>
       <c r="H652" s="2" t="s">
-        <v>2900</v>
+        <v>2921</v>
       </c>
       <c r="I652" s="2" t="s">
-        <v>2901</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="653" spans="1:9">
       <c r="A653" s="2">
         <v>652</v>
       </c>
       <c r="B653" s="2" t="s">
-        <v>2902</v>
+        <v>2923</v>
       </c>
       <c r="C653" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D653" s="2">
         <v>1710003</v>
       </c>
       <c r="E653" s="2">
         <v>7106528019</v>
       </c>
       <c r="F653" s="2" t="s">
-        <v>1296</v>
+        <v>1306</v>
       </c>
       <c r="G653" s="2" t="s">
-        <v>2903</v>
+        <v>2924</v>
       </c>
       <c r="H653" s="2" t="s">
-        <v>2904</v>
+        <v>2925</v>
       </c>
       <c r="I653" s="2" t="s">
-        <v>2905</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="654" spans="1:9">
       <c r="A654" s="2">
         <v>653</v>
       </c>
       <c r="B654" s="2" t="s">
-        <v>2906</v>
+        <v>2927</v>
       </c>
       <c r="C654" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D654" s="2">
         <v>1710004</v>
       </c>
       <c r="E654" s="2">
         <v>7111024480</v>
       </c>
       <c r="F654" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G654" s="2" t="s">
-        <v>2907</v>
+        <v>2928</v>
       </c>
       <c r="H654" s="2" t="s">
-        <v>2908</v>
+        <v>2929</v>
       </c>
       <c r="I654" s="2" t="s">
-        <v>2909</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="655" spans="1:9">
       <c r="A655" s="2">
         <v>654</v>
       </c>
       <c r="B655" s="2" t="s">
-        <v>2910</v>
+        <v>2931</v>
       </c>
       <c r="C655" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D655" s="2">
         <v>1710005</v>
       </c>
       <c r="E655" s="2">
         <v>7115008432</v>
       </c>
       <c r="F655" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G655" s="2" t="s">
-        <v>2911</v>
+        <v>2932</v>
       </c>
       <c r="H655" s="2" t="s">
-        <v>2912</v>
+        <v>2933</v>
       </c>
       <c r="I655" s="2" t="s">
-        <v>2913</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="656" spans="1:9">
       <c r="A656" s="2">
         <v>655</v>
       </c>
       <c r="B656" s="2" t="s">
-        <v>2914</v>
+        <v>2935</v>
       </c>
       <c r="C656" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D656" s="2">
         <v>1710006</v>
       </c>
       <c r="E656" s="2">
         <v>7116129704</v>
       </c>
       <c r="F656" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G656" s="2" t="s">
-        <v>2915</v>
+        <v>2936</v>
       </c>
       <c r="H656" s="2" t="s">
-        <v>2916</v>
+        <v>2937</v>
       </c>
       <c r="I656" s="2" t="s">
-        <v>2917</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="657" spans="1:9">
       <c r="A657" s="2">
         <v>656</v>
       </c>
       <c r="B657" s="2" t="s">
-        <v>2918</v>
+        <v>2939</v>
       </c>
       <c r="C657" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D657" s="2">
         <v>1710007</v>
       </c>
       <c r="E657" s="2">
         <v>7117013893</v>
       </c>
       <c r="F657" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G657" s="2" t="s">
-        <v>2919</v>
+        <v>2940</v>
       </c>
       <c r="H657" s="2" t="s">
-        <v>2920</v>
+        <v>2941</v>
       </c>
       <c r="I657" s="2" t="s">
-        <v>2921</v>
+        <v>2942</v>
       </c>
     </row>
     <row r="658" spans="1:9">
       <c r="A658" s="2">
         <v>657</v>
       </c>
       <c r="B658" s="2" t="s">
-        <v>2922</v>
+        <v>2943</v>
       </c>
       <c r="C658" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D658" s="2">
         <v>1710008</v>
       </c>
       <c r="E658" s="2">
         <v>7118020300</v>
       </c>
       <c r="F658" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G658" s="2" t="s">
-        <v>2923</v>
+        <v>2944</v>
       </c>
       <c r="H658" s="2" t="s">
-        <v>2924</v>
+        <v>2945</v>
       </c>
       <c r="I658" s="2" t="s">
-        <v>2925</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="659" spans="1:9">
       <c r="A659" s="2">
         <v>658</v>
       </c>
       <c r="B659" s="2" t="s">
-        <v>2926</v>
+        <v>2947</v>
       </c>
       <c r="C659" s="2" t="s">
-        <v>2927</v>
+        <v>2948</v>
       </c>
       <c r="D659" s="2">
         <v>1710679</v>
       </c>
       <c r="E659" s="2">
         <v>7114010358</v>
       </c>
       <c r="F659" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G659" s="2" t="s">
-        <v>2928</v>
+        <v>2949</v>
       </c>
       <c r="H659" s="2" t="s">
-        <v>2916</v>
+        <v>2937</v>
       </c>
       <c r="I659" s="2" t="s">
-        <v>2929</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="660" spans="1:9">
       <c r="A660" s="2">
         <v>659</v>
       </c>
       <c r="B660" s="2" t="s">
-        <v>2930</v>
+        <v>2951</v>
       </c>
       <c r="C660" s="2" t="s">
-        <v>2931</v>
+        <v>2952</v>
       </c>
       <c r="D660" s="2">
         <v>1710686</v>
       </c>
       <c r="E660" s="2">
         <v>7123010428</v>
       </c>
       <c r="F660" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G660" s="2" t="s">
-        <v>2932</v>
+        <v>2953</v>
       </c>
       <c r="H660" s="2" t="s">
-        <v>2933</v>
+        <v>2954</v>
       </c>
       <c r="I660" s="2" t="s">
-        <v>2934</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="661" spans="1:9">
       <c r="A661" s="2">
         <v>660</v>
       </c>
       <c r="B661" s="2" t="s">
-        <v>2935</v>
+        <v>2956</v>
       </c>
       <c r="C661" s="2" t="s">
-        <v>2936</v>
+        <v>2957</v>
       </c>
       <c r="D661" s="2">
         <v>1710750</v>
       </c>
       <c r="E661" s="2">
         <v>7105057303</v>
       </c>
       <c r="F661" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G661" s="2" t="s">
-        <v>2937</v>
+        <v>2958</v>
       </c>
       <c r="H661" s="2" t="s">
-        <v>2938</v>
+        <v>2959</v>
       </c>
       <c r="I661" s="2" t="s">
-        <v>2939</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="662" spans="1:9">
       <c r="A662" s="2">
         <v>661</v>
       </c>
       <c r="B662" s="2" t="s">
-        <v>2940</v>
+        <v>2961</v>
       </c>
       <c r="C662" s="2" t="s">
-        <v>1070</v>
+        <v>1080</v>
       </c>
       <c r="D662" s="2">
         <v>1710766</v>
       </c>
       <c r="E662" s="2">
         <v>7104524805</v>
       </c>
       <c r="F662" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G662" s="2" t="s">
-        <v>2941</v>
+        <v>2962</v>
       </c>
       <c r="H662" s="2" t="s">
-        <v>2942</v>
+        <v>2963</v>
       </c>
       <c r="I662" s="2" t="s">
-        <v>2943</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="663" spans="1:9">
       <c r="A663" s="2">
         <v>662</v>
       </c>
       <c r="B663" s="2" t="s">
-        <v>2944</v>
+        <v>2965</v>
       </c>
       <c r="C663" s="2" t="s">
-        <v>2945</v>
+        <v>2966</v>
       </c>
       <c r="D663" s="2">
         <v>1710840</v>
       </c>
       <c r="E663" s="2">
         <v>7107116177</v>
       </c>
       <c r="F663" s="2" t="s">
-        <v>2542</v>
+        <v>2562</v>
       </c>
       <c r="G663" s="2" t="s">
-        <v>2946</v>
+        <v>2967</v>
       </c>
       <c r="H663" s="2" t="s">
-        <v>2947</v>
+        <v>2968</v>
       </c>
       <c r="I663" s="2" t="s">
-        <v>2948</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="664" spans="1:9">
       <c r="A664" s="2">
         <v>663</v>
       </c>
       <c r="B664" s="2" t="s">
-        <v>2949</v>
+        <v>2970</v>
       </c>
       <c r="C664" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D664" s="2">
         <v>1720358</v>
       </c>
       <c r="E664" s="2">
         <v>7202098425</v>
       </c>
       <c r="F664" s="2" t="s">
-        <v>2950</v>
+        <v>2971</v>
       </c>
       <c r="G664" s="2" t="s">
-        <v>2951</v>
+        <v>2972</v>
       </c>
       <c r="H664" s="2" t="s">
-        <v>2952</v>
+        <v>2973</v>
       </c>
       <c r="I664" s="2" t="s">
-        <v>2953</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="665" spans="1:9">
       <c r="A665" s="2">
         <v>664</v>
       </c>
       <c r="B665" s="2" t="s">
-        <v>2954</v>
+        <v>2975</v>
       </c>
       <c r="C665" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D665" s="2">
         <v>1720359</v>
       </c>
       <c r="E665" s="2">
         <v>7204137581</v>
       </c>
       <c r="F665" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G665" s="2" t="s">
-        <v>2955</v>
+        <v>2976</v>
       </c>
       <c r="H665" s="2" t="s">
-        <v>2956</v>
+        <v>2977</v>
       </c>
       <c r="I665" s="2" t="s">
-        <v>2957</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="666" spans="1:9">
       <c r="A666" s="2">
         <v>665</v>
       </c>
       <c r="B666" s="2" t="s">
-        <v>2958</v>
+        <v>2979</v>
       </c>
       <c r="C666" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D666" s="2">
         <v>1720360</v>
       </c>
       <c r="E666" s="2">
         <v>7203223118</v>
       </c>
       <c r="F666" s="2" t="s">
-        <v>2959</v>
+        <v>2980</v>
       </c>
       <c r="G666" s="2" t="s">
-        <v>2960</v>
+        <v>2981</v>
       </c>
       <c r="H666" s="2" t="s">
-        <v>2961</v>
+        <v>2982</v>
       </c>
       <c r="I666" s="2" t="s">
-        <v>2962</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="667" spans="1:9">
       <c r="A667" s="2">
         <v>666</v>
       </c>
       <c r="B667" s="2" t="s">
-        <v>2963</v>
+        <v>2984</v>
       </c>
       <c r="C667" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D667" s="2">
         <v>1720361</v>
       </c>
       <c r="E667" s="2">
         <v>7203236163</v>
       </c>
       <c r="F667" s="2" t="s">
-        <v>344</v>
+        <v>2985</v>
       </c>
       <c r="G667" s="2" t="s">
-        <v>2964</v>
+        <v>2986</v>
       </c>
       <c r="H667" s="2" t="s">
-        <v>2965</v>
+        <v>2987</v>
       </c>
       <c r="I667" s="2" t="s">
-        <v>2966</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="668" spans="1:9">
       <c r="A668" s="2">
         <v>667</v>
       </c>
       <c r="B668" s="2" t="s">
-        <v>2967</v>
+        <v>2989</v>
       </c>
       <c r="C668" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D668" s="2">
         <v>1720362</v>
       </c>
       <c r="E668" s="2">
         <v>7202246112</v>
       </c>
       <c r="F668" s="2" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="G668" s="2" t="s">
-        <v>2968</v>
+        <v>2990</v>
       </c>
       <c r="H668" s="2" t="s">
-        <v>2969</v>
+        <v>2991</v>
       </c>
       <c r="I668" s="2" t="s">
-        <v>2970</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="669" spans="1:9">
       <c r="A669" s="2">
         <v>668</v>
       </c>
       <c r="B669" s="2" t="s">
-        <v>2971</v>
+        <v>2993</v>
       </c>
       <c r="C669" s="2" t="s">
-        <v>2972</v>
+        <v>2994</v>
       </c>
       <c r="D669" s="2">
         <v>1720867</v>
       </c>
       <c r="E669" s="2">
         <v>7202066550</v>
       </c>
       <c r="F669" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G669" s="2" t="s">
-        <v>2973</v>
+        <v>2995</v>
       </c>
       <c r="H669" s="2" t="s">
-        <v>2974</v>
+        <v>2996</v>
       </c>
       <c r="I669" s="2" t="s">
-        <v>2975</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="670" spans="1:9">
       <c r="A670" s="2">
         <v>669</v>
       </c>
       <c r="B670" s="2" t="s">
-        <v>2976</v>
+        <v>2998</v>
       </c>
       <c r="C670" s="2" t="s">
-        <v>2977</v>
+        <v>2999</v>
       </c>
       <c r="D670" s="2">
         <v>1720963</v>
       </c>
       <c r="E670" s="2">
         <v>7203527035</v>
       </c>
       <c r="F670" s="2" t="s">
-        <v>241</v>
+        <v>3000</v>
       </c>
       <c r="G670" s="2" t="s">
-        <v>2978</v>
+        <v>3001</v>
       </c>
       <c r="H670" s="2" t="s">
-        <v>2979</v>
+        <v>3002</v>
       </c>
       <c r="I670" s="2" t="s">
-        <v>2980</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="671" spans="1:9">
       <c r="A671" s="2">
         <v>670</v>
       </c>
       <c r="B671" s="2" t="s">
-        <v>2981</v>
+        <v>3004</v>
       </c>
       <c r="C671" s="2" t="s">
-        <v>2982</v>
+        <v>3005</v>
       </c>
       <c r="D671" s="2">
         <v>1721020</v>
       </c>
       <c r="E671" s="2">
         <v>7203498296</v>
       </c>
       <c r="F671" s="2" t="s">
-        <v>2983</v>
+        <v>3006</v>
       </c>
       <c r="G671" s="2" t="s">
-        <v>2984</v>
+        <v>3007</v>
       </c>
       <c r="H671" s="2" t="s">
-        <v>2985</v>
+        <v>3008</v>
       </c>
       <c r="I671" s="2" t="s">
-        <v>2986</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="672" spans="1:9">
       <c r="A672" s="2">
         <v>671</v>
       </c>
       <c r="B672" s="2" t="s">
-        <v>2987</v>
+        <v>3010</v>
       </c>
       <c r="C672" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D672" s="2">
         <v>1730372</v>
       </c>
       <c r="E672" s="2">
         <v>7325088025</v>
       </c>
       <c r="F672" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G672" s="2" t="s">
-        <v>2988</v>
+        <v>3011</v>
       </c>
       <c r="H672" s="2" t="s">
-        <v>2989</v>
+        <v>3012</v>
       </c>
       <c r="I672" s="2" t="s">
-        <v>2990</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="673" spans="1:9">
       <c r="A673" s="2">
         <v>672</v>
       </c>
       <c r="B673" s="2" t="s">
-        <v>2991</v>
+        <v>3014</v>
       </c>
       <c r="C673" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D673" s="2">
         <v>1730374</v>
       </c>
       <c r="E673" s="2">
         <v>7325092769</v>
       </c>
       <c r="F673" s="2" t="s">
-        <v>2992</v>
+        <v>3015</v>
       </c>
       <c r="G673" s="2" t="s">
-        <v>2993</v>
+        <v>3016</v>
       </c>
       <c r="H673" s="2" t="s">
-        <v>2994</v>
+        <v>3017</v>
       </c>
       <c r="I673" s="2" t="s">
-        <v>2995</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="674" spans="1:9">
       <c r="A674" s="2">
         <v>673</v>
       </c>
       <c r="B674" s="2" t="s">
-        <v>2996</v>
+        <v>3019</v>
       </c>
       <c r="C674" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D674" s="2">
         <v>1730375</v>
       </c>
       <c r="E674" s="2">
         <v>7325096925</v>
       </c>
       <c r="F674" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G674" s="2" t="s">
-        <v>2997</v>
+        <v>3020</v>
       </c>
       <c r="H674" s="2" t="s">
-        <v>2998</v>
+        <v>3021</v>
       </c>
       <c r="I674" s="2" t="s">
-        <v>2999</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="675" spans="1:9">
       <c r="A675" s="2">
         <v>674</v>
       </c>
       <c r="B675" s="2" t="s">
-        <v>3000</v>
+        <v>3023</v>
       </c>
       <c r="C675" s="2" t="s">
-        <v>975</v>
+        <v>985</v>
       </c>
       <c r="D675" s="2">
         <v>1730932</v>
       </c>
       <c r="E675" s="2">
         <v>7329027344</v>
       </c>
       <c r="F675" s="2" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="G675" s="2" t="s">
-        <v>3001</v>
+        <v>3024</v>
       </c>
       <c r="H675" s="2" t="s">
-        <v>3002</v>
+        <v>3025</v>
       </c>
       <c r="I675" s="2" t="s">
-        <v>3003</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="676" spans="1:9">
       <c r="A676" s="2">
         <v>675</v>
       </c>
       <c r="B676" s="2" t="s">
-        <v>3004</v>
+        <v>3027</v>
       </c>
       <c r="C676" s="2" t="s">
-        <v>975</v>
+        <v>985</v>
       </c>
       <c r="D676" s="2">
         <v>1730933</v>
       </c>
       <c r="E676" s="2">
         <v>7325081245</v>
       </c>
       <c r="F676" s="2" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="G676" s="2" t="s">
-        <v>3005</v>
+        <v>3028</v>
       </c>
       <c r="H676" s="2" t="s">
-        <v>3006</v>
+        <v>3029</v>
       </c>
       <c r="I676" s="2" t="s">
-        <v>3007</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="677" spans="1:9">
       <c r="A677" s="2">
         <v>676</v>
       </c>
       <c r="B677" s="2" t="s">
-        <v>3008</v>
+        <v>3031</v>
       </c>
       <c r="C677" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D677" s="2">
         <v>1740376</v>
       </c>
       <c r="E677" s="2">
         <v>7451241241</v>
       </c>
       <c r="F677" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G677" s="2" t="s">
-        <v>3009</v>
+        <v>3032</v>
       </c>
       <c r="H677" s="2" t="s">
-        <v>3010</v>
+        <v>3033</v>
       </c>
       <c r="I677" s="2" t="s">
-        <v>3011</v>
+        <v>3034</v>
       </c>
     </row>
     <row r="678" spans="1:9">
       <c r="A678" s="2">
         <v>677</v>
       </c>
       <c r="B678" s="2" t="s">
-        <v>3012</v>
+        <v>3035</v>
       </c>
       <c r="C678" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D678" s="2">
         <v>1740377</v>
       </c>
       <c r="E678" s="2">
         <v>7451281646</v>
       </c>
       <c r="F678" s="2" t="s">
-        <v>3013</v>
+        <v>3036</v>
       </c>
       <c r="G678" s="2" t="s">
-        <v>3014</v>
+        <v>3037</v>
       </c>
       <c r="H678" s="2" t="s">
-        <v>3015</v>
+        <v>3038</v>
       </c>
       <c r="I678" s="2" t="s">
-        <v>3016</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="679" spans="1:9">
       <c r="A679" s="2">
         <v>678</v>
       </c>
       <c r="B679" s="2" t="s">
-        <v>3017</v>
+        <v>3040</v>
       </c>
       <c r="C679" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D679" s="2">
         <v>1740379</v>
       </c>
       <c r="E679" s="2">
         <v>7453293069</v>
       </c>
       <c r="F679" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G679" s="2" t="s">
-        <v>3018</v>
+        <v>3041</v>
       </c>
       <c r="H679" s="2" t="s">
-        <v>3019</v>
+        <v>3042</v>
       </c>
       <c r="I679" s="2" t="s">
-        <v>3020</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="680" spans="1:9">
       <c r="A680" s="2">
         <v>679</v>
       </c>
       <c r="B680" s="2" t="s">
-        <v>3021</v>
+        <v>3044</v>
       </c>
       <c r="C680" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D680" s="2">
         <v>1740380</v>
       </c>
       <c r="E680" s="2">
         <v>7453313646</v>
       </c>
       <c r="F680" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G680" s="2" t="s">
-        <v>3022</v>
+        <v>3045</v>
       </c>
       <c r="H680" s="2" t="s">
-        <v>3023</v>
+        <v>3046</v>
       </c>
       <c r="I680" s="2" t="s">
-        <v>3024</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="681" spans="1:9">
       <c r="A681" s="2">
         <v>680</v>
       </c>
       <c r="B681" s="2" t="s">
-        <v>3025</v>
+        <v>3048</v>
       </c>
       <c r="C681" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D681" s="2">
         <v>1740383</v>
       </c>
       <c r="E681" s="2">
         <v>7417019864</v>
       </c>
       <c r="F681" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G681" s="2" t="s">
-        <v>3026</v>
+        <v>3049</v>
       </c>
       <c r="H681" s="2" t="s">
-        <v>3027</v>
+        <v>3050</v>
       </c>
       <c r="I681" s="2" t="s">
-        <v>3028</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="682" spans="1:9">
       <c r="A682" s="2">
         <v>681</v>
       </c>
       <c r="B682" s="2" t="s">
-        <v>3029</v>
+        <v>3052</v>
       </c>
       <c r="C682" s="2" t="s">
-        <v>3030</v>
+        <v>3053</v>
       </c>
       <c r="D682" s="2">
         <v>1740712</v>
       </c>
       <c r="E682" s="2">
         <v>7404070239</v>
       </c>
       <c r="F682" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G682" s="2" t="s">
-        <v>3031</v>
+        <v>3054</v>
       </c>
       <c r="H682" s="2" t="s">
-        <v>3032</v>
+        <v>3055</v>
       </c>
       <c r="I682" s="2" t="s">
-        <v>3033</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="683" spans="1:9">
       <c r="A683" s="2">
         <v>682</v>
       </c>
       <c r="B683" s="2" t="s">
-        <v>3034</v>
+        <v>3057</v>
       </c>
       <c r="C683" s="2" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="D683" s="2">
         <v>1741045</v>
       </c>
       <c r="E683" s="2">
         <v>7403005484</v>
       </c>
       <c r="F683" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G683" s="2" t="s">
-        <v>3035</v>
+        <v>3058</v>
       </c>
       <c r="H683" s="2" t="s">
-        <v>3036</v>
+        <v>3059</v>
       </c>
       <c r="I683" s="2" t="s">
-        <v>3037</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="684" spans="1:9">
       <c r="A684" s="2">
         <v>683</v>
       </c>
       <c r="B684" s="2" t="s">
-        <v>3038</v>
+        <v>3061</v>
       </c>
       <c r="C684" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D684" s="2">
         <v>1750381</v>
       </c>
       <c r="E684" s="2">
         <v>7536098520</v>
       </c>
       <c r="F684" s="2" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="G684" s="2" t="s">
-        <v>3039</v>
+        <v>3062</v>
       </c>
       <c r="H684" s="2" t="s">
-        <v>3040</v>
+        <v>3063</v>
       </c>
       <c r="I684" s="2" t="s">
-        <v>3041</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="685" spans="1:9">
       <c r="A685" s="2">
         <v>684</v>
       </c>
       <c r="B685" s="2" t="s">
-        <v>3042</v>
+        <v>3065</v>
       </c>
       <c r="C685" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D685" s="2">
         <v>1750382</v>
       </c>
       <c r="E685" s="2">
         <v>7536165141</v>
       </c>
       <c r="F685" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G685" s="2" t="s">
-        <v>3043</v>
+        <v>3066</v>
       </c>
       <c r="H685" s="2" t="s">
-        <v>3044</v>
+        <v>3067</v>
       </c>
       <c r="I685" s="2" t="s">
-        <v>3045</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="686" spans="1:9">
       <c r="A686" s="2">
         <v>685</v>
       </c>
       <c r="B686" s="2" t="s">
-        <v>3046</v>
+        <v>3069</v>
       </c>
       <c r="C686" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D686" s="2">
         <v>1750383</v>
       </c>
       <c r="E686" s="2">
         <v>8001017379</v>
       </c>
       <c r="F686" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G686" s="2" t="s">
-        <v>3047</v>
+        <v>3070</v>
       </c>
       <c r="H686" s="2" t="s">
-        <v>3048</v>
+        <v>3071</v>
       </c>
       <c r="I686" s="2" t="s">
-        <v>3049</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="687" spans="1:9">
       <c r="A687" s="2">
         <v>686</v>
       </c>
       <c r="B687" s="2" t="s">
-        <v>3050</v>
+        <v>3073</v>
       </c>
       <c r="C687" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D687" s="2">
         <v>1750384</v>
       </c>
       <c r="E687" s="2">
         <v>7536096145</v>
       </c>
       <c r="F687" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G687" s="2" t="s">
-        <v>3047</v>
+        <v>3070</v>
       </c>
       <c r="H687" s="2" t="s">
-        <v>3048</v>
+        <v>3071</v>
       </c>
       <c r="I687" s="2" t="s">
-        <v>3051</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="688" spans="1:9">
       <c r="A688" s="2">
         <v>687</v>
       </c>
       <c r="B688" s="2" t="s">
-        <v>3052</v>
+        <v>3075</v>
       </c>
       <c r="C688" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D688" s="2">
         <v>1750385</v>
       </c>
       <c r="E688" s="2">
         <v>8001004443</v>
       </c>
       <c r="F688" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G688" s="2" t="s">
-        <v>3047</v>
+        <v>3070</v>
       </c>
       <c r="H688" s="2" t="s">
-        <v>3048</v>
+        <v>3071</v>
       </c>
       <c r="I688" s="2" t="s">
-        <v>3053</v>
+        <v>3076</v>
       </c>
     </row>
     <row r="689" spans="1:9">
       <c r="A689" s="2">
         <v>688</v>
       </c>
       <c r="B689" s="2" t="s">
-        <v>3054</v>
+        <v>3077</v>
       </c>
       <c r="C689" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D689" s="2">
         <v>1750386</v>
       </c>
       <c r="E689" s="2">
         <v>8001012807</v>
       </c>
       <c r="F689" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G689" s="2" t="s">
-        <v>3055</v>
+        <v>3078</v>
       </c>
       <c r="H689" s="2" t="s">
-        <v>3056</v>
+        <v>3079</v>
       </c>
       <c r="I689" s="2" t="s">
-        <v>3057</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="690" spans="1:9">
       <c r="A690" s="2">
         <v>689</v>
       </c>
       <c r="B690" s="2" t="s">
-        <v>3058</v>
+        <v>3081</v>
       </c>
       <c r="C690" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D690" s="2">
         <v>1750387</v>
       </c>
       <c r="E690" s="2">
         <v>7530999013</v>
       </c>
       <c r="F690" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G690" s="2" t="s">
-        <v>3059</v>
+        <v>3082</v>
       </c>
       <c r="H690" s="2" t="s">
-        <v>3060</v>
+        <v>3083</v>
       </c>
       <c r="I690" s="2" t="s">
-        <v>3061</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="691" spans="1:9">
       <c r="A691" s="2">
         <v>690</v>
       </c>
       <c r="B691" s="2" t="s">
-        <v>3062</v>
+        <v>3085</v>
       </c>
       <c r="C691" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D691" s="2">
         <v>1750388</v>
       </c>
       <c r="E691" s="2">
         <v>7527999246</v>
       </c>
       <c r="F691" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G691" s="2" t="s">
-        <v>3063</v>
+        <v>3086</v>
       </c>
       <c r="H691" s="2" t="s">
-        <v>3064</v>
+        <v>3087</v>
       </c>
       <c r="I691" s="2" t="s">
-        <v>3065</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="692" spans="1:9">
       <c r="A692" s="2">
         <v>691</v>
       </c>
       <c r="B692" s="2" t="s">
-        <v>3066</v>
+        <v>3089</v>
       </c>
       <c r="C692" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D692" s="2">
         <v>1750389</v>
       </c>
       <c r="E692" s="2">
         <v>7527999214</v>
       </c>
       <c r="F692" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G692" s="2" t="s">
-        <v>3067</v>
+        <v>3090</v>
       </c>
       <c r="H692" s="2" t="s">
-        <v>3068</v>
+        <v>3091</v>
       </c>
       <c r="I692" s="2" t="s">
-        <v>3069</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="693" spans="1:9">
       <c r="A693" s="2">
         <v>692</v>
       </c>
       <c r="B693" s="2" t="s">
-        <v>3070</v>
+        <v>3093</v>
       </c>
       <c r="C693" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D693" s="2">
         <v>1750390</v>
       </c>
       <c r="E693" s="2">
         <v>8001008952</v>
       </c>
       <c r="F693" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G693" s="2" t="s">
-        <v>3047</v>
+        <v>3070</v>
       </c>
       <c r="H693" s="2" t="s">
-        <v>3048</v>
+        <v>3071</v>
       </c>
       <c r="I693" s="2" t="s">
-        <v>3053</v>
+        <v>3076</v>
       </c>
     </row>
     <row r="694" spans="1:9">
       <c r="A694" s="2">
         <v>693</v>
       </c>
       <c r="B694" s="2" t="s">
-        <v>3071</v>
+        <v>3094</v>
       </c>
       <c r="C694" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D694" s="2">
         <v>1760391</v>
       </c>
       <c r="E694" s="2">
         <v>7604192192</v>
       </c>
       <c r="F694" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G694" s="2" t="s">
-        <v>3072</v>
+        <v>3095</v>
       </c>
       <c r="H694" s="2" t="s">
-        <v>3073</v>
+        <v>3096</v>
       </c>
       <c r="I694" s="2" t="s">
-        <v>3074</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="695" spans="1:9">
       <c r="A695" s="2">
         <v>694</v>
       </c>
       <c r="B695" s="2" t="s">
-        <v>3075</v>
+        <v>3098</v>
       </c>
       <c r="C695" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D695" s="2">
         <v>1760392</v>
       </c>
       <c r="E695" s="2">
         <v>7606112227</v>
       </c>
       <c r="F695" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G695" s="2" t="s">
-        <v>3076</v>
+        <v>3099</v>
       </c>
       <c r="H695" s="2" t="s">
-        <v>3077</v>
+        <v>3100</v>
       </c>
       <c r="I695" s="2" t="s">
-        <v>3078</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="696" spans="1:9">
       <c r="A696" s="2">
         <v>695</v>
       </c>
       <c r="B696" s="2" t="s">
-        <v>3079</v>
+        <v>3102</v>
       </c>
       <c r="C696" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D696" s="2">
         <v>1760393</v>
       </c>
       <c r="E696" s="2">
         <v>7606078449</v>
       </c>
       <c r="F696" s="2" t="s">
-        <v>3080</v>
+        <v>3103</v>
       </c>
       <c r="G696" s="2" t="s">
-        <v>3081</v>
+        <v>3104</v>
       </c>
       <c r="H696" s="2" t="s">
-        <v>3082</v>
+        <v>3105</v>
       </c>
       <c r="I696" s="2" t="s">
-        <v>3083</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="697" spans="1:9">
       <c r="A697" s="2">
         <v>696</v>
       </c>
       <c r="B697" s="2" t="s">
-        <v>3084</v>
+        <v>3107</v>
       </c>
       <c r="C697" s="2" t="s">
-        <v>1168</v>
+        <v>1178</v>
       </c>
       <c r="D697" s="2">
         <v>1760764</v>
       </c>
       <c r="E697" s="2">
         <v>7606117095</v>
       </c>
       <c r="F697" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G697" s="2" t="s">
-        <v>3085</v>
+        <v>3108</v>
       </c>
       <c r="H697" s="2" t="s">
-        <v>3086</v>
+        <v>3109</v>
       </c>
       <c r="I697" s="2" t="s">
-        <v>3087</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="698" spans="1:9">
       <c r="A698" s="2">
         <v>697</v>
       </c>
       <c r="B698" s="2" t="s">
-        <v>3088</v>
+        <v>3111</v>
       </c>
       <c r="C698" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D698" s="2">
         <v>1770395</v>
       </c>
       <c r="E698" s="2">
         <v>7709664188</v>
       </c>
       <c r="F698" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G698" s="2" t="s">
-        <v>3089</v>
+        <v>3112</v>
       </c>
       <c r="H698" s="2" t="s">
-        <v>3090</v>
+        <v>3113</v>
       </c>
       <c r="I698" s="2" t="s">
-        <v>3091</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="699" spans="1:9">
       <c r="A699" s="2">
         <v>698</v>
       </c>
       <c r="B699" s="2" t="s">
-        <v>3092</v>
+        <v>3115</v>
       </c>
       <c r="C699" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D699" s="2">
         <v>1770396</v>
       </c>
       <c r="E699" s="2">
         <v>7710480308</v>
       </c>
       <c r="F699" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G699" s="2" t="s">
-        <v>3093</v>
+        <v>3116</v>
       </c>
       <c r="H699" s="2" t="s">
-        <v>3094</v>
+        <v>3117</v>
       </c>
       <c r="I699" s="2" t="s">
-        <v>3095</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="700" spans="1:9">
       <c r="A700" s="2">
         <v>699</v>
       </c>
       <c r="B700" s="2" t="s">
-        <v>3096</v>
+        <v>3119</v>
       </c>
       <c r="C700" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D700" s="2">
         <v>1770397</v>
       </c>
       <c r="E700" s="2">
         <v>7703766666</v>
       </c>
       <c r="F700" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G700" s="2" t="s">
-        <v>3097</v>
+        <v>3120</v>
       </c>
       <c r="H700" s="2" t="s">
-        <v>3098</v>
+        <v>3121</v>
       </c>
       <c r="I700" s="2" t="s">
-        <v>3099</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="701" spans="1:9">
       <c r="A701" s="2">
         <v>700</v>
       </c>
       <c r="B701" s="2" t="s">
-        <v>3100</v>
+        <v>3123</v>
       </c>
       <c r="C701" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D701" s="2">
         <v>1770398</v>
       </c>
       <c r="E701" s="2">
         <v>7715585216</v>
       </c>
       <c r="F701" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G701" s="2" t="s">
-        <v>3101</v>
+        <v>3124</v>
       </c>
       <c r="H701" s="2" t="s">
-        <v>3102</v>
+        <v>3125</v>
       </c>
       <c r="I701" s="2" t="s">
-        <v>3103</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="702" spans="1:9">
       <c r="A702" s="2">
         <v>701</v>
       </c>
       <c r="B702" s="2" t="s">
-        <v>3104</v>
+        <v>3127</v>
       </c>
       <c r="C702" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D702" s="2">
         <v>1770399</v>
       </c>
       <c r="E702" s="2">
         <v>7735143008</v>
       </c>
       <c r="F702" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G702" s="2" t="s">
-        <v>3105</v>
+        <v>3128</v>
       </c>
       <c r="H702" s="2" t="s">
-        <v>3106</v>
+        <v>3129</v>
       </c>
       <c r="I702" s="2" t="s">
-        <v>3107</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="703" spans="1:9">
       <c r="A703" s="2">
         <v>702</v>
       </c>
       <c r="B703" s="2" t="s">
-        <v>3108</v>
+        <v>3131</v>
       </c>
       <c r="C703" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D703" s="2">
         <v>1770400</v>
       </c>
       <c r="E703" s="2">
         <v>7728656665</v>
       </c>
       <c r="F703" s="2" t="s">
-        <v>344</v>
+        <v>451</v>
       </c>
       <c r="G703" s="2" t="s">
-        <v>3109</v>
+        <v>3132</v>
       </c>
       <c r="H703" s="2" t="s">
-        <v>3110</v>
+        <v>3133</v>
       </c>
       <c r="I703" s="2" t="s">
-        <v>3111</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="704" spans="1:9">
       <c r="A704" s="2">
         <v>703</v>
       </c>
       <c r="B704" s="2" t="s">
-        <v>3112</v>
+        <v>3135</v>
       </c>
       <c r="C704" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D704" s="2">
         <v>1770402</v>
       </c>
       <c r="E704" s="2">
         <v>7726480141</v>
       </c>
       <c r="F704" s="2" t="s">
-        <v>344</v>
+        <v>451</v>
       </c>
       <c r="G704" s="2" t="s">
-        <v>3113</v>
+        <v>3136</v>
       </c>
       <c r="H704" s="2" t="s">
-        <v>3114</v>
+        <v>3137</v>
       </c>
       <c r="I704" s="2" t="s">
-        <v>3115</v>
+        <v>3138</v>
       </c>
     </row>
     <row r="705" spans="1:9">
       <c r="A705" s="2">
         <v>704</v>
       </c>
       <c r="B705" s="2" t="s">
-        <v>3116</v>
+        <v>3139</v>
       </c>
       <c r="C705" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D705" s="2">
         <v>1770403</v>
       </c>
       <c r="E705" s="2">
         <v>9724090767</v>
       </c>
       <c r="F705" s="2" t="s">
-        <v>344</v>
+        <v>451</v>
       </c>
       <c r="G705" s="2" t="s">
-        <v>3117</v>
+        <v>3140</v>
       </c>
       <c r="H705" s="2" t="s">
-        <v>3118</v>
+        <v>3141</v>
       </c>
       <c r="I705" s="2" t="s">
-        <v>3119</v>
+        <v>3142</v>
       </c>
     </row>
     <row r="706" spans="1:9">
       <c r="A706" s="2">
         <v>705</v>
       </c>
       <c r="B706" s="2" t="s">
-        <v>3120</v>
+        <v>3143</v>
       </c>
       <c r="C706" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D706" s="2">
         <v>1770404</v>
       </c>
       <c r="E706" s="2">
         <v>5047156860</v>
       </c>
       <c r="F706" s="2" t="s">
-        <v>344</v>
+        <v>451</v>
       </c>
       <c r="G706" s="2" t="s">
-        <v>3121</v>
+        <v>3144</v>
       </c>
       <c r="H706" s="2" t="s">
-        <v>3122</v>
+        <v>3145</v>
       </c>
       <c r="I706" s="2" t="s">
-        <v>3123</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="707" spans="1:9">
       <c r="A707" s="2">
         <v>706</v>
       </c>
       <c r="B707" s="2" t="s">
-        <v>3124</v>
+        <v>3147</v>
       </c>
       <c r="C707" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D707" s="2">
         <v>1770405</v>
       </c>
       <c r="E707" s="2">
         <v>7717042053</v>
       </c>
       <c r="F707" s="2" t="s">
-        <v>344</v>
+        <v>451</v>
       </c>
       <c r="G707" s="2" t="s">
-        <v>3125</v>
+        <v>3148</v>
       </c>
       <c r="H707" s="2" t="s">
-        <v>3126</v>
+        <v>3149</v>
       </c>
       <c r="I707" s="2" t="s">
-        <v>3127</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="708" spans="1:9">
       <c r="A708" s="2">
         <v>707</v>
       </c>
       <c r="B708" s="2" t="s">
-        <v>3128</v>
+        <v>3151</v>
       </c>
       <c r="C708" s="2" t="s">
-        <v>3129</v>
+        <v>3152</v>
       </c>
       <c r="D708" s="2">
         <v>1770796</v>
       </c>
       <c r="E708" s="2">
         <v>7710012211</v>
       </c>
       <c r="F708" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G708" s="2" t="s">
-        <v>3130</v>
+        <v>3153</v>
       </c>
       <c r="H708" s="2" t="s">
-        <v>3131</v>
+        <v>3154</v>
       </c>
       <c r="I708" s="2" t="s">
-        <v>3132</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="709" spans="1:9">
       <c r="A709" s="2">
         <v>708</v>
       </c>
       <c r="B709" s="2" t="s">
-        <v>3133</v>
+        <v>3156</v>
       </c>
       <c r="C709" s="2" t="s">
-        <v>3129</v>
+        <v>3152</v>
       </c>
       <c r="D709" s="2">
         <v>1770797</v>
       </c>
       <c r="E709" s="2">
         <v>7710364647</v>
       </c>
       <c r="F709" s="2" t="s">
-        <v>2011</v>
+        <v>2029</v>
       </c>
       <c r="G709" s="2" t="s">
-        <v>3134</v>
+        <v>3157</v>
       </c>
       <c r="H709" s="2" t="s">
-        <v>3135</v>
+        <v>3158</v>
       </c>
       <c r="I709" s="2" t="s">
-        <v>3136</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="710" spans="1:9">
       <c r="A710" s="2">
         <v>709</v>
       </c>
       <c r="B710" s="2" t="s">
-        <v>3137</v>
+        <v>3160</v>
       </c>
       <c r="C710" s="2" t="s">
-        <v>3129</v>
+        <v>3152</v>
       </c>
       <c r="D710" s="2">
         <v>1770798</v>
       </c>
       <c r="E710" s="2">
         <v>7703770430</v>
       </c>
       <c r="F710" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G710" s="2" t="s">
-        <v>3138</v>
+        <v>3161</v>
       </c>
       <c r="H710" s="2" t="s">
-        <v>3139</v>
+        <v>3162</v>
       </c>
       <c r="I710" s="2" t="s">
-        <v>3140</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="711" spans="1:9">
       <c r="A711" s="2">
         <v>710</v>
       </c>
       <c r="B711" s="2" t="s">
-        <v>3141</v>
+        <v>3164</v>
       </c>
       <c r="C711" s="2" t="s">
-        <v>3142</v>
+        <v>3165</v>
       </c>
       <c r="D711" s="2">
         <v>1770914</v>
       </c>
       <c r="E711" s="2">
         <v>7704443643</v>
       </c>
       <c r="F711" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G711" s="2" t="s">
-        <v>3143</v>
+        <v>3166</v>
       </c>
       <c r="H711" s="2" t="s">
-        <v>3144</v>
+        <v>3167</v>
       </c>
       <c r="I711" s="2" t="s">
-        <v>3145</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="712" spans="1:9">
       <c r="A712" s="2">
         <v>711</v>
       </c>
       <c r="B712" s="2" t="s">
-        <v>3146</v>
+        <v>3169</v>
       </c>
       <c r="C712" s="2" t="s">
-        <v>3147</v>
+        <v>3170</v>
       </c>
       <c r="D712" s="2">
         <v>1770915</v>
       </c>
       <c r="E712" s="2">
         <v>9710075695</v>
       </c>
       <c r="F712" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G712" s="2" t="s">
-        <v>3148</v>
+        <v>3171</v>
       </c>
       <c r="H712" s="2" t="s">
-        <v>3149</v>
+        <v>3172</v>
       </c>
       <c r="I712" s="2" t="s">
-        <v>3150</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="713" spans="1:9">
       <c r="A713" s="2">
         <v>712</v>
       </c>
       <c r="B713" s="2" t="s">
-        <v>3151</v>
+        <v>3174</v>
       </c>
       <c r="C713" s="2" t="s">
-        <v>3152</v>
+        <v>3175</v>
       </c>
       <c r="D713" s="2">
         <v>1770953</v>
       </c>
       <c r="E713" s="2">
         <v>7735192037</v>
       </c>
       <c r="F713" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G713" s="2" t="s">
-        <v>3153</v>
+        <v>3176</v>
       </c>
       <c r="H713" s="2" t="s">
-        <v>3154</v>
+        <v>3177</v>
       </c>
       <c r="I713" s="2" t="s">
-        <v>3155</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="714" spans="1:9">
       <c r="A714" s="2">
         <v>713</v>
       </c>
       <c r="B714" s="2" t="s">
-        <v>3156</v>
+        <v>3179</v>
       </c>
       <c r="C714" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D714" s="2">
         <v>1780397</v>
       </c>
       <c r="E714" s="2">
         <v>7838029258</v>
       </c>
       <c r="F714" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G714" s="2" t="s">
-        <v>3157</v>
+        <v>3180</v>
       </c>
       <c r="H714" s="2" t="s">
-        <v>3158</v>
+        <v>3181</v>
       </c>
       <c r="I714" s="2" t="s">
-        <v>3159</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="715" spans="1:9">
       <c r="A715" s="2">
         <v>714</v>
       </c>
       <c r="B715" s="2" t="s">
-        <v>3160</v>
+        <v>3183</v>
       </c>
       <c r="C715" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D715" s="2">
         <v>1780401</v>
       </c>
       <c r="E715" s="2">
         <v>7811378050</v>
       </c>
       <c r="F715" s="2" t="s">
-        <v>3161</v>
+        <v>3184</v>
       </c>
       <c r="G715" s="2" t="s">
-        <v>3162</v>
+        <v>3185</v>
       </c>
       <c r="H715" s="2" t="s">
-        <v>3163</v>
+        <v>3186</v>
       </c>
       <c r="I715" s="2" t="s">
-        <v>3164</v>
+        <v>3187</v>
       </c>
     </row>
     <row r="716" spans="1:9">
       <c r="A716" s="2">
         <v>715</v>
       </c>
       <c r="B716" s="2" t="s">
-        <v>3165</v>
+        <v>3188</v>
       </c>
       <c r="C716" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D716" s="2">
         <v>1780402</v>
       </c>
       <c r="E716" s="2">
         <v>7838454260</v>
       </c>
       <c r="F716" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G716" s="2" t="s">
-        <v>3166</v>
+        <v>3189</v>
       </c>
       <c r="H716" s="2" t="s">
-        <v>3167</v>
+        <v>3190</v>
       </c>
       <c r="I716" s="2" t="s">
-        <v>3168</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="717" spans="1:9">
       <c r="A717" s="2">
         <v>716</v>
       </c>
       <c r="B717" s="2" t="s">
-        <v>3169</v>
+        <v>3192</v>
       </c>
       <c r="C717" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D717" s="2">
         <v>1780403</v>
       </c>
       <c r="E717" s="2">
         <v>7811223561</v>
       </c>
       <c r="F717" s="2" t="s">
-        <v>3170</v>
+        <v>3193</v>
       </c>
       <c r="G717" s="2" t="s">
-        <v>3171</v>
+        <v>3194</v>
       </c>
       <c r="H717" s="2" t="s">
-        <v>3172</v>
+        <v>3195</v>
       </c>
       <c r="I717" s="2" t="s">
-        <v>3173</v>
+        <v>3196</v>
       </c>
     </row>
     <row r="718" spans="1:9">
       <c r="A718" s="2">
         <v>717</v>
       </c>
       <c r="B718" s="2" t="s">
-        <v>3174</v>
+        <v>3197</v>
       </c>
       <c r="C718" s="2" t="s">
-        <v>3175</v>
+        <v>3198</v>
       </c>
       <c r="D718" s="2">
         <v>1780767</v>
       </c>
       <c r="E718" s="2">
         <v>7813641772</v>
       </c>
       <c r="F718" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G718" s="2" t="s">
-        <v>3176</v>
+        <v>3199</v>
       </c>
       <c r="H718" s="2" t="s">
-        <v>3177</v>
+        <v>3200</v>
       </c>
       <c r="I718" s="2" t="s">
-        <v>3178</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="719" spans="1:9">
       <c r="A719" s="2">
         <v>718</v>
       </c>
       <c r="B719" s="2" t="s">
-        <v>3179</v>
+        <v>3202</v>
       </c>
       <c r="C719" s="2" t="s">
-        <v>1075</v>
+        <v>1085</v>
       </c>
       <c r="D719" s="2">
         <v>1780845</v>
       </c>
       <c r="E719" s="2">
         <v>7813046124</v>
       </c>
       <c r="F719" s="2" t="s">
-        <v>1567</v>
+        <v>1578</v>
       </c>
       <c r="G719" s="2" t="s">
-        <v>3180</v>
+        <v>3203</v>
       </c>
       <c r="H719" s="2" t="s">
-        <v>3181</v>
+        <v>3204</v>
       </c>
       <c r="I719" s="2" t="s">
-        <v>3182</v>
+        <v>3205</v>
       </c>
     </row>
     <row r="720" spans="1:9">
       <c r="A720" s="2">
         <v>719</v>
       </c>
       <c r="B720" s="2" t="s">
-        <v>3183</v>
+        <v>3206</v>
       </c>
       <c r="C720" s="2" t="s">
-        <v>1075</v>
+        <v>1085</v>
       </c>
       <c r="D720" s="2">
         <v>1780846</v>
       </c>
       <c r="E720" s="2">
         <v>7838332649</v>
       </c>
       <c r="F720" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G720" s="2" t="s">
-        <v>3184</v>
+        <v>3207</v>
       </c>
       <c r="H720" s="2" t="s">
-        <v>3185</v>
+        <v>3208</v>
       </c>
       <c r="I720" s="2" t="s">
-        <v>3186</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="721" spans="1:9">
       <c r="A721" s="2">
         <v>720</v>
       </c>
       <c r="B721" s="2" t="s">
-        <v>3187</v>
+        <v>3210</v>
       </c>
       <c r="C721" s="2" t="s">
-        <v>3188</v>
+        <v>3211</v>
       </c>
       <c r="D721" s="2">
         <v>1780899</v>
       </c>
       <c r="E721" s="2">
         <v>7838028737</v>
       </c>
       <c r="F721" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G721" s="2" t="s">
-        <v>3189</v>
+        <v>3212</v>
       </c>
       <c r="H721" s="2" t="s">
-        <v>3158</v>
+        <v>3181</v>
       </c>
       <c r="I721" s="2" t="s">
-        <v>3190</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="722" spans="1:9">
       <c r="A722" s="2">
         <v>721</v>
       </c>
       <c r="B722" s="2" t="s">
-        <v>3191</v>
+        <v>3214</v>
       </c>
       <c r="C722" s="2" t="s">
-        <v>3192</v>
+        <v>3215</v>
       </c>
       <c r="D722" s="2">
         <v>1790710</v>
       </c>
       <c r="E722" s="2">
         <v>7901549310</v>
       </c>
       <c r="F722" s="2" t="s">
-        <v>3193</v>
+        <v>3216</v>
       </c>
       <c r="G722" s="2" t="s">
-        <v>3194</v>
+        <v>3217</v>
       </c>
       <c r="H722" s="2" t="s">
-        <v>3195</v>
+        <v>3218</v>
       </c>
       <c r="I722" s="2" t="s">
-        <v>3196</v>
+        <v>3219</v>
       </c>
     </row>
     <row r="723" spans="1:9">
       <c r="A723" s="2">
         <v>722</v>
       </c>
       <c r="B723" s="2" t="s">
-        <v>3197</v>
+        <v>3220</v>
       </c>
       <c r="C723" s="2" t="s">
-        <v>3198</v>
+        <v>3221</v>
       </c>
       <c r="D723" s="2">
         <v>1790838</v>
       </c>
       <c r="E723" s="2">
         <v>7901550330</v>
       </c>
       <c r="F723" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G723" s="2" t="s">
-        <v>3194</v>
+        <v>3217</v>
       </c>
       <c r="H723" s="2" t="s">
-        <v>3195</v>
+        <v>3218</v>
       </c>
       <c r="I723" s="2" t="s">
-        <v>3199</v>
+        <v>3222</v>
       </c>
     </row>
     <row r="724" spans="1:9">
       <c r="A724" s="2">
         <v>723</v>
       </c>
       <c r="B724" s="2" t="s">
-        <v>3200</v>
+        <v>3223</v>
       </c>
       <c r="C724" s="2" t="s">
-        <v>3201</v>
+        <v>3224</v>
       </c>
       <c r="D724" s="2">
         <v>1790884</v>
       </c>
       <c r="E724" s="2">
         <v>7901006353</v>
       </c>
       <c r="F724" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G724" s="2" t="s">
-        <v>3203</v>
+        <v>3226</v>
       </c>
       <c r="H724" s="2" t="s">
-        <v>3204</v>
+        <v>3227</v>
       </c>
       <c r="I724" s="2" t="s">
-        <v>3205</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="725" spans="1:9">
       <c r="A725" s="2">
         <v>724</v>
       </c>
       <c r="B725" s="2" t="s">
-        <v>3206</v>
+        <v>3229</v>
       </c>
       <c r="C725" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D725" s="2">
         <v>1830402</v>
       </c>
       <c r="E725" s="2">
         <v>2983997375</v>
       </c>
       <c r="F725" s="2" t="s">
-        <v>3207</v>
+        <v>3230</v>
       </c>
       <c r="G725" s="2" t="s">
-        <v>3208</v>
+        <v>3231</v>
       </c>
       <c r="H725" s="2" t="s">
-        <v>3209</v>
+        <v>3232</v>
       </c>
       <c r="I725" s="2" t="s">
-        <v>3210</v>
+        <v>3233</v>
       </c>
     </row>
     <row r="726" spans="1:9">
       <c r="A726" s="2">
         <v>725</v>
       </c>
       <c r="B726" s="2" t="s">
-        <v>3211</v>
+        <v>3234</v>
       </c>
       <c r="C726" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D726" s="2">
         <v>1830403</v>
       </c>
       <c r="E726" s="2">
         <v>2983010493</v>
       </c>
       <c r="F726" s="2" t="s">
-        <v>3212</v>
+        <v>3235</v>
       </c>
       <c r="G726" s="2" t="s">
-        <v>3213</v>
+        <v>3236</v>
       </c>
       <c r="H726" s="2" t="s">
-        <v>3209</v>
+        <v>3232</v>
       </c>
       <c r="I726" s="2" t="s">
-        <v>3214</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="727" spans="1:9">
       <c r="A727" s="2">
         <v>726</v>
       </c>
       <c r="B727" s="2" t="s">
-        <v>3215</v>
+        <v>3238</v>
       </c>
       <c r="C727" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D727" s="2">
         <v>1860216</v>
       </c>
       <c r="E727" s="2">
         <v>8601042850</v>
       </c>
       <c r="F727" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G727" s="2" t="s">
-        <v>3216</v>
+        <v>3239</v>
       </c>
       <c r="H727" s="2" t="s">
-        <v>3217</v>
+        <v>3240</v>
       </c>
       <c r="I727" s="2" t="s">
-        <v>3218</v>
+        <v>3241</v>
       </c>
     </row>
     <row r="728" spans="1:9">
       <c r="A728" s="2">
         <v>727</v>
       </c>
       <c r="B728" s="2" t="s">
-        <v>3219</v>
+        <v>3242</v>
       </c>
       <c r="C728" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D728" s="2">
         <v>1860217</v>
       </c>
       <c r="E728" s="2">
         <v>8601999102</v>
       </c>
       <c r="F728" s="2" t="s">
-        <v>3220</v>
+        <v>3243</v>
       </c>
       <c r="G728" s="2" t="s">
-        <v>3221</v>
+        <v>3244</v>
       </c>
       <c r="H728" s="2" t="s">
-        <v>3222</v>
+        <v>3245</v>
       </c>
       <c r="I728" s="2" t="s">
-        <v>3223</v>
+        <v>3246</v>
       </c>
     </row>
     <row r="729" spans="1:9">
       <c r="A729" s="2">
         <v>728</v>
       </c>
       <c r="B729" s="2" t="s">
-        <v>3224</v>
+        <v>3247</v>
       </c>
       <c r="C729" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D729" s="2">
         <v>1860218</v>
       </c>
       <c r="E729" s="2">
         <v>8601009740</v>
       </c>
       <c r="F729" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G729" s="2" t="s">
-        <v>3221</v>
+        <v>3244</v>
       </c>
       <c r="H729" s="2" t="s">
-        <v>3225</v>
+        <v>3248</v>
       </c>
       <c r="I729" s="2" t="s">
-        <v>3226</v>
+        <v>3249</v>
       </c>
     </row>
     <row r="730" spans="1:9">
       <c r="A730" s="2">
         <v>729</v>
       </c>
       <c r="B730" s="2" t="s">
-        <v>3227</v>
+        <v>3250</v>
       </c>
       <c r="C730" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D730" s="2">
         <v>1860219</v>
       </c>
       <c r="E730" s="2">
         <v>8601037144</v>
       </c>
       <c r="F730" s="2" t="s">
-        <v>3228</v>
+        <v>3251</v>
       </c>
       <c r="G730" s="2" t="s">
-        <v>3229</v>
+        <v>3252</v>
       </c>
       <c r="H730" s="2" t="s">
-        <v>3230</v>
+        <v>3253</v>
       </c>
       <c r="I730" s="2" t="s">
-        <v>3231</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="731" spans="1:9">
       <c r="A731" s="2">
         <v>730</v>
       </c>
       <c r="B731" s="2" t="s">
-        <v>3232</v>
+        <v>3255</v>
       </c>
       <c r="C731" s="2" t="s">
-        <v>3233</v>
+        <v>3256</v>
       </c>
       <c r="D731" s="2">
         <v>1860900</v>
       </c>
       <c r="E731" s="2">
         <v>8602277460</v>
       </c>
       <c r="F731" s="2" t="s">
-        <v>2507</v>
+        <v>2527</v>
       </c>
       <c r="G731" s="2" t="s">
-        <v>3234</v>
+        <v>3257</v>
       </c>
       <c r="H731" s="2" t="s">
-        <v>3235</v>
+        <v>3258</v>
       </c>
       <c r="I731" s="2" t="s">
-        <v>3236</v>
+        <v>3259</v>
       </c>
     </row>
     <row r="732" spans="1:9">
       <c r="A732" s="2">
         <v>731</v>
       </c>
       <c r="B732" s="2" t="s">
-        <v>3237</v>
+        <v>3260</v>
       </c>
       <c r="C732" s="2" t="s">
-        <v>711</v>
+        <v>717</v>
       </c>
       <c r="D732" s="2">
         <v>1860910</v>
       </c>
       <c r="E732" s="2">
         <v>8601037105</v>
       </c>
       <c r="F732" s="2" t="s">
-        <v>3238</v>
+        <v>3261</v>
       </c>
       <c r="G732" s="2" t="s">
-        <v>3239</v>
+        <v>3262</v>
       </c>
       <c r="H732" s="2" t="s">
-        <v>3240</v>
+        <v>3263</v>
       </c>
       <c r="I732" s="2" t="s">
-        <v>3241</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="733" spans="1:9">
       <c r="A733" s="2">
         <v>732</v>
       </c>
       <c r="B733" s="2" t="s">
-        <v>3242</v>
+        <v>3265</v>
       </c>
       <c r="C733" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D733" s="2">
         <v>1870404</v>
       </c>
       <c r="E733" s="2">
         <v>8709013734</v>
       </c>
       <c r="F733" s="2" t="s">
-        <v>3243</v>
+        <v>3266</v>
       </c>
       <c r="G733" s="2" t="s">
-        <v>3244</v>
+        <v>3267</v>
       </c>
       <c r="H733" s="2" t="s">
-        <v>3245</v>
+        <v>3268</v>
       </c>
       <c r="I733" s="2" t="s">
-        <v>3246</v>
+        <v>3269</v>
       </c>
     </row>
     <row r="734" spans="1:9">
       <c r="A734" s="2">
         <v>733</v>
       </c>
       <c r="B734" s="2" t="s">
-        <v>3247</v>
+        <v>3270</v>
       </c>
       <c r="C734" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D734" s="2">
         <v>1870405</v>
       </c>
       <c r="E734" s="2">
         <v>8709907361</v>
       </c>
       <c r="F734" s="2" t="s">
-        <v>154</v>
+        <v>575</v>
       </c>
       <c r="G734" s="2" t="s">
-        <v>3248</v>
+        <v>3271</v>
       </c>
       <c r="H734" s="2" t="s">
-        <v>3249</v>
+        <v>3272</v>
       </c>
       <c r="I734" s="2" t="s">
-        <v>3250</v>
+        <v>3273</v>
       </c>
     </row>
     <row r="735" spans="1:9">
       <c r="A735" s="2">
         <v>734</v>
       </c>
       <c r="B735" s="2" t="s">
-        <v>3251</v>
+        <v>3274</v>
       </c>
       <c r="C735" s="2" t="s">
-        <v>3175</v>
+        <v>3198</v>
       </c>
       <c r="D735" s="2">
         <v>1870768</v>
       </c>
       <c r="E735" s="2">
         <v>8709908439</v>
       </c>
       <c r="F735" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G735" s="2" t="s">
-        <v>3252</v>
+        <v>3275</v>
       </c>
       <c r="H735" s="2" t="s">
-        <v>3253</v>
+        <v>3276</v>
       </c>
       <c r="I735" s="2" t="s">
-        <v>3254</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="736" spans="1:9">
       <c r="A736" s="2">
         <v>735</v>
       </c>
       <c r="B736" s="2" t="s">
-        <v>3255</v>
+        <v>3278</v>
       </c>
       <c r="C736" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D736" s="2">
         <v>1890405</v>
       </c>
       <c r="E736" s="2">
         <v>8901023576</v>
       </c>
       <c r="F736" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G736" s="2" t="s">
-        <v>3256</v>
+        <v>3279</v>
       </c>
       <c r="H736" s="2" t="s">
-        <v>3257</v>
+        <v>3280</v>
       </c>
       <c r="I736" s="2" t="s">
-        <v>3258</v>
+        <v>3281</v>
       </c>
     </row>
     <row r="737" spans="1:9">
       <c r="A737" s="2">
         <v>736</v>
       </c>
       <c r="B737" s="2" t="s">
-        <v>3259</v>
+        <v>3282</v>
       </c>
       <c r="C737" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D737" s="2">
         <v>1890406</v>
       </c>
       <c r="E737" s="2">
         <v>8901023569</v>
       </c>
       <c r="F737" s="2" t="s">
-        <v>3260</v>
+        <v>3283</v>
       </c>
       <c r="G737" s="2" t="s">
-        <v>3261</v>
+        <v>3284</v>
       </c>
       <c r="H737" s="2" t="s">
-        <v>3257</v>
+        <v>3280</v>
       </c>
       <c r="I737" s="2" t="s">
-        <v>3258</v>
+        <v>3281</v>
       </c>
     </row>
     <row r="738" spans="1:9">
       <c r="A738" s="2">
         <v>737</v>
       </c>
       <c r="B738" s="2" t="s">
-        <v>3262</v>
+        <v>3285</v>
       </c>
       <c r="C738" s="2" t="s">
-        <v>3263</v>
+        <v>3286</v>
       </c>
       <c r="D738" s="2">
         <v>1890407</v>
       </c>
       <c r="E738" s="2">
         <v>8903029615</v>
       </c>
       <c r="F738" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G738" s="2" t="s">
-        <v>3264</v>
+        <v>3287</v>
       </c>
       <c r="H738" s="2" t="s">
-        <v>3265</v>
+        <v>3288</v>
       </c>
       <c r="I738" s="2" t="s">
-        <v>3266</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="739" spans="1:9">
       <c r="A739" s="2">
         <v>738</v>
       </c>
       <c r="B739" s="2" t="s">
-        <v>3267</v>
+        <v>3290</v>
       </c>
       <c r="C739" s="2" t="s">
-        <v>3263</v>
+        <v>3286</v>
       </c>
       <c r="D739" s="2">
         <v>1890408</v>
       </c>
       <c r="E739" s="2">
         <v>8905050926</v>
       </c>
       <c r="F739" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G739" s="2" t="s">
-        <v>3268</v>
+        <v>3291</v>
       </c>
       <c r="H739" s="2" t="s">
-        <v>3269</v>
+        <v>3292</v>
       </c>
       <c r="I739" s="2" t="s">
-        <v>3270</v>
+        <v>3293</v>
       </c>
     </row>
     <row r="740" spans="1:9">
       <c r="A740" s="2">
         <v>739</v>
       </c>
       <c r="B740" s="2" t="s">
-        <v>3271</v>
+        <v>3294</v>
       </c>
       <c r="C740" s="2" t="s">
-        <v>3263</v>
+        <v>3286</v>
       </c>
       <c r="D740" s="2">
         <v>1890409</v>
       </c>
       <c r="E740" s="2">
         <v>8910999830</v>
       </c>
       <c r="F740" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G740" s="2" t="s">
-        <v>3272</v>
+        <v>3295</v>
       </c>
       <c r="H740" s="2" t="s">
-        <v>3273</v>
+        <v>3296</v>
       </c>
       <c r="I740" s="2" t="s">
-        <v>3274</v>
+        <v>3297</v>
       </c>
     </row>
     <row r="741" spans="1:9">
       <c r="A741" s="2">
         <v>740</v>
       </c>
       <c r="B741" s="2" t="s">
-        <v>3275</v>
+        <v>3298</v>
       </c>
       <c r="C741" s="2" t="s">
-        <v>3263</v>
+        <v>3286</v>
       </c>
       <c r="D741" s="2">
         <v>1890410</v>
       </c>
       <c r="E741" s="2">
         <v>8905998809</v>
       </c>
       <c r="F741" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G741" s="2" t="s">
-        <v>3276</v>
+        <v>3299</v>
       </c>
       <c r="H741" s="2" t="s">
-        <v>3277</v>
+        <v>3300</v>
       </c>
       <c r="I741" s="2" t="s">
-        <v>3278</v>
+        <v>3301</v>
       </c>
     </row>
     <row r="742" spans="1:9">
       <c r="A742" s="2">
         <v>741</v>
       </c>
       <c r="B742" s="2" t="s">
-        <v>3279</v>
+        <v>3302</v>
       </c>
       <c r="C742" s="2" t="s">
-        <v>3280</v>
+        <v>3303</v>
       </c>
       <c r="D742" s="2">
         <v>1890687</v>
       </c>
       <c r="E742" s="2">
         <v>8911999455</v>
       </c>
       <c r="F742" s="2" t="s">
-        <v>3281</v>
+        <v>3304</v>
       </c>
       <c r="G742" s="2" t="s">
-        <v>3282</v>
+        <v>3305</v>
       </c>
       <c r="H742" s="2" t="s">
-        <v>3283</v>
+        <v>3306</v>
       </c>
       <c r="I742" s="2" t="s">
-        <v>3284</v>
+        <v>3307</v>
       </c>
     </row>
     <row r="743" spans="1:9">
       <c r="A743" s="2">
         <v>742</v>
       </c>
       <c r="B743" s="2" t="s">
-        <v>3285</v>
+        <v>3308</v>
       </c>
       <c r="C743" s="2" t="s">
-        <v>3286</v>
+        <v>3309</v>
       </c>
       <c r="D743" s="2">
         <v>1890837</v>
       </c>
       <c r="E743" s="2">
         <v>8904039863</v>
       </c>
       <c r="F743" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G743" s="2" t="s">
-        <v>3287</v>
+        <v>3310</v>
       </c>
       <c r="H743" s="2" t="s">
-        <v>3288</v>
+        <v>3311</v>
       </c>
       <c r="I743" s="2" t="s">
-        <v>3289</v>
+        <v>3312</v>
       </c>
     </row>
     <row r="744" spans="1:9">
       <c r="A744" s="2">
         <v>743</v>
       </c>
       <c r="B744" s="2" t="s">
-        <v>3290</v>
+        <v>3313</v>
       </c>
       <c r="C744" s="2" t="s">
-        <v>3291</v>
+        <v>3314</v>
       </c>
       <c r="D744" s="2">
         <v>1890928</v>
       </c>
       <c r="E744" s="2">
         <v>8911032717</v>
       </c>
       <c r="F744" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G744" s="2" t="s">
-        <v>3292</v>
+        <v>3315</v>
       </c>
       <c r="H744" s="2" t="s">
-        <v>3293</v>
+        <v>3316</v>
       </c>
       <c r="I744" s="2" t="s">
-        <v>3294</v>
+        <v>3317</v>
       </c>
     </row>
     <row r="745" spans="1:9">
       <c r="A745" s="2">
         <v>744</v>
       </c>
       <c r="B745" s="2" t="s">
-        <v>3295</v>
+        <v>3318</v>
       </c>
       <c r="C745" s="2" t="s">
-        <v>878</v>
+        <v>888</v>
       </c>
       <c r="D745" s="2">
         <v>1900998</v>
       </c>
       <c r="E745" s="2">
         <v>9001022980</v>
       </c>
       <c r="F745" s="2" t="s">
-        <v>3296</v>
+        <v>3319</v>
       </c>
       <c r="G745" s="2" t="s">
-        <v>3297</v>
+        <v>3320</v>
       </c>
       <c r="H745" s="2" t="s">
-        <v>3298</v>
+        <v>3321</v>
       </c>
       <c r="I745" s="2" t="s">
-        <v>3299</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="746" spans="1:9">
       <c r="A746" s="2">
         <v>745</v>
       </c>
       <c r="B746" s="2" t="s">
-        <v>3300</v>
+        <v>3323</v>
       </c>
       <c r="C746" s="2" t="s">
-        <v>3301</v>
+        <v>3324</v>
       </c>
       <c r="D746" s="2">
         <v>1900999</v>
       </c>
       <c r="E746" s="2">
         <v>9001023078</v>
       </c>
       <c r="F746" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G746" s="2" t="s">
-        <v>3297</v>
+        <v>3320</v>
       </c>
       <c r="H746" s="2" t="s">
-        <v>3302</v>
+        <v>3325</v>
       </c>
       <c r="I746" s="2" t="s">
-        <v>3303</v>
+        <v>3326</v>
       </c>
     </row>
     <row r="747" spans="1:9">
       <c r="A747" s="2">
         <v>746</v>
       </c>
       <c r="B747" s="2" t="s">
-        <v>3304</v>
+        <v>3327</v>
       </c>
       <c r="C747" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D747" s="2">
         <v>1910407</v>
       </c>
       <c r="E747" s="2">
         <v>9102023116</v>
       </c>
       <c r="F747" s="2" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="G747" s="2" t="s">
-        <v>3305</v>
+        <v>3328</v>
       </c>
       <c r="H747" s="2" t="s">
-        <v>3306</v>
+        <v>3329</v>
       </c>
       <c r="I747" s="2" t="s">
-        <v>3307</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="748" spans="1:9">
       <c r="A748" s="2">
         <v>747</v>
       </c>
       <c r="B748" s="2" t="s">
-        <v>3308</v>
+        <v>3331</v>
       </c>
       <c r="C748" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D748" s="2">
         <v>1910408</v>
       </c>
       <c r="E748" s="2">
         <v>9102023109</v>
       </c>
       <c r="F748" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G748" s="2" t="s">
-        <v>3309</v>
+        <v>3332</v>
       </c>
       <c r="H748" s="2" t="s">
-        <v>3310</v>
+        <v>3333</v>
       </c>
       <c r="I748" s="2" t="s">
-        <v>3311</v>
+        <v>3334</v>
       </c>
     </row>
     <row r="749" spans="1:9">
       <c r="A749" s="2">
         <v>748</v>
       </c>
       <c r="B749" s="2" t="s">
-        <v>3312</v>
+        <v>3335</v>
       </c>
       <c r="C749" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D749" s="2">
         <v>1910409</v>
       </c>
       <c r="E749" s="2">
         <v>9102276710</v>
       </c>
       <c r="F749" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G749" s="2" t="s">
-        <v>3313</v>
+        <v>3336</v>
       </c>
       <c r="H749" s="2" t="s">
-        <v>3314</v>
+        <v>3337</v>
       </c>
       <c r="I749" s="2" t="s">
-        <v>3315</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="750" spans="1:9">
       <c r="A750" s="2">
         <v>749</v>
       </c>
       <c r="B750" s="2" t="s">
-        <v>3316</v>
+        <v>3339</v>
       </c>
       <c r="C750" s="2" t="s">
-        <v>3317</v>
+        <v>3340</v>
       </c>
       <c r="D750" s="2">
         <v>1910920</v>
       </c>
       <c r="E750" s="2">
         <v>9102260332</v>
       </c>
       <c r="F750" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G750" s="2" t="s">
-        <v>3318</v>
+        <v>3341</v>
       </c>
       <c r="H750" s="2" t="s">
-        <v>3319</v>
+        <v>3342</v>
       </c>
       <c r="I750" s="2" t="s">
-        <v>3320</v>
+        <v>3343</v>
       </c>
     </row>
     <row r="751" spans="1:9">
       <c r="A751" s="2">
         <v>750</v>
       </c>
       <c r="B751" s="2" t="s">
-        <v>3321</v>
+        <v>3344</v>
       </c>
       <c r="C751" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D751" s="2">
         <v>1920410</v>
       </c>
       <c r="E751" s="2">
         <v>9204014921</v>
       </c>
       <c r="F751" s="2" t="s">
-        <v>3322</v>
+        <v>3345</v>
       </c>
       <c r="G751" s="2" t="s">
-        <v>3323</v>
+        <v>3346</v>
       </c>
       <c r="H751" s="2" t="s">
-        <v>3324</v>
+        <v>3347</v>
       </c>
       <c r="I751" s="2" t="s">
-        <v>3325</v>
+        <v>3348</v>
       </c>
     </row>
     <row r="752" spans="1:9">
       <c r="A752" s="2">
         <v>751</v>
       </c>
       <c r="B752" s="2" t="s">
-        <v>3326</v>
+        <v>3349</v>
       </c>
       <c r="C752" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D752" s="2">
         <v>1920411</v>
       </c>
       <c r="E752" s="2">
         <v>9204014939</v>
       </c>
       <c r="F752" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G752" s="2" t="s">
-        <v>3327</v>
+        <v>3350</v>
       </c>
       <c r="H752" s="2" t="s">
-        <v>3328</v>
+        <v>3351</v>
       </c>
       <c r="I752" s="2" t="s">
-        <v>3329</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="753" spans="1:9">
       <c r="A753" s="2">
         <v>752</v>
       </c>
       <c r="B753" s="2" t="s">
-        <v>3330</v>
+        <v>3353</v>
       </c>
       <c r="C753" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D753" s="2">
         <v>1920412</v>
       </c>
       <c r="E753" s="2">
         <v>9204014946</v>
       </c>
       <c r="F753" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G753" s="2" t="s">
-        <v>3331</v>
+        <v>3354</v>
       </c>
       <c r="H753" s="2" t="s">
-        <v>3332</v>
+        <v>3355</v>
       </c>
       <c r="I753" s="2" t="s">
-        <v>3333</v>
+        <v>3356</v>
       </c>
     </row>
     <row r="754" spans="1:9">
       <c r="A754" s="2">
         <v>753</v>
       </c>
       <c r="B754" s="2" t="s">
-        <v>3334</v>
+        <v>3357</v>
       </c>
       <c r="C754" s="2" t="s">
-        <v>2555</v>
+        <v>2575</v>
       </c>
       <c r="D754" s="2">
         <v>1931017</v>
       </c>
       <c r="E754" s="2">
         <v>9309026191</v>
       </c>
       <c r="F754" s="2" t="s">
-        <v>3335</v>
+        <v>3358</v>
       </c>
       <c r="G754" s="2" t="s">
-        <v>3336</v>
+        <v>3359</v>
       </c>
       <c r="H754" s="2" t="s">
-        <v>3337</v>
+        <v>3360</v>
       </c>
       <c r="I754" s="2" t="s">
-        <v>3338</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="755" spans="1:9">
       <c r="A755" s="2">
         <v>754</v>
       </c>
       <c r="B755" s="2" t="s">
-        <v>3339</v>
+        <v>3362</v>
       </c>
       <c r="C755" s="2" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="D755" s="2">
         <v>1931018</v>
       </c>
       <c r="E755" s="2">
         <v>9309026522</v>
       </c>
       <c r="F755" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G755" s="2" t="s">
-        <v>3340</v>
+        <v>3363</v>
       </c>
       <c r="H755" s="2" t="s">
-        <v>3341</v>
+        <v>3364</v>
       </c>
       <c r="I755" s="2" t="s">
-        <v>3342</v>
+        <v>3365</v>
       </c>
     </row>
     <row r="756" spans="1:9">
       <c r="A756" s="2">
         <v>755</v>
       </c>
       <c r="B756" s="2" t="s">
-        <v>3343</v>
+        <v>3366</v>
       </c>
       <c r="C756" s="2" t="s">
-        <v>3344</v>
+        <v>3367</v>
       </c>
       <c r="D756" s="2">
         <v>1941006</v>
       </c>
       <c r="E756" s="2">
         <v>9403027940</v>
       </c>
       <c r="F756" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G756" s="2" t="s">
-        <v>3345</v>
+        <v>3368</v>
       </c>
       <c r="H756" s="2" t="s">
-        <v>3346</v>
+        <v>3369</v>
       </c>
       <c r="I756" s="2" t="s">
-        <v>3347</v>
+        <v>3370</v>
       </c>
     </row>
     <row r="757" spans="1:9">
       <c r="A757" s="2">
         <v>756</v>
       </c>
       <c r="B757" s="2" t="s">
-        <v>3348</v>
+        <v>3371</v>
       </c>
       <c r="C757" s="2" t="s">
-        <v>3344</v>
+        <v>3367</v>
       </c>
       <c r="D757" s="2">
         <v>1941007</v>
       </c>
       <c r="E757" s="2">
         <v>9403027989</v>
       </c>
       <c r="F757" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G757" s="2" t="s">
-        <v>3349</v>
+        <v>3372</v>
       </c>
       <c r="H757" s="2" t="s">
-        <v>3350</v>
+        <v>3373</v>
       </c>
       <c r="I757" s="2" t="s">
-        <v>3351</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="758" spans="1:9">
       <c r="A758" s="2">
         <v>757</v>
       </c>
       <c r="B758" s="2" t="s">
-        <v>3352</v>
+        <v>3375</v>
       </c>
       <c r="C758" s="2" t="s">
-        <v>3344</v>
+        <v>3367</v>
       </c>
       <c r="D758" s="2">
         <v>1941008</v>
       </c>
       <c r="E758" s="2">
         <v>9403027731</v>
       </c>
       <c r="F758" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G758" s="2" t="s">
-        <v>3345</v>
+        <v>3368</v>
       </c>
       <c r="H758" s="2" t="s">
-        <v>3353</v>
+        <v>3376</v>
       </c>
       <c r="I758" s="2" t="s">
-        <v>3354</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="759" spans="1:9">
       <c r="A759" s="2">
         <v>758</v>
       </c>
       <c r="B759" s="2" t="s">
-        <v>3355</v>
+        <v>3378</v>
       </c>
       <c r="C759" s="2" t="s">
-        <v>2555</v>
+        <v>2575</v>
       </c>
       <c r="D759" s="2">
         <v>1951002</v>
       </c>
       <c r="E759" s="2">
         <v>9500020851</v>
       </c>
       <c r="F759" s="2" t="s">
-        <v>3356</v>
+        <v>3379</v>
       </c>
       <c r="G759" s="2" t="s">
-        <v>3357</v>
+        <v>3380</v>
       </c>
       <c r="H759" s="2" t="s">
-        <v>3358</v>
+        <v>3381</v>
       </c>
       <c r="I759" s="2" t="s">
-        <v>3359</v>
+        <v>3382</v>
       </c>
     </row>
     <row r="760" spans="1:9">
       <c r="A760" s="2">
         <v>759</v>
       </c>
       <c r="B760" s="2" t="s">
-        <v>3360</v>
+        <v>3383</v>
       </c>
       <c r="C760" s="2" t="s">
-        <v>2695</v>
+        <v>2715</v>
       </c>
       <c r="D760" s="2">
         <v>1951004</v>
       </c>
       <c r="E760" s="2">
         <v>9500020844</v>
       </c>
       <c r="F760" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G760" s="2" t="s">
-        <v>3361</v>
+        <v>3384</v>
       </c>
       <c r="H760" s="2" t="s">
-        <v>3362</v>
+        <v>3385</v>
       </c>
       <c r="I760" s="2" t="s">
-        <v>3363</v>
+        <v>3386</v>
       </c>
     </row>
     <row r="761" spans="1:9">
       <c r="A761" s="2">
         <v>760</v>
       </c>
       <c r="B761" s="2" t="s">
-        <v>3364</v>
+        <v>3387</v>
       </c>
       <c r="C761" s="2" t="s">
-        <v>2695</v>
+        <v>2715</v>
       </c>
       <c r="D761" s="2">
         <v>1951005</v>
       </c>
       <c r="E761" s="2">
         <v>9500020837</v>
       </c>
       <c r="F761" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G761" s="2" t="s">
-        <v>3365</v>
+        <v>3388</v>
       </c>
       <c r="H761" s="2" t="s">
-        <v>3366</v>
+        <v>3389</v>
       </c>
       <c r="I761" s="2" t="s">
-        <v>3367</v>
+        <v>3390</v>
       </c>
     </row>
     <row r="762" spans="1:9">
       <c r="A762" s="2">
         <v>761</v>
       </c>
       <c r="B762" s="2" t="s">
-        <v>3368</v>
+        <v>3391</v>
       </c>
       <c r="C762" s="2" t="s">
-        <v>3369</v>
+        <v>3392</v>
       </c>
       <c r="D762" s="2">
         <v>2010056</v>
       </c>
       <c r="E762" s="2" t="s">
-        <v>3370</v>
+        <v>3393</v>
       </c>
       <c r="F762" s="2"/>
       <c r="G762" s="2" t="s">
-        <v>3371</v>
+        <v>3394</v>
       </c>
       <c r="H762" s="2" t="s">
-        <v>3372</v>
+        <v>3395</v>
       </c>
       <c r="I762" s="2" t="s">
-        <v>3373</v>
+        <v>3396</v>
       </c>
     </row>
     <row r="763" spans="1:9">
       <c r="A763" s="2">
         <v>762</v>
       </c>
       <c r="B763" s="2" t="s">
-        <v>3374</v>
+        <v>3397</v>
       </c>
       <c r="C763" s="2" t="s">
-        <v>3375</v>
+        <v>3398</v>
       </c>
       <c r="D763" s="2">
         <v>2020001</v>
       </c>
       <c r="E763" s="2" t="s">
-        <v>3376</v>
+        <v>3399</v>
       </c>
       <c r="F763" s="2"/>
       <c r="G763" s="2" t="s">
-        <v>3377</v>
+        <v>3400</v>
       </c>
       <c r="H763" s="2" t="s">
-        <v>3378</v>
+        <v>3401</v>
       </c>
       <c r="I763" s="2" t="s">
-        <v>3379</v>
+        <v>3402</v>
       </c>
     </row>
     <row r="764" spans="1:9">
       <c r="A764" s="2">
         <v>763</v>
       </c>
       <c r="B764" s="2" t="s">
-        <v>3380</v>
+        <v>3403</v>
       </c>
       <c r="C764" s="2" t="s">
-        <v>3381</v>
+        <v>3404</v>
       </c>
       <c r="D764" s="2">
         <v>2030002</v>
       </c>
       <c r="E764" s="2" t="s">
-        <v>3382</v>
+        <v>3405</v>
       </c>
       <c r="F764" s="2"/>
       <c r="G764" s="2" t="s">
-        <v>3383</v>
+        <v>3406</v>
       </c>
       <c r="H764" s="2" t="s">
-        <v>3384</v>
+        <v>3407</v>
       </c>
       <c r="I764" s="2" t="s">
-        <v>3385</v>
+        <v>3408</v>
       </c>
     </row>
     <row r="765" spans="1:9">
       <c r="A765" s="2">
         <v>764</v>
       </c>
       <c r="B765" s="2" t="s">
-        <v>3386</v>
+        <v>3409</v>
       </c>
       <c r="C765" s="2" t="s">
-        <v>3387</v>
+        <v>3410</v>
       </c>
       <c r="D765" s="2">
         <v>2070003</v>
       </c>
       <c r="E765" s="2" t="s">
-        <v>3388</v>
+        <v>3411</v>
       </c>
       <c r="F765" s="2"/>
       <c r="G765" s="2" t="s">
-        <v>3389</v>
+        <v>3412</v>
       </c>
       <c r="H765" s="2" t="s">
-        <v>3390</v>
+        <v>3413</v>
       </c>
       <c r="I765" s="2" t="s">
-        <v>3391</v>
+        <v>3414</v>
       </c>
     </row>
     <row r="766" spans="1:9">
       <c r="A766" s="2">
         <v>765</v>
       </c>
       <c r="B766" s="2" t="s">
-        <v>3392</v>
+        <v>3415</v>
       </c>
       <c r="C766" s="2" t="s">
-        <v>3393</v>
+        <v>3416</v>
       </c>
       <c r="D766" s="2">
         <v>2080095</v>
       </c>
       <c r="E766" s="2" t="s">
-        <v>3394</v>
+        <v>3417</v>
       </c>
       <c r="F766" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G766" s="2" t="s">
-        <v>3395</v>
+        <v>3418</v>
       </c>
       <c r="H766" s="2" t="s">
-        <v>3396</v>
+        <v>3419</v>
       </c>
       <c r="I766" s="2" t="s">
-        <v>3397</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="767" spans="1:9">
       <c r="A767" s="2">
         <v>766</v>
       </c>
       <c r="B767" s="2" t="s">
-        <v>3398</v>
+        <v>3421</v>
       </c>
       <c r="C767" s="2" t="s">
-        <v>3399</v>
+        <v>3422</v>
       </c>
       <c r="D767" s="2">
         <v>2100108</v>
       </c>
       <c r="E767" s="2">
         <v>1001021083</v>
       </c>
       <c r="F767" s="2"/>
       <c r="G767" s="2" t="s">
-        <v>3400</v>
+        <v>3423</v>
       </c>
       <c r="H767" s="2" t="s">
-        <v>3401</v>
+        <v>3424</v>
       </c>
       <c r="I767" s="2" t="s">
-        <v>3402</v>
+        <v>3425</v>
       </c>
     </row>
     <row r="768" spans="1:9">
       <c r="A768" s="2">
         <v>767</v>
       </c>
       <c r="B768" s="2" t="s">
-        <v>3403</v>
+        <v>3426</v>
       </c>
       <c r="C768" s="2" t="s">
-        <v>3404</v>
+        <v>3427</v>
       </c>
       <c r="D768" s="2">
         <v>2110107</v>
       </c>
       <c r="E768" s="2">
         <v>1101471664</v>
       </c>
       <c r="F768" s="2"/>
       <c r="G768" s="2" t="s">
-        <v>3405</v>
+        <v>3428</v>
       </c>
       <c r="H768" s="2" t="s">
-        <v>3406</v>
+        <v>3429</v>
       </c>
       <c r="I768" s="2" t="s">
-        <v>3407</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="769" spans="1:9">
       <c r="A769" s="2">
         <v>768</v>
       </c>
       <c r="B769" s="2" t="s">
-        <v>3408</v>
+        <v>3431</v>
       </c>
       <c r="C769" s="2" t="s">
-        <v>3409</v>
+        <v>3432</v>
       </c>
       <c r="D769" s="2">
         <v>2130057</v>
       </c>
       <c r="E769" s="2">
         <v>1325033434</v>
       </c>
       <c r="F769" s="2"/>
       <c r="G769" s="2" t="s">
-        <v>3410</v>
+        <v>3433</v>
       </c>
       <c r="H769" s="2" t="s">
-        <v>3411</v>
+        <v>3434</v>
       </c>
       <c r="I769" s="2" t="s">
-        <v>3412</v>
+        <v>3435</v>
       </c>
     </row>
     <row r="770" spans="1:9">
       <c r="A770" s="2">
         <v>769</v>
       </c>
       <c r="B770" s="2" t="s">
-        <v>3413</v>
+        <v>3436</v>
       </c>
       <c r="C770" s="2" t="s">
-        <v>3414</v>
+        <v>3437</v>
       </c>
       <c r="D770" s="2">
         <v>2160105</v>
       </c>
       <c r="E770" s="2">
         <v>1650051942</v>
       </c>
       <c r="F770" s="2"/>
       <c r="G770" s="2" t="s">
-        <v>3415</v>
+        <v>3438</v>
       </c>
       <c r="H770" s="2" t="s">
-        <v>3416</v>
+        <v>3439</v>
       </c>
       <c r="I770" s="2" t="s">
-        <v>3417</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="771" spans="1:9">
       <c r="A771" s="2">
         <v>770</v>
       </c>
       <c r="B771" s="2" t="s">
-        <v>3418</v>
+        <v>3441</v>
       </c>
       <c r="C771" s="2" t="s">
-        <v>2021</v>
+        <v>2039</v>
       </c>
       <c r="D771" s="2">
         <v>2180058</v>
       </c>
       <c r="E771" s="2">
         <v>1831013843</v>
       </c>
       <c r="F771" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G771" s="2" t="s">
-        <v>3419</v>
+        <v>3442</v>
       </c>
       <c r="H771" s="2">
         <v>89127679750</v>
       </c>
       <c r="I771" s="2" t="s">
-        <v>3420</v>
+        <v>3443</v>
       </c>
     </row>
     <row r="772" spans="1:9">
       <c r="A772" s="2">
         <v>771</v>
       </c>
       <c r="B772" s="2" t="s">
-        <v>3421</v>
+        <v>3444</v>
       </c>
       <c r="C772" s="2" t="s">
-        <v>3369</v>
+        <v>3392</v>
       </c>
       <c r="D772" s="2">
         <v>2190059</v>
       </c>
       <c r="E772" s="2">
         <v>1901018630</v>
       </c>
       <c r="F772" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G772" s="2" t="s">
-        <v>3422</v>
+        <v>3445</v>
       </c>
       <c r="H772" s="2" t="s">
-        <v>3423</v>
+        <v>3446</v>
       </c>
       <c r="I772" s="2" t="s">
-        <v>3424</v>
+        <v>3447</v>
       </c>
     </row>
     <row r="773" spans="1:9">
       <c r="A773" s="2">
         <v>772</v>
       </c>
       <c r="B773" s="2" t="s">
-        <v>3425</v>
+        <v>3448</v>
       </c>
       <c r="C773" s="2" t="s">
-        <v>3426</v>
+        <v>3449</v>
       </c>
       <c r="D773" s="2">
         <v>2220004</v>
       </c>
       <c r="E773" s="2">
         <v>2224005753</v>
       </c>
       <c r="F773" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G773" s="2" t="s">
-        <v>3427</v>
+        <v>3450</v>
       </c>
       <c r="H773" s="2" t="s">
-        <v>3428</v>
+        <v>3451</v>
       </c>
       <c r="I773" s="2" t="s">
-        <v>3429</v>
+        <v>3452</v>
       </c>
     </row>
     <row r="774" spans="1:9">
       <c r="A774" s="2">
         <v>773</v>
       </c>
       <c r="B774" s="2" t="s">
-        <v>3430</v>
+        <v>3453</v>
       </c>
       <c r="C774" s="2" t="s">
-        <v>3431</v>
+        <v>3454</v>
       </c>
       <c r="D774" s="2">
         <v>2230005</v>
       </c>
       <c r="E774" s="2">
         <v>2328006487</v>
       </c>
       <c r="F774" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G774" s="2" t="s">
-        <v>3432</v>
+        <v>3455</v>
       </c>
       <c r="H774" s="2" t="s">
-        <v>3433</v>
+        <v>3456</v>
       </c>
       <c r="I774" s="2" t="s">
-        <v>3434</v>
+        <v>3457</v>
       </c>
     </row>
     <row r="775" spans="1:9">
       <c r="A775" s="2">
         <v>774</v>
       </c>
       <c r="B775" s="2" t="s">
-        <v>3435</v>
+        <v>3458</v>
       </c>
       <c r="C775" s="2" t="s">
-        <v>3436</v>
+        <v>3459</v>
       </c>
       <c r="D775" s="2">
         <v>2230007</v>
       </c>
       <c r="E775" s="2">
         <v>2306009029</v>
       </c>
       <c r="F775" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G775" s="2" t="s">
-        <v>3437</v>
+        <v>3460</v>
       </c>
       <c r="H775" s="2" t="s">
-        <v>3438</v>
+        <v>3461</v>
       </c>
       <c r="I775" s="2" t="s">
-        <v>3439</v>
+        <v>3462</v>
       </c>
     </row>
     <row r="776" spans="1:9">
       <c r="A776" s="2">
         <v>775</v>
       </c>
       <c r="B776" s="2" t="s">
-        <v>3440</v>
+        <v>3463</v>
       </c>
       <c r="C776" s="2" t="s">
-        <v>3441</v>
+        <v>3464</v>
       </c>
       <c r="D776" s="2">
         <v>2230009</v>
       </c>
       <c r="E776" s="2">
         <v>2303016130</v>
       </c>
       <c r="F776" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G776" s="2" t="s">
-        <v>3442</v>
+        <v>3465</v>
       </c>
       <c r="H776" s="2" t="s">
-        <v>3443</v>
+        <v>3466</v>
       </c>
       <c r="I776" s="2" t="s">
-        <v>3444</v>
+        <v>3467</v>
       </c>
     </row>
     <row r="777" spans="1:9">
       <c r="A777" s="2">
         <v>776</v>
       </c>
       <c r="B777" s="2" t="s">
-        <v>3445</v>
+        <v>3468</v>
       </c>
       <c r="C777" s="2" t="s">
-        <v>3441</v>
+        <v>3464</v>
       </c>
       <c r="D777" s="2">
         <v>2230010</v>
       </c>
       <c r="E777" s="2">
         <v>2315064097</v>
       </c>
       <c r="F777" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G777" s="2" t="s">
-        <v>3446</v>
+        <v>3469</v>
       </c>
       <c r="H777" s="2" t="s">
-        <v>3447</v>
+        <v>3470</v>
       </c>
       <c r="I777" s="2" t="s">
-        <v>3448</v>
+        <v>3471</v>
       </c>
     </row>
     <row r="778" spans="1:9">
       <c r="A778" s="2">
         <v>777</v>
       </c>
       <c r="B778" s="2" t="s">
-        <v>3449</v>
+        <v>3472</v>
       </c>
       <c r="C778" s="2" t="s">
-        <v>3450</v>
+        <v>3473</v>
       </c>
       <c r="D778" s="2">
         <v>2230015</v>
       </c>
       <c r="E778" s="2">
         <v>2337029346</v>
       </c>
       <c r="F778" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G778" s="2" t="s">
-        <v>3451</v>
+        <v>3474</v>
       </c>
       <c r="H778" s="2" t="s">
-        <v>3452</v>
+        <v>3475</v>
       </c>
       <c r="I778" s="2" t="s">
-        <v>3453</v>
+        <v>3476</v>
       </c>
     </row>
     <row r="779" spans="1:9">
       <c r="A779" s="2">
         <v>778</v>
       </c>
       <c r="B779" s="2" t="s">
-        <v>3454</v>
+        <v>3477</v>
       </c>
       <c r="C779" s="2" t="s">
-        <v>3387</v>
+        <v>3410</v>
       </c>
       <c r="D779" s="2">
         <v>2230018</v>
       </c>
       <c r="E779" s="2">
         <v>2301032095</v>
       </c>
       <c r="F779" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G779" s="2" t="s">
-        <v>3455</v>
+        <v>3478</v>
       </c>
       <c r="H779" s="2" t="s">
-        <v>3456</v>
+        <v>3479</v>
       </c>
       <c r="I779" s="2" t="s">
-        <v>3457</v>
+        <v>3480</v>
       </c>
     </row>
     <row r="780" spans="1:9">
       <c r="A780" s="2">
         <v>779</v>
       </c>
       <c r="B780" s="2" t="s">
-        <v>3458</v>
+        <v>3481</v>
       </c>
       <c r="C780" s="2" t="s">
-        <v>3387</v>
+        <v>3410</v>
       </c>
       <c r="D780" s="2">
         <v>2230020</v>
       </c>
       <c r="E780" s="2">
         <v>2309025036</v>
       </c>
       <c r="F780" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G780" s="2" t="s">
-        <v>3459</v>
+        <v>3482</v>
       </c>
       <c r="H780" s="2" t="s">
-        <v>3460</v>
+        <v>3483</v>
       </c>
       <c r="I780" s="2" t="s">
-        <v>3461</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="781" spans="1:9">
       <c r="A781" s="2">
         <v>780</v>
       </c>
       <c r="B781" s="2" t="s">
-        <v>3462</v>
+        <v>3485</v>
       </c>
       <c r="C781" s="2" t="s">
-        <v>3463</v>
+        <v>3486</v>
       </c>
       <c r="D781" s="2">
         <v>2230061</v>
       </c>
       <c r="E781" s="2">
         <v>2352028717</v>
       </c>
       <c r="F781" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G781" s="2" t="s">
-        <v>3464</v>
+        <v>3487</v>
       </c>
       <c r="H781" s="2" t="s">
-        <v>3465</v>
+        <v>3488</v>
       </c>
       <c r="I781" s="2" t="s">
-        <v>3466</v>
+        <v>3489</v>
       </c>
     </row>
     <row r="782" spans="1:9">
       <c r="A782" s="2">
         <v>781</v>
       </c>
       <c r="B782" s="2" t="s">
-        <v>3467</v>
+        <v>3490</v>
       </c>
       <c r="C782" s="2" t="s">
-        <v>3468</v>
+        <v>3491</v>
       </c>
       <c r="D782" s="2">
         <v>2230063</v>
       </c>
       <c r="E782" s="2">
         <v>2302013899</v>
       </c>
       <c r="F782" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G782" s="2" t="s">
-        <v>3469</v>
+        <v>3492</v>
       </c>
       <c r="H782" s="2" t="s">
-        <v>3470</v>
+        <v>3493</v>
       </c>
       <c r="I782" s="2" t="s">
-        <v>3471</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="783" spans="1:9">
       <c r="A783" s="2">
         <v>782</v>
       </c>
       <c r="B783" s="2" t="s">
-        <v>3472</v>
+        <v>3495</v>
       </c>
       <c r="C783" s="2" t="s">
-        <v>3450</v>
+        <v>3473</v>
       </c>
       <c r="D783" s="2">
         <v>2230065</v>
       </c>
       <c r="E783" s="2">
         <v>2322010871</v>
       </c>
       <c r="F783" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G783" s="2" t="s">
-        <v>3473</v>
+        <v>3496</v>
       </c>
       <c r="H783" s="2" t="s">
-        <v>3474</v>
+        <v>3497</v>
       </c>
       <c r="I783" s="2" t="s">
-        <v>3475</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="784" spans="1:9">
       <c r="A784" s="2">
         <v>783</v>
       </c>
       <c r="B784" s="2" t="s">
-        <v>3476</v>
+        <v>3499</v>
       </c>
       <c r="C784" s="2" t="s">
-        <v>3477</v>
+        <v>3500</v>
       </c>
       <c r="D784" s="2">
         <v>2230091</v>
       </c>
       <c r="E784" s="2">
         <v>2320035782</v>
       </c>
       <c r="F784" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G784" s="2" t="s">
-        <v>3478</v>
+        <v>3501</v>
       </c>
       <c r="H784" s="2" t="s">
-        <v>3479</v>
+        <v>3502</v>
       </c>
       <c r="I784" s="2" t="s">
-        <v>3480</v>
+        <v>3503</v>
       </c>
     </row>
     <row r="785" spans="1:9">
       <c r="A785" s="2">
         <v>784</v>
       </c>
       <c r="B785" s="2" t="s">
-        <v>3481</v>
+        <v>3504</v>
       </c>
       <c r="C785" s="2" t="s">
-        <v>3387</v>
+        <v>3410</v>
       </c>
       <c r="D785" s="2">
         <v>2240066</v>
       </c>
       <c r="E785" s="2">
         <v>2466004357</v>
       </c>
       <c r="F785" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G785" s="2" t="s">
-        <v>3482</v>
+        <v>3505</v>
       </c>
       <c r="H785" s="2" t="s">
-        <v>3483</v>
+        <v>3506</v>
       </c>
       <c r="I785" s="2" t="s">
-        <v>3484</v>
+        <v>3507</v>
       </c>
     </row>
     <row r="786" spans="1:9">
       <c r="A786" s="2">
         <v>785</v>
       </c>
       <c r="B786" s="2" t="s">
-        <v>3485</v>
+        <v>3508</v>
       </c>
       <c r="C786" s="2" t="s">
-        <v>2335</v>
+        <v>2353</v>
       </c>
       <c r="D786" s="2">
         <v>2260097</v>
       </c>
       <c r="E786" s="2">
         <v>2635004033</v>
       </c>
       <c r="F786" s="2"/>
       <c r="G786" s="2" t="s">
-        <v>3486</v>
+        <v>3509</v>
       </c>
       <c r="H786" s="2" t="s">
-        <v>3487</v>
+        <v>3510</v>
       </c>
       <c r="I786" s="2" t="s">
-        <v>3488</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="787" spans="1:9">
       <c r="A787" s="2">
         <v>786</v>
       </c>
       <c r="B787" s="2" t="s">
-        <v>3489</v>
+        <v>3512</v>
       </c>
       <c r="C787" s="2" t="s">
-        <v>3490</v>
+        <v>3513</v>
       </c>
       <c r="D787" s="2">
         <v>2270023</v>
       </c>
       <c r="E787" s="2">
         <v>2702080032</v>
       </c>
       <c r="F787" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G787" s="2" t="s">
-        <v>3491</v>
+        <v>3514</v>
       </c>
       <c r="H787" s="2" t="s">
-        <v>3492</v>
+        <v>3515</v>
       </c>
       <c r="I787" s="2" t="s">
-        <v>3493</v>
+        <v>3516</v>
       </c>
     </row>
     <row r="788" spans="1:9">
       <c r="A788" s="2">
         <v>787</v>
       </c>
       <c r="B788" s="2" t="s">
-        <v>3494</v>
+        <v>3517</v>
       </c>
       <c r="C788" s="2" t="s">
-        <v>3495</v>
+        <v>3518</v>
       </c>
       <c r="D788" s="2">
         <v>2300006</v>
       </c>
       <c r="E788" s="2">
         <v>3016001862</v>
       </c>
       <c r="F788" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G788" s="2" t="s">
-        <v>3496</v>
+        <v>3519</v>
       </c>
       <c r="H788" s="2" t="s">
-        <v>3497</v>
+        <v>3520</v>
       </c>
       <c r="I788" s="2" t="s">
-        <v>3498</v>
+        <v>3521</v>
       </c>
     </row>
     <row r="789" spans="1:9">
       <c r="A789" s="2">
         <v>788</v>
       </c>
       <c r="B789" s="2" t="s">
-        <v>3499</v>
+        <v>3522</v>
       </c>
       <c r="C789" s="2" t="s">
-        <v>3500</v>
+        <v>3523</v>
       </c>
       <c r="D789" s="2">
         <v>2310024</v>
       </c>
       <c r="E789" s="2">
         <v>3123017680</v>
       </c>
       <c r="F789" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G789" s="2" t="s">
-        <v>3501</v>
+        <v>3524</v>
       </c>
       <c r="H789" s="2" t="s">
-        <v>3502</v>
+        <v>3525</v>
       </c>
       <c r="I789" s="2" t="s">
-        <v>3503</v>
+        <v>3526</v>
       </c>
     </row>
     <row r="790" spans="1:9">
       <c r="A790" s="2">
         <v>789</v>
       </c>
       <c r="B790" s="2" t="s">
-        <v>3504</v>
+        <v>3527</v>
       </c>
       <c r="C790" s="2" t="s">
-        <v>3505</v>
+        <v>3528</v>
       </c>
       <c r="D790" s="2">
         <v>2320067</v>
       </c>
       <c r="E790" s="2">
         <v>3201003649</v>
       </c>
       <c r="F790" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G790" s="2" t="s">
-        <v>3506</v>
+        <v>3529</v>
       </c>
       <c r="H790" s="2" t="s">
-        <v>3507</v>
+        <v>3530</v>
       </c>
       <c r="I790" s="2" t="s">
-        <v>3508</v>
+        <v>3531</v>
       </c>
     </row>
     <row r="791" spans="1:9">
       <c r="A791" s="2">
         <v>790</v>
       </c>
       <c r="B791" s="2" t="s">
-        <v>3509</v>
+        <v>3532</v>
       </c>
       <c r="C791" s="2" t="s">
-        <v>3510</v>
+        <v>3533</v>
       </c>
       <c r="D791" s="2">
         <v>2340068</v>
       </c>
       <c r="E791" s="2">
         <v>3445904278</v>
       </c>
       <c r="F791" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G791" s="2" t="s">
-        <v>3511</v>
+        <v>3534</v>
       </c>
       <c r="H791" s="2" t="s">
-        <v>3512</v>
+        <v>3535</v>
       </c>
       <c r="I791" s="2" t="s">
-        <v>3513</v>
+        <v>3536</v>
       </c>
     </row>
     <row r="792" spans="1:9">
       <c r="A792" s="2">
         <v>791</v>
       </c>
       <c r="B792" s="2" t="s">
-        <v>3514</v>
+        <v>3537</v>
       </c>
       <c r="C792" s="2" t="s">
-        <v>3515</v>
+        <v>3538</v>
       </c>
       <c r="D792" s="2">
         <v>2340098</v>
       </c>
       <c r="E792" s="2">
         <v>3435110276</v>
       </c>
       <c r="F792" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G792" s="2" t="s">
-        <v>3516</v>
+        <v>3539</v>
       </c>
       <c r="H792" s="2" t="s">
-        <v>3517</v>
+        <v>3540</v>
       </c>
       <c r="I792" s="2" t="s">
-        <v>3518</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="793" spans="1:9">
       <c r="A793" s="2">
         <v>792</v>
       </c>
       <c r="B793" s="2" t="s">
-        <v>3519</v>
+        <v>3542</v>
       </c>
       <c r="C793" s="2" t="s">
-        <v>3520</v>
+        <v>3543</v>
       </c>
       <c r="D793" s="2">
         <v>2350025</v>
       </c>
       <c r="E793" s="2">
         <v>3525021863</v>
       </c>
       <c r="F793" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G793" s="2" t="s">
-        <v>3521</v>
+        <v>3544</v>
       </c>
       <c r="H793" s="2" t="s">
-        <v>3522</v>
+        <v>3545</v>
       </c>
       <c r="I793" s="2" t="s">
-        <v>3523</v>
+        <v>3546</v>
       </c>
     </row>
     <row r="794" spans="1:9">
       <c r="A794" s="2">
         <v>793</v>
       </c>
       <c r="B794" s="2" t="s">
-        <v>3524</v>
+        <v>3547</v>
       </c>
       <c r="C794" s="2" t="s">
-        <v>3381</v>
+        <v>3404</v>
       </c>
       <c r="D794" s="2">
         <v>2360069</v>
       </c>
       <c r="E794" s="2">
         <v>3664004819</v>
       </c>
       <c r="F794" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G794" s="2" t="s">
-        <v>3525</v>
+        <v>3548</v>
       </c>
       <c r="H794" s="2" t="s">
-        <v>3526</v>
+        <v>3549</v>
       </c>
       <c r="I794" s="2" t="s">
-        <v>3527</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="795" spans="1:9">
       <c r="A795" s="2">
         <v>794</v>
       </c>
       <c r="B795" s="2" t="s">
-        <v>3528</v>
+        <v>3551</v>
       </c>
       <c r="C795" s="2" t="s">
-        <v>3529</v>
+        <v>3552</v>
       </c>
       <c r="D795" s="2">
         <v>2370097</v>
       </c>
       <c r="E795" s="2">
         <v>3730002278</v>
       </c>
       <c r="F795" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G795" s="2" t="s">
-        <v>3530</v>
+        <v>3553</v>
       </c>
       <c r="H795" s="2" t="s">
-        <v>3531</v>
+        <v>3554</v>
       </c>
       <c r="I795" s="2"/>
     </row>
     <row r="796" spans="1:9">
       <c r="A796" s="2">
         <v>795</v>
       </c>
       <c r="B796" s="2" t="s">
-        <v>3532</v>
+        <v>3555</v>
       </c>
       <c r="C796" s="2" t="s">
-        <v>3533</v>
+        <v>3556</v>
       </c>
       <c r="D796" s="2">
         <v>2380092</v>
       </c>
       <c r="E796" s="2">
         <v>3803202144</v>
       </c>
       <c r="F796" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G796" s="2" t="s">
-        <v>3534</v>
+        <v>3557</v>
       </c>
       <c r="H796" s="2" t="s">
-        <v>3535</v>
+        <v>3558</v>
       </c>
       <c r="I796" s="2" t="s">
-        <v>3536</v>
+        <v>3559</v>
       </c>
     </row>
     <row r="797" spans="1:9">
       <c r="A797" s="2">
         <v>796</v>
       </c>
       <c r="B797" s="2" t="s">
-        <v>3537</v>
+        <v>3560</v>
       </c>
       <c r="C797" s="2" t="s">
-        <v>3538</v>
+        <v>3561</v>
       </c>
       <c r="D797" s="2">
         <v>2380096</v>
       </c>
       <c r="E797" s="2">
         <v>3811005816</v>
       </c>
       <c r="F797" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G797" s="2" t="s">
-        <v>3539</v>
+        <v>3562</v>
       </c>
       <c r="H797" s="2" t="s">
-        <v>3540</v>
+        <v>3563</v>
       </c>
       <c r="I797" s="2" t="s">
-        <v>3541</v>
+        <v>3564</v>
       </c>
     </row>
     <row r="798" spans="1:9">
       <c r="A798" s="2">
         <v>797</v>
       </c>
       <c r="B798" s="2" t="s">
-        <v>3542</v>
+        <v>3565</v>
       </c>
       <c r="C798" s="2" t="s">
-        <v>3387</v>
+        <v>3410</v>
       </c>
       <c r="D798" s="2">
         <v>2390026</v>
       </c>
       <c r="E798" s="2">
         <v>3905004600</v>
       </c>
       <c r="F798" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G798" s="2" t="s">
-        <v>3543</v>
+        <v>3566</v>
       </c>
       <c r="H798" s="2" t="s">
-        <v>3544</v>
+        <v>3567</v>
       </c>
       <c r="I798" s="2" t="s">
-        <v>3545</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="799" spans="1:9">
       <c r="A799" s="2">
         <v>798</v>
       </c>
       <c r="B799" s="2" t="s">
-        <v>3546</v>
+        <v>3569</v>
       </c>
       <c r="C799" s="2" t="s">
-        <v>3436</v>
+        <v>3459</v>
       </c>
       <c r="D799" s="2">
         <v>2400027</v>
       </c>
       <c r="E799" s="2">
         <v>4027006078</v>
       </c>
       <c r="F799" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G799" s="2" t="s">
-        <v>3547</v>
+        <v>3570</v>
       </c>
       <c r="H799" s="2" t="s">
-        <v>3548</v>
+        <v>3571</v>
       </c>
       <c r="I799" s="2" t="s">
-        <v>3549</v>
+        <v>3572</v>
       </c>
     </row>
     <row r="800" spans="1:9">
       <c r="A800" s="2">
         <v>799</v>
       </c>
       <c r="B800" s="2" t="s">
-        <v>3550</v>
+        <v>3573</v>
       </c>
       <c r="C800" s="2" t="s">
-        <v>3551</v>
+        <v>3574</v>
       </c>
       <c r="D800" s="2">
         <v>2400114</v>
       </c>
       <c r="E800" s="2">
         <v>4025026135</v>
       </c>
       <c r="F800" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G800" s="2" t="s">
-        <v>3552</v>
+        <v>3575</v>
       </c>
       <c r="H800" s="2" t="s">
-        <v>3553</v>
+        <v>3576</v>
       </c>
       <c r="I800" s="2" t="s">
-        <v>3554</v>
+        <v>3577</v>
       </c>
     </row>
     <row r="801" spans="1:9">
       <c r="A801" s="2">
         <v>800</v>
       </c>
       <c r="B801" s="2" t="s">
-        <v>3555</v>
+        <v>3578</v>
       </c>
       <c r="C801" s="2" t="s">
-        <v>3387</v>
+        <v>3410</v>
       </c>
       <c r="D801" s="2">
         <v>2420070</v>
       </c>
       <c r="E801" s="2">
         <v>4207008170</v>
       </c>
       <c r="F801" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G801" s="2" t="s">
-        <v>3556</v>
+        <v>3579</v>
       </c>
       <c r="H801" s="2" t="s">
-        <v>3557</v>
+        <v>3580</v>
       </c>
       <c r="I801" s="2" t="s">
-        <v>3558</v>
+        <v>3581</v>
       </c>
     </row>
     <row r="802" spans="1:9">
       <c r="A802" s="2">
         <v>801</v>
       </c>
       <c r="B802" s="2" t="s">
-        <v>3559</v>
+        <v>3582</v>
       </c>
       <c r="C802" s="2" t="s">
-        <v>3560</v>
+        <v>3583</v>
       </c>
       <c r="D802" s="2">
         <v>2430028</v>
       </c>
       <c r="E802" s="2">
         <v>4346011204</v>
       </c>
       <c r="F802" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G802" s="2" t="s">
-        <v>3561</v>
+        <v>3584</v>
       </c>
       <c r="H802" s="2" t="s">
-        <v>3562</v>
+        <v>3585</v>
       </c>
       <c r="I802" s="2" t="s">
-        <v>3563</v>
+        <v>3586</v>
       </c>
     </row>
     <row r="803" spans="1:9">
       <c r="A803" s="2">
         <v>802</v>
       </c>
       <c r="B803" s="2" t="s">
-        <v>3564</v>
+        <v>3587</v>
       </c>
       <c r="C803" s="2" t="s">
-        <v>3441</v>
+        <v>3464</v>
       </c>
       <c r="D803" s="2">
         <v>2440029</v>
       </c>
       <c r="E803" s="2">
         <v>4443014539</v>
       </c>
       <c r="F803" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G803" s="2" t="s">
-        <v>3565</v>
+        <v>3588</v>
       </c>
       <c r="H803" s="2" t="s">
-        <v>3566</v>
+        <v>3589</v>
       </c>
       <c r="I803" s="2" t="s">
-        <v>3567</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="804" spans="1:9">
       <c r="A804" s="2">
         <v>803</v>
       </c>
       <c r="B804" s="2" t="s">
-        <v>3568</v>
+        <v>3591</v>
       </c>
       <c r="C804" s="2" t="s">
-        <v>3387</v>
+        <v>3410</v>
       </c>
       <c r="D804" s="2">
         <v>2460071</v>
       </c>
       <c r="E804" s="2">
         <v>4629018151</v>
       </c>
       <c r="F804" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G804" s="2" t="s">
-        <v>3569</v>
+        <v>3592</v>
       </c>
       <c r="H804" s="2" t="s">
-        <v>3570</v>
+        <v>3593</v>
       </c>
       <c r="I804" s="2" t="s">
-        <v>3571</v>
+        <v>3594</v>
       </c>
     </row>
     <row r="805" spans="1:9">
       <c r="A805" s="2">
         <v>804</v>
       </c>
       <c r="B805" s="2" t="s">
-        <v>3572</v>
+        <v>3595</v>
       </c>
       <c r="C805" s="2" t="s">
-        <v>3573</v>
+        <v>3596</v>
       </c>
       <c r="D805" s="2">
         <v>2470030</v>
       </c>
       <c r="E805" s="2">
         <v>4705024135</v>
       </c>
       <c r="F805" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G805" s="2" t="s">
-        <v>3574</v>
+        <v>3597</v>
       </c>
       <c r="H805" s="2" t="s">
-        <v>3575</v>
+        <v>3598</v>
       </c>
       <c r="I805" s="2" t="s">
-        <v>3576</v>
+        <v>3599</v>
       </c>
     </row>
     <row r="806" spans="1:9">
       <c r="A806" s="2">
         <v>805</v>
       </c>
       <c r="B806" s="2" t="s">
-        <v>3577</v>
+        <v>3600</v>
       </c>
       <c r="C806" s="2" t="s">
-        <v>3404</v>
+        <v>3427</v>
       </c>
       <c r="D806" s="2">
         <v>2480106</v>
       </c>
       <c r="E806" s="2">
         <v>4825001796</v>
       </c>
       <c r="F806" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G806" s="2" t="s">
-        <v>3578</v>
+        <v>3601</v>
       </c>
       <c r="H806" s="2" t="s">
-        <v>3579</v>
+        <v>3602</v>
       </c>
       <c r="I806" s="2" t="s">
-        <v>3580</v>
+        <v>3603</v>
       </c>
     </row>
     <row r="807" spans="1:9">
       <c r="A807" s="2">
         <v>806</v>
       </c>
       <c r="B807" s="2" t="s">
-        <v>3581</v>
+        <v>3604</v>
       </c>
       <c r="C807" s="2" t="s">
-        <v>3582</v>
+        <v>3605</v>
       </c>
       <c r="D807" s="2">
         <v>2500031</v>
       </c>
       <c r="E807" s="2">
         <v>5011023753</v>
       </c>
       <c r="F807" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G807" s="2" t="s">
-        <v>3583</v>
+        <v>3606</v>
       </c>
       <c r="H807" s="2" t="s">
-        <v>3584</v>
+        <v>3607</v>
       </c>
       <c r="I807" s="2" t="s">
-        <v>3585</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="808" spans="1:9">
       <c r="A808" s="2">
         <v>807</v>
       </c>
       <c r="B808" s="2" t="s">
-        <v>3586</v>
+        <v>3609</v>
       </c>
       <c r="C808" s="2" t="s">
-        <v>3468</v>
+        <v>3491</v>
       </c>
       <c r="D808" s="2">
         <v>2500032</v>
       </c>
       <c r="E808" s="2">
         <v>5032017895</v>
       </c>
       <c r="F808" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G808" s="2" t="s">
-        <v>3587</v>
+        <v>3610</v>
       </c>
       <c r="H808" s="2" t="s">
-        <v>3588</v>
+        <v>3611</v>
       </c>
       <c r="I808" s="2" t="s">
-        <v>3589</v>
+        <v>3612</v>
       </c>
     </row>
     <row r="809" spans="1:9">
       <c r="A809" s="2">
         <v>808</v>
       </c>
       <c r="B809" s="2" t="s">
-        <v>3590</v>
+        <v>3613</v>
       </c>
       <c r="C809" s="2" t="s">
-        <v>3381</v>
+        <v>3404</v>
       </c>
       <c r="D809" s="2">
         <v>2500033</v>
       </c>
       <c r="E809" s="2">
         <v>5043012779</v>
       </c>
       <c r="F809" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G809" s="2" t="s">
-        <v>3591</v>
+        <v>3614</v>
       </c>
       <c r="H809" s="2" t="s">
-        <v>3592</v>
+        <v>3615</v>
       </c>
       <c r="I809" s="2" t="s">
-        <v>3593</v>
+        <v>3616</v>
       </c>
     </row>
     <row r="810" spans="1:9">
       <c r="A810" s="2">
         <v>809</v>
       </c>
       <c r="B810" s="2" t="s">
-        <v>3594</v>
+        <v>3617</v>
       </c>
       <c r="C810" s="2" t="s">
-        <v>3468</v>
+        <v>3491</v>
       </c>
       <c r="D810" s="2">
         <v>2500073</v>
       </c>
       <c r="E810" s="2">
         <v>5036032044</v>
       </c>
       <c r="F810" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G810" s="2" t="s">
-        <v>3595</v>
+        <v>3618</v>
       </c>
       <c r="H810" s="2" t="s">
-        <v>3596</v>
+        <v>3619</v>
       </c>
       <c r="I810" s="2" t="s">
-        <v>3597</v>
+        <v>3620</v>
       </c>
     </row>
     <row r="811" spans="1:9">
       <c r="A811" s="2">
         <v>810</v>
       </c>
       <c r="B811" s="2" t="s">
-        <v>3598</v>
+        <v>3621</v>
       </c>
       <c r="C811" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D811" s="2">
         <v>2500075</v>
       </c>
       <c r="E811" s="2">
         <v>5007028759</v>
       </c>
       <c r="F811" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G811" s="2" t="s">
-        <v>3599</v>
+        <v>3622</v>
       </c>
       <c r="H811" s="2" t="s">
-        <v>3600</v>
+        <v>3623</v>
       </c>
       <c r="I811" s="2" t="s">
-        <v>3601</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="812" spans="1:9">
       <c r="A812" s="2">
         <v>811</v>
       </c>
       <c r="B812" s="2" t="s">
-        <v>3602</v>
+        <v>3625</v>
       </c>
       <c r="C812" s="2" t="s">
-        <v>2695</v>
+        <v>2715</v>
       </c>
       <c r="D812" s="2">
         <v>2510115</v>
       </c>
       <c r="E812" s="2">
         <v>5191110307</v>
       </c>
       <c r="F812" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G812" s="2" t="s">
-        <v>3603</v>
+        <v>3626</v>
       </c>
       <c r="H812" s="2" t="s">
-        <v>3604</v>
+        <v>3627</v>
       </c>
       <c r="I812" s="2" t="s">
-        <v>3605</v>
+        <v>3628</v>
       </c>
     </row>
     <row r="813" spans="1:9">
       <c r="A813" s="2">
         <v>812</v>
       </c>
       <c r="B813" s="2" t="s">
-        <v>3606</v>
+        <v>3629</v>
       </c>
       <c r="C813" s="2" t="s">
-        <v>3607</v>
+        <v>3630</v>
       </c>
       <c r="D813" s="2">
         <v>2520034</v>
       </c>
       <c r="E813" s="2">
         <v>5260002545</v>
       </c>
       <c r="F813" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G813" s="2" t="s">
-        <v>3608</v>
+        <v>3631</v>
       </c>
       <c r="H813" s="2" t="s">
-        <v>3609</v>
+        <v>3632</v>
       </c>
       <c r="I813" s="2" t="s">
-        <v>3610</v>
+        <v>3633</v>
       </c>
     </row>
     <row r="814" spans="1:9">
       <c r="A814" s="2">
         <v>813</v>
       </c>
       <c r="B814" s="2" t="s">
-        <v>3611</v>
+        <v>3634</v>
       </c>
       <c r="C814" s="2" t="s">
-        <v>3612</v>
+        <v>3635</v>
       </c>
       <c r="D814" s="2">
         <v>2530076</v>
       </c>
       <c r="E814" s="2">
         <v>5321029787</v>
       </c>
       <c r="F814" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G814" s="2" t="s">
-        <v>3613</v>
+        <v>3636</v>
       </c>
       <c r="H814" s="2" t="s">
-        <v>3614</v>
+        <v>3637</v>
       </c>
       <c r="I814" s="2" t="s">
-        <v>3615</v>
+        <v>3638</v>
       </c>
     </row>
     <row r="815" spans="1:9">
       <c r="A815" s="2">
         <v>814</v>
       </c>
       <c r="B815" s="2" t="s">
-        <v>3616</v>
+        <v>3639</v>
       </c>
       <c r="C815" s="2" t="s">
-        <v>3617</v>
+        <v>3640</v>
       </c>
       <c r="D815" s="2">
         <v>2540036</v>
       </c>
       <c r="E815" s="2">
         <v>5404102991</v>
       </c>
       <c r="F815" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G815" s="2" t="s">
-        <v>3618</v>
+        <v>3641</v>
       </c>
       <c r="H815" s="2" t="s">
-        <v>3619</v>
+        <v>3642</v>
       </c>
       <c r="I815" s="2" t="s">
-        <v>3620</v>
+        <v>3643</v>
       </c>
     </row>
     <row r="816" spans="1:9">
       <c r="A816" s="2">
         <v>815</v>
       </c>
       <c r="B816" s="2" t="s">
-        <v>3621</v>
+        <v>3644</v>
       </c>
       <c r="C816" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D816" s="2">
         <v>2550037</v>
       </c>
       <c r="E816" s="2">
         <v>5502008852</v>
       </c>
       <c r="F816" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G816" s="2" t="s">
-        <v>3622</v>
+        <v>3645</v>
       </c>
       <c r="H816" s="2" t="s">
-        <v>3623</v>
+        <v>3646</v>
       </c>
       <c r="I816" s="2" t="s">
-        <v>3624</v>
+        <v>3647</v>
       </c>
     </row>
     <row r="817" spans="1:9">
       <c r="A817" s="2">
         <v>816</v>
       </c>
       <c r="B817" s="2" t="s">
-        <v>3625</v>
+        <v>3648</v>
       </c>
       <c r="C817" s="2" t="s">
-        <v>3369</v>
+        <v>3392</v>
       </c>
       <c r="D817" s="2">
         <v>2560077</v>
       </c>
       <c r="E817" s="2">
         <v>5612020436</v>
       </c>
       <c r="F817" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G817" s="2" t="s">
-        <v>3626</v>
+        <v>3649</v>
       </c>
       <c r="H817" s="2" t="s">
-        <v>3627</v>
+        <v>3650</v>
       </c>
       <c r="I817" s="2" t="s">
-        <v>3628</v>
+        <v>3651</v>
       </c>
     </row>
     <row r="818" spans="1:9">
       <c r="A818" s="2">
         <v>817</v>
       </c>
       <c r="B818" s="2" t="s">
-        <v>3629</v>
+        <v>3652</v>
       </c>
       <c r="C818" s="2" t="s">
-        <v>2026</v>
+        <v>2044</v>
       </c>
       <c r="D818" s="2">
         <v>2570038</v>
       </c>
       <c r="E818" s="2">
         <v>5753006459</v>
       </c>
       <c r="F818" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G818" s="2" t="s">
-        <v>3630</v>
+        <v>3653</v>
       </c>
       <c r="H818" s="2" t="s">
-        <v>3631</v>
+        <v>3654</v>
       </c>
       <c r="I818" s="2" t="s">
-        <v>3632</v>
+        <v>3655</v>
       </c>
     </row>
     <row r="819" spans="1:9">
       <c r="A819" s="2">
         <v>818</v>
       </c>
       <c r="B819" s="2" t="s">
-        <v>3633</v>
+        <v>3656</v>
       </c>
       <c r="C819" s="2" t="s">
-        <v>3634</v>
+        <v>3657</v>
       </c>
       <c r="D819" s="2">
         <v>2580039</v>
       </c>
       <c r="E819" s="2">
         <v>5835006643</v>
       </c>
       <c r="F819" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G819" s="2" t="s">
-        <v>3635</v>
+        <v>3658</v>
       </c>
       <c r="H819" s="2" t="s">
-        <v>3636</v>
+        <v>3659</v>
       </c>
       <c r="I819" s="2" t="s">
-        <v>3637</v>
+        <v>3660</v>
       </c>
     </row>
     <row r="820" spans="1:9">
       <c r="A820" s="2">
         <v>819</v>
       </c>
       <c r="B820" s="2" t="s">
-        <v>3638</v>
+        <v>3661</v>
       </c>
       <c r="C820" s="2" t="s">
-        <v>3639</v>
+        <v>3662</v>
       </c>
       <c r="D820" s="2">
         <v>2590078</v>
       </c>
       <c r="E820" s="2">
         <v>5902702328</v>
       </c>
       <c r="F820" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G820" s="2" t="s">
-        <v>3640</v>
+        <v>3663</v>
       </c>
       <c r="H820" s="2" t="s">
-        <v>3641</v>
+        <v>3664</v>
       </c>
       <c r="I820" s="2" t="s">
-        <v>3642</v>
+        <v>3665</v>
       </c>
     </row>
     <row r="821" spans="1:9">
       <c r="A821" s="2">
         <v>820</v>
       </c>
       <c r="B821" s="2" t="s">
-        <v>3643</v>
+        <v>3666</v>
       </c>
       <c r="C821" s="2" t="s">
-        <v>3644</v>
+        <v>3667</v>
       </c>
       <c r="D821" s="2">
         <v>2600079</v>
       </c>
       <c r="E821" s="2">
         <v>6027022700</v>
       </c>
       <c r="F821" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G821" s="2" t="s">
-        <v>3645</v>
+        <v>3668</v>
       </c>
       <c r="H821" s="2" t="s">
-        <v>3646</v>
+        <v>3669</v>
       </c>
       <c r="I821" s="2" t="s">
-        <v>3647</v>
+        <v>3670</v>
       </c>
     </row>
     <row r="822" spans="1:9">
       <c r="A822" s="2">
         <v>821</v>
       </c>
       <c r="B822" s="2" t="s">
-        <v>3648</v>
+        <v>3671</v>
       </c>
       <c r="C822" s="2" t="s">
-        <v>3607</v>
+        <v>3630</v>
       </c>
       <c r="D822" s="2">
         <v>2610040</v>
       </c>
       <c r="E822" s="2">
         <v>6154035808</v>
       </c>
       <c r="F822" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G822" s="2" t="s">
-        <v>3649</v>
+        <v>3672</v>
       </c>
       <c r="H822" s="2" t="s">
-        <v>3650</v>
+        <v>3673</v>
       </c>
       <c r="I822" s="2" t="s">
-        <v>3651</v>
+        <v>3674</v>
       </c>
     </row>
     <row r="823" spans="1:9">
       <c r="A823" s="2">
         <v>822</v>
       </c>
       <c r="B823" s="2" t="s">
-        <v>3652</v>
+        <v>3675</v>
       </c>
       <c r="C823" s="2" t="s">
-        <v>3617</v>
+        <v>3640</v>
       </c>
       <c r="D823" s="2">
         <v>2610041</v>
       </c>
       <c r="E823" s="2">
         <v>6163020004</v>
       </c>
       <c r="F823" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G823" s="2" t="s">
-        <v>3653</v>
+        <v>3676</v>
       </c>
       <c r="H823" s="2" t="s">
-        <v>3654</v>
+        <v>3677</v>
       </c>
       <c r="I823" s="2" t="s">
-        <v>3655</v>
+        <v>3678</v>
       </c>
     </row>
     <row r="824" spans="1:9">
       <c r="A824" s="2">
         <v>823</v>
       </c>
       <c r="B824" s="2" t="s">
-        <v>3656</v>
+        <v>3679</v>
       </c>
       <c r="C824" s="2" t="s">
-        <v>3657</v>
+        <v>3680</v>
       </c>
       <c r="D824" s="2">
         <v>2610042</v>
       </c>
       <c r="E824" s="2">
         <v>6150021681</v>
       </c>
       <c r="F824" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G824" s="2" t="s">
-        <v>3658</v>
+        <v>3681</v>
       </c>
       <c r="H824" s="2" t="s">
-        <v>3659</v>
+        <v>3682</v>
       </c>
       <c r="I824" s="2" t="s">
-        <v>3660</v>
+        <v>3683</v>
       </c>
     </row>
     <row r="825" spans="1:9">
       <c r="A825" s="2">
         <v>824</v>
       </c>
       <c r="B825" s="2" t="s">
-        <v>3661</v>
+        <v>3684</v>
       </c>
       <c r="C825" s="2" t="s">
-        <v>3662</v>
+        <v>3685</v>
       </c>
       <c r="D825" s="2">
         <v>2620043</v>
       </c>
       <c r="E825" s="2">
         <v>6231021753</v>
       </c>
       <c r="F825" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G825" s="2" t="s">
-        <v>3663</v>
+        <v>3686</v>
       </c>
       <c r="H825" s="2" t="s">
-        <v>3664</v>
+        <v>3687</v>
       </c>
       <c r="I825" s="2" t="s">
-        <v>3665</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="826" spans="1:9">
       <c r="A826" s="2">
         <v>825</v>
       </c>
       <c r="B826" s="2" t="s">
-        <v>3666</v>
+        <v>3689</v>
       </c>
       <c r="C826" s="2" t="s">
-        <v>3639</v>
+        <v>3662</v>
       </c>
       <c r="D826" s="2">
         <v>2630044</v>
       </c>
       <c r="E826" s="2">
         <v>6317010337</v>
       </c>
       <c r="F826" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G826" s="2" t="s">
-        <v>3667</v>
+        <v>3690</v>
       </c>
       <c r="H826" s="2" t="s">
-        <v>3668</v>
+        <v>3691</v>
       </c>
       <c r="I826" s="2" t="s">
-        <v>3669</v>
+        <v>3692</v>
       </c>
     </row>
     <row r="827" spans="1:9">
       <c r="A827" s="2">
         <v>826</v>
       </c>
       <c r="B827" s="2" t="s">
-        <v>3670</v>
+        <v>3693</v>
       </c>
       <c r="C827" s="2" t="s">
-        <v>3644</v>
+        <v>3667</v>
       </c>
       <c r="D827" s="2">
         <v>2630045</v>
       </c>
       <c r="E827" s="2">
         <v>6320008360</v>
       </c>
       <c r="F827" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G827" s="2" t="s">
-        <v>3671</v>
+        <v>3694</v>
       </c>
       <c r="H827" s="2" t="s">
-        <v>3672</v>
+        <v>3695</v>
       </c>
       <c r="I827" s="2" t="s">
-        <v>3673</v>
+        <v>3696</v>
       </c>
     </row>
     <row r="828" spans="1:9">
       <c r="A828" s="2">
         <v>827</v>
       </c>
       <c r="B828" s="2" t="s">
-        <v>3674</v>
+        <v>3697</v>
       </c>
       <c r="C828" s="2" t="s">
-        <v>3675</v>
+        <v>3698</v>
       </c>
       <c r="D828" s="2">
         <v>2640080</v>
       </c>
       <c r="E828" s="2">
         <v>6454026378</v>
       </c>
       <c r="F828" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G828" s="2" t="s">
-        <v>3676</v>
+        <v>3699</v>
       </c>
       <c r="H828" s="2" t="s">
-        <v>3677</v>
+        <v>3700</v>
       </c>
       <c r="I828" s="2" t="s">
-        <v>3678</v>
+        <v>3701</v>
       </c>
     </row>
     <row r="829" spans="1:9">
       <c r="A829" s="2">
         <v>828</v>
       </c>
       <c r="B829" s="2" t="s">
-        <v>3679</v>
+        <v>3702</v>
       </c>
       <c r="C829" s="2" t="s">
-        <v>3607</v>
+        <v>3630</v>
       </c>
       <c r="D829" s="2">
         <v>2660046</v>
       </c>
       <c r="E829" s="2">
         <v>6659011245</v>
       </c>
       <c r="F829" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G829" s="2" t="s">
-        <v>3680</v>
+        <v>3703</v>
       </c>
       <c r="H829" s="2" t="s">
-        <v>3681</v>
+        <v>3704</v>
       </c>
       <c r="I829" s="2" t="s">
-        <v>3682</v>
+        <v>3705</v>
       </c>
     </row>
     <row r="830" spans="1:9">
       <c r="A830" s="2">
         <v>829</v>
       </c>
       <c r="B830" s="2" t="s">
-        <v>3683</v>
+        <v>3706</v>
       </c>
       <c r="C830" s="2" t="s">
-        <v>3369</v>
+        <v>3392</v>
       </c>
       <c r="D830" s="2">
         <v>2660047</v>
       </c>
       <c r="E830" s="2">
         <v>6668016426</v>
       </c>
       <c r="F830" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G830" s="2" t="s">
-        <v>3684</v>
+        <v>3707</v>
       </c>
       <c r="H830" s="2" t="s">
-        <v>3685</v>
+        <v>3708</v>
       </c>
       <c r="I830" s="2" t="s">
-        <v>3686</v>
+        <v>3709</v>
       </c>
     </row>
     <row r="831" spans="1:9">
       <c r="A831" s="2">
         <v>830</v>
       </c>
       <c r="B831" s="2" t="s">
-        <v>3687</v>
+        <v>3710</v>
       </c>
       <c r="C831" s="2" t="s">
-        <v>3607</v>
+        <v>3630</v>
       </c>
       <c r="D831" s="2">
         <v>2670048</v>
       </c>
       <c r="E831" s="2">
         <v>6730001880</v>
       </c>
       <c r="F831" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G831" s="2" t="s">
-        <v>3688</v>
+        <v>3711</v>
       </c>
       <c r="H831" s="2" t="s">
-        <v>3689</v>
+        <v>3712</v>
       </c>
       <c r="I831" s="2" t="s">
-        <v>3690</v>
+        <v>3713</v>
       </c>
     </row>
     <row r="832" spans="1:9">
       <c r="A832" s="2">
         <v>831</v>
       </c>
       <c r="B832" s="2" t="s">
-        <v>3691</v>
+        <v>3714</v>
       </c>
       <c r="C832" s="2" t="s">
-        <v>3692</v>
+        <v>3715</v>
       </c>
       <c r="D832" s="2">
         <v>2680104</v>
       </c>
       <c r="E832" s="2">
         <v>6831013970</v>
       </c>
       <c r="F832" s="2"/>
       <c r="G832" s="2" t="s">
-        <v>3693</v>
+        <v>3716</v>
       </c>
       <c r="H832" s="2" t="s">
-        <v>3694</v>
+        <v>3717</v>
       </c>
       <c r="I832" s="2" t="s">
-        <v>3695</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="833" spans="1:9">
       <c r="A833" s="2">
         <v>832</v>
       </c>
       <c r="B833" s="2" t="s">
-        <v>3696</v>
+        <v>3719</v>
       </c>
       <c r="C833" s="2" t="s">
-        <v>3520</v>
+        <v>3543</v>
       </c>
       <c r="D833" s="2">
         <v>2700081</v>
       </c>
       <c r="E833" s="2">
         <v>7018006006</v>
       </c>
       <c r="F833" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G833" s="2" t="s">
-        <v>3697</v>
+        <v>3720</v>
       </c>
       <c r="H833" s="2" t="s">
-        <v>3698</v>
+        <v>3721</v>
       </c>
       <c r="I833" s="2" t="s">
-        <v>3699</v>
+        <v>3722</v>
       </c>
     </row>
     <row r="834" spans="1:9">
       <c r="A834" s="2">
         <v>833</v>
       </c>
       <c r="B834" s="2" t="s">
-        <v>3700</v>
+        <v>3723</v>
       </c>
       <c r="C834" s="2" t="s">
-        <v>3701</v>
+        <v>3724</v>
       </c>
       <c r="D834" s="2">
         <v>2710082</v>
       </c>
       <c r="E834" s="2">
         <v>7106014912</v>
       </c>
       <c r="F834" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G834" s="2" t="s">
-        <v>3702</v>
+        <v>3725</v>
       </c>
       <c r="H834" s="2" t="s">
-        <v>3703</v>
+        <v>3726</v>
       </c>
       <c r="I834" s="2" t="s">
-        <v>3704</v>
+        <v>3727</v>
       </c>
     </row>
     <row r="835" spans="1:9">
       <c r="A835" s="2">
         <v>834</v>
       </c>
       <c r="B835" s="2" t="s">
-        <v>3705</v>
+        <v>3728</v>
       </c>
       <c r="C835" s="2" t="s">
-        <v>3706</v>
+        <v>3729</v>
       </c>
       <c r="D835" s="2">
         <v>2720049</v>
       </c>
       <c r="E835" s="2">
         <v>8602163014</v>
       </c>
       <c r="F835" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G835" s="2" t="s">
-        <v>3707</v>
+        <v>3730</v>
       </c>
       <c r="H835" s="2" t="s">
-        <v>3708</v>
+        <v>3731</v>
       </c>
       <c r="I835" s="2" t="s">
-        <v>3709</v>
+        <v>3732</v>
       </c>
     </row>
     <row r="836" spans="1:9">
       <c r="A836" s="2">
         <v>835</v>
       </c>
       <c r="B836" s="2" t="s">
-        <v>3710</v>
+        <v>3733</v>
       </c>
       <c r="C836" s="2" t="s">
-        <v>3375</v>
+        <v>3398</v>
       </c>
       <c r="D836" s="2">
         <v>2720050</v>
       </c>
       <c r="E836" s="2">
         <v>7202005678</v>
       </c>
       <c r="F836" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G836" s="2" t="s">
-        <v>3711</v>
+        <v>3734</v>
       </c>
       <c r="H836" s="2" t="s">
-        <v>3712</v>
+        <v>3735</v>
       </c>
       <c r="I836" s="2" t="s">
-        <v>3713</v>
+        <v>3736</v>
       </c>
     </row>
     <row r="837" spans="1:9">
       <c r="A837" s="2">
         <v>836</v>
       </c>
       <c r="B837" s="2" t="s">
-        <v>3714</v>
+        <v>3737</v>
       </c>
       <c r="C837" s="2" t="s">
-        <v>3715</v>
+        <v>3738</v>
       </c>
       <c r="D837" s="2">
         <v>2730083</v>
       </c>
       <c r="E837" s="2">
         <v>7325019166</v>
       </c>
       <c r="F837" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G837" s="2" t="s">
-        <v>3716</v>
+        <v>3739</v>
       </c>
       <c r="H837" s="2" t="s">
-        <v>3717</v>
+        <v>3740</v>
       </c>
       <c r="I837" s="2" t="s">
-        <v>3718</v>
+        <v>3741</v>
       </c>
     </row>
     <row r="838" spans="1:9">
       <c r="A838" s="2">
         <v>837</v>
       </c>
       <c r="B838" s="2" t="s">
-        <v>3719</v>
+        <v>3742</v>
       </c>
       <c r="C838" s="2" t="s">
-        <v>3387</v>
+        <v>3410</v>
       </c>
       <c r="D838" s="2">
         <v>2740052</v>
       </c>
       <c r="E838" s="2">
         <v>7444023010</v>
       </c>
       <c r="F838" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G838" s="2" t="s">
-        <v>3720</v>
+        <v>3743</v>
       </c>
       <c r="H838" s="2" t="s">
-        <v>3721</v>
+        <v>3744</v>
       </c>
       <c r="I838" s="2" t="s">
-        <v>3722</v>
+        <v>3745</v>
       </c>
     </row>
     <row r="839" spans="1:9">
       <c r="A839" s="2">
         <v>838</v>
       </c>
       <c r="B839" s="2" t="s">
-        <v>3723</v>
+        <v>3746</v>
       </c>
       <c r="C839" s="2" t="s">
-        <v>3706</v>
+        <v>3729</v>
       </c>
       <c r="D839" s="2">
         <v>2740084</v>
       </c>
       <c r="E839" s="2">
         <v>7451016239</v>
       </c>
       <c r="F839" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G839" s="2" t="s">
-        <v>3724</v>
+        <v>3747</v>
       </c>
       <c r="H839" s="2" t="s">
-        <v>3725</v>
+        <v>3748</v>
       </c>
       <c r="I839" s="2" t="s">
-        <v>3726</v>
+        <v>3749</v>
       </c>
     </row>
     <row r="840" spans="1:9">
       <c r="A840" s="2">
         <v>839</v>
       </c>
       <c r="B840" s="2" t="s">
-        <v>3727</v>
+        <v>3750</v>
       </c>
       <c r="C840" s="2" t="s">
-        <v>3639</v>
+        <v>3662</v>
       </c>
       <c r="D840" s="2">
         <v>2760053</v>
       </c>
       <c r="E840" s="2">
         <v>7604005413</v>
       </c>
       <c r="F840" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G840" s="2" t="s">
-        <v>3728</v>
+        <v>3751</v>
       </c>
       <c r="H840" s="2" t="s">
-        <v>3729</v>
+        <v>3752</v>
       </c>
       <c r="I840" s="2" t="s">
-        <v>3730</v>
+        <v>3753</v>
       </c>
     </row>
     <row r="841" spans="1:9">
       <c r="A841" s="2">
         <v>840</v>
       </c>
       <c r="B841" s="2" t="s">
-        <v>3731</v>
+        <v>3754</v>
       </c>
       <c r="C841" s="2" t="s">
-        <v>3732</v>
+        <v>3755</v>
       </c>
       <c r="D841" s="2">
         <v>2770054</v>
       </c>
       <c r="E841" s="2">
         <v>7710026920</v>
       </c>
       <c r="F841" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G841" s="2" t="s">
-        <v>3733</v>
+        <v>3756</v>
       </c>
       <c r="H841" s="2" t="s">
-        <v>3734</v>
+        <v>3757</v>
       </c>
       <c r="I841" s="2" t="s">
-        <v>3735</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="842" spans="1:9">
       <c r="A842" s="2">
         <v>841</v>
       </c>
       <c r="B842" s="2" t="s">
-        <v>3736</v>
+        <v>3759</v>
       </c>
       <c r="C842" s="2" t="s">
-        <v>3387</v>
+        <v>3410</v>
       </c>
       <c r="D842" s="2">
         <v>2770085</v>
       </c>
       <c r="E842" s="2">
         <v>7710104913</v>
       </c>
       <c r="F842" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G842" s="2" t="s">
-        <v>3737</v>
+        <v>3760</v>
       </c>
       <c r="H842" s="2" t="s">
-        <v>3738</v>
+        <v>3761</v>
       </c>
       <c r="I842" s="2" t="s">
-        <v>3739</v>
+        <v>3762</v>
       </c>
     </row>
     <row r="843" spans="1:9">
       <c r="A843" s="2">
         <v>842</v>
       </c>
       <c r="B843" s="2" t="s">
-        <v>3740</v>
+        <v>3763</v>
       </c>
       <c r="C843" s="2" t="s">
-        <v>3500</v>
+        <v>3523</v>
       </c>
       <c r="D843" s="2">
         <v>2780086</v>
       </c>
       <c r="E843" s="2">
         <v>7803025333</v>
       </c>
       <c r="F843" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G843" s="2" t="s">
-        <v>3741</v>
+        <v>3764</v>
       </c>
       <c r="H843" s="2" t="s">
-        <v>3742</v>
+        <v>3765</v>
       </c>
       <c r="I843" s="2" t="s">
-        <v>3743</v>
+        <v>3766</v>
       </c>
     </row>
     <row r="844" spans="1:9">
       <c r="A844" s="2">
         <v>843</v>
       </c>
       <c r="B844" s="2" t="s">
-        <v>3744</v>
+        <v>3767</v>
       </c>
       <c r="C844" s="2" t="s">
-        <v>3745</v>
+        <v>3768</v>
       </c>
       <c r="D844" s="2">
         <v>2860089</v>
       </c>
       <c r="E844" s="2">
         <v>8601015285</v>
       </c>
       <c r="F844" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G844" s="2" t="s">
-        <v>3746</v>
+        <v>3769</v>
       </c>
       <c r="H844" s="2" t="s">
-        <v>3747</v>
+        <v>3770</v>
       </c>
       <c r="I844" s="2" t="s">
-        <v>3748</v>
+        <v>3771</v>
       </c>
     </row>
     <row r="845" spans="1:9">
       <c r="A845" s="2">
         <v>844</v>
       </c>
       <c r="B845" s="2" t="s">
-        <v>3749</v>
+        <v>3772</v>
       </c>
       <c r="C845" s="2" t="s">
-        <v>3750</v>
+        <v>3773</v>
       </c>
       <c r="D845" s="2">
         <v>2890090</v>
       </c>
       <c r="E845" s="2">
         <v>8901009620</v>
       </c>
       <c r="F845" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G845" s="2" t="s">
-        <v>3751</v>
+        <v>3774</v>
       </c>
       <c r="H845" s="2" t="s">
-        <v>3752</v>
+        <v>3775</v>
       </c>
       <c r="I845" s="2" t="s">
-        <v>3753</v>
+        <v>3776</v>
       </c>
     </row>
     <row r="846" spans="1:9">
       <c r="A846" s="2">
         <v>845</v>
       </c>
       <c r="B846" s="2" t="s">
-        <v>3754</v>
+        <v>3777</v>
       </c>
       <c r="C846" s="2" t="s">
-        <v>3755</v>
+        <v>3778</v>
       </c>
       <c r="D846" s="2">
         <v>2920055</v>
       </c>
       <c r="E846" s="2">
         <v>9204008597</v>
       </c>
       <c r="F846" s="2" t="s">
-        <v>3202</v>
+        <v>3225</v>
       </c>
       <c r="G846" s="2" t="s">
-        <v>3756</v>
+        <v>3779</v>
       </c>
       <c r="H846" s="2" t="s">
-        <v>3757</v>
+        <v>3780</v>
       </c>
       <c r="I846" s="2" t="s">
-        <v>3758</v>
+        <v>3781</v>
+      </c>
+    </row>
+    <row r="847" spans="1:9">
+      <c r="A847" s="2">
+        <v>846</v>
+      </c>
+      <c r="B847" s="2" t="s">
+        <v>3782</v>
+      </c>
+      <c r="C847" s="2" t="s">
+        <v>3783</v>
+      </c>
+      <c r="D847" s="2">
+        <v>1021051</v>
+      </c>
+      <c r="E847" s="2" t="s">
+        <v>3784</v>
+      </c>
+      <c r="F847" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="G847" s="2" t="s">
+        <v>3785</v>
+      </c>
+      <c r="H847" s="2" t="s">
+        <v>3786</v>
+      </c>
+      <c r="I847" s="2" t="s">
+        <v>3787</v>
+      </c>
+    </row>
+    <row r="848" spans="1:9">
+      <c r="A848" s="2">
+        <v>847</v>
+      </c>
+      <c r="B848" s="2" t="s">
+        <v>3788</v>
+      </c>
+      <c r="C848" s="2" t="s">
+        <v>3789</v>
+      </c>
+      <c r="D848" s="2">
+        <v>1081049</v>
+      </c>
+      <c r="E848" s="2" t="s">
+        <v>3790</v>
+      </c>
+      <c r="F848" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="G848" s="2" t="s">
+        <v>3791</v>
+      </c>
+      <c r="H848" s="2" t="s">
+        <v>3792</v>
+      </c>
+      <c r="I848" s="2" t="s">
+        <v>3793</v>
+      </c>
+    </row>
+    <row r="849" spans="1:9">
+      <c r="A849" s="2">
+        <v>848</v>
+      </c>
+      <c r="B849" s="2" t="s">
+        <v>3794</v>
+      </c>
+      <c r="C849" s="2" t="s">
+        <v>3795</v>
+      </c>
+      <c r="D849" s="2">
+        <v>1081059</v>
+      </c>
+      <c r="E849" s="2" t="s">
+        <v>3796</v>
+      </c>
+      <c r="F849" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="G849" s="2" t="s">
+        <v>3797</v>
+      </c>
+      <c r="H849" s="2" t="s">
+        <v>3798</v>
+      </c>
+      <c r="I849" s="2" t="s">
+        <v>3799</v>
+      </c>
+    </row>
+    <row r="850" spans="1:9">
+      <c r="A850" s="2">
+        <v>849</v>
+      </c>
+      <c r="B850" s="2" t="s">
+        <v>3800</v>
+      </c>
+      <c r="C850" s="2" t="s">
+        <v>3801</v>
+      </c>
+      <c r="D850" s="2">
+        <v>1101055</v>
+      </c>
+      <c r="E850" s="2">
+        <v>7806359800</v>
+      </c>
+      <c r="F850" s="2" t="s">
+        <v>795</v>
+      </c>
+      <c r="G850" s="2" t="s">
+        <v>3802</v>
+      </c>
+      <c r="H850" s="2" t="s">
+        <v>3803</v>
+      </c>
+      <c r="I850" s="2" t="s">
+        <v>3804</v>
+      </c>
+    </row>
+    <row r="851" spans="1:9">
+      <c r="A851" s="2">
+        <v>850</v>
+      </c>
+      <c r="B851" s="2" t="s">
+        <v>3805</v>
+      </c>
+      <c r="C851" s="2" t="s">
+        <v>3801</v>
+      </c>
+      <c r="D851" s="2">
+        <v>1101056</v>
+      </c>
+      <c r="E851" s="2">
+        <v>1000000490</v>
+      </c>
+      <c r="F851" s="2" t="s">
+        <v>795</v>
+      </c>
+      <c r="G851" s="2" t="s">
+        <v>3806</v>
+      </c>
+      <c r="H851" s="2" t="s">
+        <v>3807</v>
+      </c>
+      <c r="I851" s="2" t="s">
+        <v>3808</v>
+      </c>
+    </row>
+    <row r="852" spans="1:9">
+      <c r="A852" s="2">
+        <v>851</v>
+      </c>
+      <c r="B852" s="2" t="s">
+        <v>3809</v>
+      </c>
+      <c r="C852" s="2" t="s">
+        <v>3810</v>
+      </c>
+      <c r="D852" s="2">
+        <v>1121054</v>
+      </c>
+      <c r="E852" s="2">
+        <v>1200016923</v>
+      </c>
+      <c r="F852" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="G852" s="2" t="s">
+        <v>3811</v>
+      </c>
+      <c r="H852" s="2" t="s">
+        <v>3812</v>
+      </c>
+      <c r="I852" s="2" t="s">
+        <v>3813</v>
+      </c>
+    </row>
+    <row r="853" spans="1:9">
+      <c r="A853" s="2">
+        <v>852</v>
+      </c>
+      <c r="B853" s="2" t="s">
+        <v>3814</v>
+      </c>
+      <c r="C853" s="2" t="s">
+        <v>3815</v>
+      </c>
+      <c r="D853" s="2">
+        <v>1150691</v>
+      </c>
+      <c r="E853" s="2">
+        <v>5262243313</v>
+      </c>
+      <c r="F853" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="G853" s="2" t="s">
+        <v>3816</v>
+      </c>
+      <c r="H853" s="2" t="s">
+        <v>3817</v>
+      </c>
+      <c r="I853" s="2" t="s">
+        <v>3818</v>
+      </c>
+    </row>
+    <row r="854" spans="1:9">
+      <c r="A854" s="2">
+        <v>853</v>
+      </c>
+      <c r="B854" s="2" t="s">
+        <v>3819</v>
+      </c>
+      <c r="C854" s="2" t="s">
+        <v>3820</v>
+      </c>
+      <c r="D854" s="2">
+        <v>1201050</v>
+      </c>
+      <c r="E854" s="2">
+        <v>2013012543</v>
+      </c>
+      <c r="F854" s="2" t="s">
+        <v>3821</v>
+      </c>
+      <c r="G854" s="2" t="s">
+        <v>3822</v>
+      </c>
+      <c r="H854" s="2" t="s">
+        <v>3823</v>
+      </c>
+      <c r="I854" s="2" t="s">
+        <v>3824</v>
+      </c>
+    </row>
+    <row r="855" spans="1:9">
+      <c r="A855" s="2">
+        <v>854</v>
+      </c>
+      <c r="B855" s="2" t="s">
+        <v>3825</v>
+      </c>
+      <c r="C855" s="2" t="s">
+        <v>3826</v>
+      </c>
+      <c r="D855" s="2">
+        <v>1221057</v>
+      </c>
+      <c r="E855" s="2">
+        <v>2204090359</v>
+      </c>
+      <c r="F855" s="2" t="s">
+        <v>795</v>
+      </c>
+      <c r="G855" s="2" t="s">
+        <v>3827</v>
+      </c>
+      <c r="H855" s="2" t="s">
+        <v>3828</v>
+      </c>
+      <c r="I855" s="2" t="s">
+        <v>3829</v>
+      </c>
+    </row>
+    <row r="856" spans="1:9">
+      <c r="A856" s="2">
+        <v>855</v>
+      </c>
+      <c r="B856" s="2" t="s">
+        <v>3830</v>
+      </c>
+      <c r="C856" s="2" t="s">
+        <v>3826</v>
+      </c>
+      <c r="D856" s="2">
+        <v>1221058</v>
+      </c>
+      <c r="E856" s="2">
+        <v>2224211393</v>
+      </c>
+      <c r="F856" s="2" t="s">
+        <v>795</v>
+      </c>
+      <c r="G856" s="2" t="s">
+        <v>3831</v>
+      </c>
+      <c r="H856" s="2" t="s">
+        <v>3832</v>
+      </c>
+      <c r="I856" s="2" t="s">
+        <v>3833</v>
+      </c>
+    </row>
+    <row r="857" spans="1:9">
+      <c r="A857" s="2">
+        <v>856</v>
+      </c>
+      <c r="B857" s="2" t="s">
+        <v>3834</v>
+      </c>
+      <c r="C857" s="2" t="s">
+        <v>917</v>
+      </c>
+      <c r="D857" s="2">
+        <v>1260153</v>
+      </c>
+      <c r="E857" s="2">
+        <v>2634115781</v>
+      </c>
+      <c r="F857" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="G857" s="2" t="s">
+        <v>3835</v>
+      </c>
+      <c r="H857" s="2" t="s">
+        <v>924</v>
+      </c>
+      <c r="I857" s="2" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="858" spans="1:9">
+      <c r="A858" s="2">
+        <v>857</v>
+      </c>
+      <c r="B858" s="2" t="s">
+        <v>3836</v>
+      </c>
+      <c r="C858" s="2" t="s">
+        <v>3837</v>
+      </c>
+      <c r="D858" s="2">
+        <v>1421046</v>
+      </c>
+      <c r="E858" s="2">
+        <v>4205325536</v>
+      </c>
+      <c r="F858" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="G858" s="2" t="s">
+        <v>3838</v>
+      </c>
+      <c r="H858" s="2" t="s">
+        <v>3839</v>
+      </c>
+      <c r="I858" s="2" t="s">
+        <v>3840</v>
+      </c>
+    </row>
+    <row r="859" spans="1:9">
+      <c r="A859" s="2">
+        <v>858</v>
+      </c>
+      <c r="B859" s="2" t="s">
+        <v>3841</v>
+      </c>
+      <c r="C859" s="2" t="s">
+        <v>3837</v>
+      </c>
+      <c r="D859" s="2">
+        <v>1421047</v>
+      </c>
+      <c r="E859" s="2">
+        <v>4211011873</v>
+      </c>
+      <c r="F859" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="G859" s="2" t="s">
+        <v>3842</v>
+      </c>
+      <c r="H859" s="2" t="s">
+        <v>3843</v>
+      </c>
+      <c r="I859" s="2" t="s">
+        <v>3844</v>
+      </c>
+    </row>
+    <row r="860" spans="1:9">
+      <c r="A860" s="2">
+        <v>859</v>
+      </c>
+      <c r="B860" s="2" t="s">
+        <v>3845</v>
+      </c>
+      <c r="C860" s="2" t="s">
+        <v>3846</v>
+      </c>
+      <c r="D860" s="2">
+        <v>1520975</v>
+      </c>
+      <c r="E860" s="2">
+        <v>5238005170</v>
+      </c>
+      <c r="F860" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="G860" s="2" t="s">
+        <v>3847</v>
+      </c>
+      <c r="H860" s="2" t="s">
+        <v>3848</v>
+      </c>
+      <c r="I860" s="2" t="s">
+        <v>3849</v>
+      </c>
+    </row>
+    <row r="861" spans="1:9">
+      <c r="A861" s="2">
+        <v>860</v>
+      </c>
+      <c r="B861" s="2" t="s">
+        <v>3850</v>
+      </c>
+      <c r="C861" s="2" t="s">
+        <v>3846</v>
+      </c>
+      <c r="D861" s="2">
+        <v>1520976</v>
+      </c>
+      <c r="E861" s="2">
+        <v>5260171078</v>
+      </c>
+      <c r="F861" s="2" t="s">
+        <v>795</v>
+      </c>
+      <c r="G861" s="2" t="s">
+        <v>3851</v>
+      </c>
+      <c r="H861" s="2" t="s">
+        <v>3852</v>
+      </c>
+      <c r="I861" s="2" t="s">
+        <v>3853</v>
+      </c>
+    </row>
+    <row r="862" spans="1:9">
+      <c r="A862" s="2">
+        <v>861</v>
+      </c>
+      <c r="B862" s="2" t="s">
+        <v>3854</v>
+      </c>
+      <c r="C862" s="2" t="s">
+        <v>3855</v>
+      </c>
+      <c r="D862" s="2">
+        <v>1521052</v>
+      </c>
+      <c r="E862" s="2">
+        <v>5224002229</v>
+      </c>
+      <c r="F862" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="G862" s="2" t="s">
+        <v>3856</v>
+      </c>
+      <c r="H862" s="2" t="s">
+        <v>3857</v>
+      </c>
+      <c r="I862" s="2" t="s">
+        <v>3858</v>
+      </c>
+    </row>
+    <row r="863" spans="1:9">
+      <c r="A863" s="2">
+        <v>862</v>
+      </c>
+      <c r="B863" s="2" t="s">
+        <v>3859</v>
+      </c>
+      <c r="C863" s="2" t="s">
+        <v>3860</v>
+      </c>
+      <c r="D863" s="2">
+        <v>1610878</v>
+      </c>
+      <c r="E863" s="2">
+        <v>6142028323</v>
+      </c>
+      <c r="F863" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="G863" s="2" t="s">
+        <v>3861</v>
+      </c>
+      <c r="H863" s="2" t="s">
+        <v>3862</v>
+      </c>
+      <c r="I863" s="2" t="s">
+        <v>3863</v>
+      </c>
+    </row>
+    <row r="864" spans="1:9">
+      <c r="A864" s="2">
+        <v>863</v>
+      </c>
+      <c r="B864" s="2" t="s">
+        <v>3864</v>
+      </c>
+      <c r="C864" s="2" t="s">
+        <v>3865</v>
+      </c>
+      <c r="D864" s="2">
+        <v>1661048</v>
+      </c>
+      <c r="E864" s="2">
+        <v>6653002163</v>
+      </c>
+      <c r="F864" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="G864" s="2" t="s">
+        <v>3866</v>
+      </c>
+      <c r="H864" s="2" t="s">
+        <v>3867</v>
+      </c>
+      <c r="I864" s="2" t="s">
+        <v>3868</v>
+      </c>
+    </row>
+    <row r="865" spans="1:9">
+      <c r="A865" s="2">
+        <v>864</v>
+      </c>
+      <c r="B865" s="2" t="s">
+        <v>3869</v>
+      </c>
+      <c r="C865" s="2" t="s">
+        <v>3810</v>
+      </c>
+      <c r="D865" s="2">
+        <v>1701053</v>
+      </c>
+      <c r="E865" s="2">
+        <v>7000020360</v>
+      </c>
+      <c r="F865" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="G865" s="2" t="s">
+        <v>3870</v>
+      </c>
+      <c r="H865" s="2" t="s">
+        <v>3871</v>
+      </c>
+      <c r="I865" s="2" t="s">
+        <v>3872</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>